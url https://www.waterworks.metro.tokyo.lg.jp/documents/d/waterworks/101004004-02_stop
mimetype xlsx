--- v0 (2025-10-08)
+++ v1 (2025-12-26)
@@ -3,83 +3,86 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Fsar3-fsa02\040サービス推進部\G-3203000-000サービス推進部業務課\PT-業務課研修生\2025年度（R7）\★R７通達・事務連絡★\02個別・その他\51～60\（個-№51）局ホームページの更新について（依頼）\FAX\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\koshino-kei\Desktop\071201_FAX様式\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{58FB9878-0E75-404A-9C07-FAE2A8603D15}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{00FA1570-2D53-4017-BB9A-ECB3A4B10EDD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17325" xr2:uid="{70139865-2EA6-4761-B49A-1E5B3CFC670E}"/>
   </bookViews>
   <sheets>
     <sheet name="中止申込書" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">中止申込書!$B$1:$V$39</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="90">
   <si>
     <t>水　　道　　中　　止　　申　　込　　書</t>
     <rPh sb="0" eb="1">
       <t>ミズ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>ミチ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>ナカ</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>トメ</t>
     </rPh>
     <rPh sb="12" eb="13">
       <t>サル</t>
     </rPh>
     <rPh sb="15" eb="16">
       <t>コ</t>
     </rPh>
     <rPh sb="18" eb="19">
       <t>ショ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
@@ -187,78 +190,50 @@
     <phoneticPr fontId="10"/>
   </si>
   <si>
     <t>不動産会社</t>
     <rPh sb="0" eb="3">
       <t>フドウサン</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ガイシャ</t>
     </rPh>
     <phoneticPr fontId="10"/>
   </si>
   <si>
     <t>現場清算（立会必須）</t>
     <rPh sb="0" eb="2">
       <t>ゲンバ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>セイサン</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>タチアイ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>ヒッス</t>
-    </rPh>
-[...26 lines deleted...]
-      <t>レンラク</t>
     </rPh>
     <phoneticPr fontId="10"/>
   </si>
   <si>
     <t>2028（令和１０）</t>
     <rPh sb="5" eb="7">
       <t>レイワ</t>
     </rPh>
     <phoneticPr fontId="10"/>
   </si>
   <si>
     <t>申込代行業者</t>
     <rPh sb="0" eb="2">
       <t>モウシコミ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ダイコウ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ギョウシャ</t>
     </rPh>
     <phoneticPr fontId="10"/>
   </si>
   <si>
     <r>
@@ -1927,479 +1902,479 @@
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="18" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="18" fillId="3" borderId="23" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="3" borderId="53" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="3" borderId="59" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="3" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="3" borderId="60" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="54" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="55" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="41" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="18" fillId="3" borderId="39" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="18" fillId="3" borderId="27" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="18" fillId="3" borderId="50" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="18" fillId="3" borderId="29" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="18" fillId="3" borderId="30" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="18" fillId="3" borderId="40" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="39" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="27" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="28" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="29" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="30" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="33" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="18" fillId="3" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="41" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="34" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="35" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="36" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="52" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="51" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="37" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="21" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="38" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="56" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="57" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="3" borderId="39" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="3" borderId="27" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="3" borderId="25" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="3" borderId="56" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="3" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="3" borderId="58" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="32" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="177" fontId="9" fillId="0" borderId="27" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="177" fontId="9" fillId="0" borderId="28" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="177" fontId="9" fillId="0" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="177" fontId="9" fillId="0" borderId="33" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="4" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="4" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="4" borderId="35" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="4" borderId="52" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="50" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="40" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="21" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="53" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="4" borderId="34" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="39" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="27" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="29" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="39" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="27" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="28" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="29" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="30" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="33" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="6" fillId="4" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="6" fillId="4" borderId="48" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="6" fillId="4" borderId="24" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="24" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="49" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="18" fillId="3" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="18" fillId="3" borderId="24" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="18" fillId="3" borderId="49" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="9" fillId="3" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="42" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="42" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="43" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="3" borderId="44" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="3" borderId="46" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="3" borderId="47" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="45" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="45" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="34" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="4" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="4" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" justifyLastLine="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="49" fontId="6" fillId="4" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="4" borderId="13" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="4" borderId="14" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="4" borderId="15" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="4" borderId="16" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="4" borderId="18" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="29" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="32" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="9" fillId="0" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="26" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="9" fillId="0" borderId="27" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="28" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="9" fillId="0" borderId="32" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="33" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="4" borderId="34" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="178" fontId="9" fillId="3" borderId="21" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="178" fontId="9" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="178" fontId="9" fillId="3" borderId="38" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="178" fontId="9" fillId="3" borderId="29" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="178" fontId="9" fillId="3" borderId="30" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="178" fontId="9" fillId="3" borderId="40" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="9" fillId="3" borderId="39" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="9" fillId="3" borderId="27" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="7" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="9" fillId="3" borderId="28" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="9" fillId="3" borderId="29" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="9" fillId="3" borderId="30" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="9" fillId="3" borderId="33" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="4" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="49" fontId="6" fillId="4" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...256 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="計算" xfId="1" builtinId="22"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="2" xr:uid="{BD48DB2C-4BAA-4E8A-8648-9CC08C05461F}"/>
     <cellStyle name="標準 3" xfId="3" xr:uid="{8597F806-6D33-4A35-AB15-D7628FAE716D}"/>
   </cellStyles>
   <dxfs count="14">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.34998626667073579"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
@@ -2572,76 +2547,59 @@
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1050" b="1">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
             <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
             <a:cs typeface="+mn-cs"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1050" b="1">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
               <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>＜注意事項＞</a:t>
           </a:r>
-        </a:p>
-[...24 lines deleted...]
-          </a:r>
+          <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1050" b="1">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+            <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1050" b="0">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
               <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>・　お申し込み内容の誤登録防止のため、</a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1050" b="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
               <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>必ず電子入力をお願いします</a:t>
@@ -3329,52 +3287,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BEFDA077-53CF-4695-9D8C-E188B9DF1E79}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:AP63"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A4" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="AF22" sqref="AF22"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="M17" sqref="M17:U18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="2.125" style="1" customWidth="1"/>
     <col min="2" max="23" width="5.625" style="1" customWidth="1"/>
     <col min="24" max="26" width="5.625" style="2" hidden="1" customWidth="1"/>
     <col min="27" max="51" width="5.625" style="1" customWidth="1"/>
     <col min="52" max="268" width="9" style="1"/>
     <col min="269" max="269" width="9.625" style="1" customWidth="1"/>
     <col min="270" max="273" width="9" style="1"/>
     <col min="274" max="278" width="8.375" style="1" customWidth="1"/>
     <col min="279" max="524" width="9" style="1"/>
     <col min="525" max="525" width="9.625" style="1" customWidth="1"/>
     <col min="526" max="529" width="9" style="1"/>
     <col min="530" max="534" width="8.375" style="1" customWidth="1"/>
     <col min="535" max="780" width="9" style="1"/>
     <col min="781" max="781" width="9.625" style="1" customWidth="1"/>
     <col min="782" max="785" width="9" style="1"/>
     <col min="786" max="790" width="8.375" style="1" customWidth="1"/>
     <col min="791" max="1036" width="9" style="1"/>
     <col min="1037" max="1037" width="9.625" style="1" customWidth="1"/>
     <col min="1038" max="1041" width="9" style="1"/>
     <col min="1042" max="1046" width="8.375" style="1" customWidth="1"/>
     <col min="1047" max="1292" width="9" style="1"/>
@@ -3595,143 +3553,143 @@
     <col min="14866" max="14870" width="8.375" style="1" customWidth="1"/>
     <col min="14871" max="15116" width="9" style="1"/>
     <col min="15117" max="15117" width="9.625" style="1" customWidth="1"/>
     <col min="15118" max="15121" width="9" style="1"/>
     <col min="15122" max="15126" width="8.375" style="1" customWidth="1"/>
     <col min="15127" max="15372" width="9" style="1"/>
     <col min="15373" max="15373" width="9.625" style="1" customWidth="1"/>
     <col min="15374" max="15377" width="9" style="1"/>
     <col min="15378" max="15382" width="8.375" style="1" customWidth="1"/>
     <col min="15383" max="15628" width="9" style="1"/>
     <col min="15629" max="15629" width="9.625" style="1" customWidth="1"/>
     <col min="15630" max="15633" width="9" style="1"/>
     <col min="15634" max="15638" width="8.375" style="1" customWidth="1"/>
     <col min="15639" max="15884" width="9" style="1"/>
     <col min="15885" max="15885" width="9.625" style="1" customWidth="1"/>
     <col min="15886" max="15889" width="9" style="1"/>
     <col min="15890" max="15894" width="8.375" style="1" customWidth="1"/>
     <col min="15895" max="16140" width="9" style="1"/>
     <col min="16141" max="16141" width="9.625" style="1" customWidth="1"/>
     <col min="16142" max="16145" width="9" style="1"/>
     <col min="16146" max="16150" width="8.375" style="1" customWidth="1"/>
     <col min="16151" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B1" s="32" t="s">
+      <c r="B1" s="156" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="32"/>
-[...18 lines deleted...]
-      <c r="V1" s="32"/>
+      <c r="C1" s="156"/>
+      <c r="D1" s="156"/>
+      <c r="E1" s="156"/>
+      <c r="F1" s="156"/>
+      <c r="G1" s="156"/>
+      <c r="H1" s="156"/>
+      <c r="I1" s="156"/>
+      <c r="J1" s="156"/>
+      <c r="K1" s="156"/>
+      <c r="L1" s="156"/>
+      <c r="M1" s="156"/>
+      <c r="N1" s="156"/>
+      <c r="O1" s="156"/>
+      <c r="P1" s="156"/>
+      <c r="Q1" s="156"/>
+      <c r="R1" s="156"/>
+      <c r="S1" s="156"/>
+      <c r="T1" s="156"/>
+      <c r="U1" s="156"/>
+      <c r="V1" s="156"/>
     </row>
     <row r="2" spans="2:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B2" s="32"/>
-[...19 lines deleted...]
-      <c r="V2" s="32"/>
+      <c r="B2" s="156"/>
+      <c r="C2" s="156"/>
+      <c r="D2" s="156"/>
+      <c r="E2" s="156"/>
+      <c r="F2" s="156"/>
+      <c r="G2" s="156"/>
+      <c r="H2" s="156"/>
+      <c r="I2" s="156"/>
+      <c r="J2" s="156"/>
+      <c r="K2" s="156"/>
+      <c r="L2" s="156"/>
+      <c r="M2" s="156"/>
+      <c r="N2" s="156"/>
+      <c r="O2" s="156"/>
+      <c r="P2" s="156"/>
+      <c r="Q2" s="156"/>
+      <c r="R2" s="156"/>
+      <c r="S2" s="156"/>
+      <c r="T2" s="156"/>
+      <c r="U2" s="156"/>
+      <c r="V2" s="156"/>
       <c r="X2" s="3"/>
       <c r="Y2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="Z2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="2:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
       <c r="P3" s="4"/>
       <c r="Q3" s="4"/>
       <c r="R3" s="4"/>
       <c r="S3" s="4"/>
       <c r="T3" s="4"/>
       <c r="U3" s="4"/>
       <c r="V3" s="4"/>
       <c r="X3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="Y3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="Z3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="2:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B4" s="33" t="s">
+      <c r="B4" s="157" t="s">
         <v>5</v>
       </c>
-      <c r="C4" s="33"/>
-[...1 lines deleted...]
-      <c r="E4" s="33"/>
+      <c r="C4" s="157"/>
+      <c r="D4" s="157"/>
+      <c r="E4" s="157"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="4"/>
       <c r="M4" s="4"/>
       <c r="P4" s="4"/>
       <c r="Q4" s="4"/>
       <c r="R4" s="4"/>
       <c r="S4" s="4"/>
       <c r="T4" s="4"/>
       <c r="U4" s="4"/>
       <c r="V4" s="5"/>
       <c r="X4" s="2" t="s">
         <v>6</v>
       </c>
       <c r="Y4" s="2" t="s">
         <v>7</v>
       </c>
       <c r="Z4" s="2" t="s">
         <v>8</v>
       </c>
     </row>
@@ -3760,1148 +3718,1146 @@
       <c r="X5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="Y5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="Z5" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="2:26" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="C6" s="6"/>
       <c r="D6" s="6"/>
       <c r="E6" s="6"/>
       <c r="F6" s="6"/>
       <c r="G6" s="6"/>
       <c r="H6" s="6"/>
       <c r="M6" s="7"/>
       <c r="N6" s="7"/>
       <c r="O6" s="7"/>
       <c r="Q6" s="7"/>
       <c r="R6" s="7"/>
       <c r="S6" s="7"/>
       <c r="T6" s="7"/>
       <c r="U6" s="7"/>
-      <c r="V6" s="8" t="s">
+      <c r="V6" s="8"/>
+      <c r="X6" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="X6" s="2" t="s">
+      <c r="Y6" s="2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="7" spans="2:26" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
       <c r="I7" s="5"/>
       <c r="J7" s="5"/>
-      <c r="K7" s="34" t="s">
-[...5 lines deleted...]
-      <c r="O7" s="38"/>
+      <c r="K7" s="158" t="s">
+        <v>16</v>
+      </c>
+      <c r="L7" s="159"/>
+      <c r="M7" s="160"/>
+      <c r="N7" s="161"/>
+      <c r="O7" s="162"/>
       <c r="P7" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q7" s="163"/>
+      <c r="R7" s="163"/>
+      <c r="S7" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="Q7" s="39"/>
-[...1 lines deleted...]
-      <c r="S7" s="10" t="s">
+      <c r="T7" s="163"/>
+      <c r="U7" s="163"/>
+      <c r="V7" s="11" t="s">
         <v>20</v>
       </c>
-      <c r="T7" s="39"/>
-[...1 lines deleted...]
-      <c r="V7" s="11" t="s">
+      <c r="X7" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="X7" s="2" t="s">
+      <c r="Y7" s="2" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="8" spans="2:26" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B8" s="12"/>
       <c r="C8" s="12"/>
       <c r="D8" s="12"/>
       <c r="E8" s="12"/>
       <c r="F8" s="12"/>
       <c r="G8" s="12"/>
       <c r="H8" s="12"/>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="14"/>
       <c r="L8" s="14"/>
       <c r="M8" s="14"/>
       <c r="N8" s="14"/>
       <c r="O8" s="14"/>
       <c r="P8" s="15"/>
       <c r="Q8" s="15"/>
       <c r="R8" s="15"/>
       <c r="S8" s="15"/>
       <c r="T8" s="15"/>
       <c r="U8" s="13"/>
       <c r="V8" s="13"/>
       <c r="X8" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="2:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B9" s="40" t="s">
-[...9 lines deleted...]
-      <c r="H9" s="47" t="s">
+      <c r="B9" s="131" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" s="132"/>
+      <c r="D9" s="132"/>
+      <c r="E9" s="133" t="s">
+        <v>88</v>
+      </c>
+      <c r="F9" s="134"/>
+      <c r="G9" s="135"/>
+      <c r="H9" s="136" t="s">
+        <v>25</v>
+      </c>
+      <c r="I9" s="134"/>
+      <c r="J9" s="135"/>
+      <c r="K9" s="16" t="s">
         <v>26</v>
       </c>
-      <c r="I9" s="45"/>
-[...1 lines deleted...]
-      <c r="K9" s="16" t="s">
+      <c r="L9" s="16" t="s">
         <v>27</v>
       </c>
-      <c r="L9" s="16" t="s">
+      <c r="M9" s="16" t="s">
         <v>28</v>
       </c>
-      <c r="M9" s="16" t="s">
+      <c r="N9" s="16" t="s">
         <v>29</v>
       </c>
-      <c r="N9" s="16" t="s">
+      <c r="O9" s="17" t="s">
         <v>30</v>
       </c>
-      <c r="O9" s="17" t="s">
+      <c r="P9" s="136" t="s">
         <v>31</v>
       </c>
-      <c r="P9" s="47" t="s">
-[...7 lines deleted...]
-      <c r="V9" s="48"/>
+      <c r="Q9" s="134"/>
+      <c r="R9" s="134"/>
+      <c r="S9" s="134"/>
+      <c r="T9" s="134"/>
+      <c r="U9" s="134"/>
+      <c r="V9" s="137"/>
       <c r="X9" s="3"/>
       <c r="Z9" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="2:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B10" s="42"/>
-[...19 lines deleted...]
-      <c r="V10" s="61"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="40"/>
+      <c r="D10" s="40"/>
+      <c r="E10" s="138"/>
+      <c r="F10" s="139"/>
+      <c r="G10" s="140"/>
+      <c r="H10" s="144"/>
+      <c r="I10" s="139"/>
+      <c r="J10" s="140"/>
+      <c r="K10" s="38"/>
+      <c r="L10" s="38"/>
+      <c r="M10" s="38"/>
+      <c r="N10" s="38"/>
+      <c r="O10" s="146"/>
+      <c r="P10" s="147"/>
+      <c r="Q10" s="102"/>
+      <c r="R10" s="102"/>
+      <c r="S10" s="102"/>
+      <c r="T10" s="102"/>
+      <c r="U10" s="102"/>
+      <c r="V10" s="148"/>
       <c r="X10" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="Y10" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="Z10" s="2" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="11" spans="2:26" s="5" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B11" s="42"/>
-[...19 lines deleted...]
-      <c r="V11" s="64"/>
+      <c r="B11" s="39"/>
+      <c r="C11" s="40"/>
+      <c r="D11" s="40"/>
+      <c r="E11" s="141"/>
+      <c r="F11" s="142"/>
+      <c r="G11" s="143"/>
+      <c r="H11" s="145"/>
+      <c r="I11" s="142"/>
+      <c r="J11" s="143"/>
+      <c r="K11" s="38"/>
+      <c r="L11" s="38"/>
+      <c r="M11" s="38"/>
+      <c r="N11" s="38"/>
+      <c r="O11" s="143"/>
+      <c r="P11" s="83"/>
+      <c r="Q11" s="84"/>
+      <c r="R11" s="84"/>
+      <c r="S11" s="84"/>
+      <c r="T11" s="84"/>
+      <c r="U11" s="84"/>
+      <c r="V11" s="149"/>
       <c r="X11" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="Y11" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="Z11" s="2" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="12" spans="2:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B12" s="42"/>
-[...2 lines deleted...]
-      <c r="E12" s="65" t="s">
+      <c r="B12" s="39"/>
+      <c r="C12" s="40"/>
+      <c r="D12" s="40"/>
+      <c r="E12" s="62" t="s">
+        <v>36</v>
+      </c>
+      <c r="F12" s="63"/>
+      <c r="G12" s="63"/>
+      <c r="H12" s="63"/>
+      <c r="I12" s="63"/>
+      <c r="J12" s="63"/>
+      <c r="K12" s="63"/>
+      <c r="L12" s="63"/>
+      <c r="M12" s="63"/>
+      <c r="N12" s="63"/>
+      <c r="O12" s="64"/>
+      <c r="P12" s="62" t="s">
         <v>37</v>
       </c>
-      <c r="F12" s="66"/>
-[...17 lines deleted...]
-      <c r="V12" s="68"/>
+      <c r="Q12" s="63"/>
+      <c r="R12" s="63"/>
+      <c r="S12" s="63"/>
+      <c r="T12" s="63"/>
+      <c r="U12" s="63"/>
+      <c r="V12" s="67"/>
       <c r="X12" s="2">
         <v>3</v>
       </c>
       <c r="Y12" s="2" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="13" spans="2:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B13" s="42"/>
-[...19 lines deleted...]
-      <c r="V13" s="77"/>
+      <c r="B13" s="39"/>
+      <c r="C13" s="40"/>
+      <c r="D13" s="40"/>
+      <c r="E13" s="150"/>
+      <c r="F13" s="151"/>
+      <c r="G13" s="151"/>
+      <c r="H13" s="151"/>
+      <c r="I13" s="151"/>
+      <c r="J13" s="151"/>
+      <c r="K13" s="151"/>
+      <c r="L13" s="151"/>
+      <c r="M13" s="151"/>
+      <c r="N13" s="151"/>
+      <c r="O13" s="152"/>
+      <c r="P13" s="51"/>
+      <c r="Q13" s="52"/>
+      <c r="R13" s="52"/>
+      <c r="S13" s="52"/>
+      <c r="T13" s="52"/>
+      <c r="U13" s="52"/>
+      <c r="V13" s="53"/>
       <c r="X13" s="2">
         <v>4</v>
       </c>
       <c r="Y13" s="2">
         <v>4</v>
       </c>
       <c r="Z13" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="2:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B14" s="42"/>
-[...19 lines deleted...]
-      <c r="V14" s="80"/>
+      <c r="B14" s="39"/>
+      <c r="C14" s="40"/>
+      <c r="D14" s="40"/>
+      <c r="E14" s="153"/>
+      <c r="F14" s="154"/>
+      <c r="G14" s="154"/>
+      <c r="H14" s="154"/>
+      <c r="I14" s="154"/>
+      <c r="J14" s="154"/>
+      <c r="K14" s="154"/>
+      <c r="L14" s="154"/>
+      <c r="M14" s="154"/>
+      <c r="N14" s="154"/>
+      <c r="O14" s="155"/>
+      <c r="P14" s="54"/>
+      <c r="Q14" s="55"/>
+      <c r="R14" s="55"/>
+      <c r="S14" s="55"/>
+      <c r="T14" s="55"/>
+      <c r="U14" s="55"/>
+      <c r="V14" s="56"/>
       <c r="X14" s="2">
         <v>5</v>
       </c>
       <c r="Y14" s="2">
         <v>5</v>
       </c>
       <c r="Z14" s="3" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="15" spans="2:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B15" s="81" t="s">
+      <c r="B15" s="110" t="s">
+        <v>40</v>
+      </c>
+      <c r="C15" s="120"/>
+      <c r="D15" s="120"/>
+      <c r="E15" s="43" t="s">
         <v>41</v>
       </c>
-      <c r="C15" s="82"/>
-[...1 lines deleted...]
-      <c r="E15" s="83" t="s">
+      <c r="F15" s="43"/>
+      <c r="G15" s="43"/>
+      <c r="H15" s="43"/>
+      <c r="I15" s="43"/>
+      <c r="J15" s="43" t="s">
         <v>42</v>
       </c>
-      <c r="F15" s="83"/>
-[...17 lines deleted...]
-      <c r="V15" s="84"/>
+      <c r="K15" s="43"/>
+      <c r="L15" s="43"/>
+      <c r="M15" s="43"/>
+      <c r="N15" s="43"/>
+      <c r="O15" s="43"/>
+      <c r="P15" s="43"/>
+      <c r="Q15" s="43"/>
+      <c r="R15" s="43"/>
+      <c r="S15" s="43"/>
+      <c r="T15" s="43"/>
+      <c r="U15" s="43"/>
+      <c r="V15" s="44"/>
       <c r="X15" s="2">
         <v>6</v>
       </c>
       <c r="Y15" s="2">
         <v>6</v>
       </c>
       <c r="Z15" s="3" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="16" spans="2:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B16" s="81"/>
-[...7 lines deleted...]
-      <c r="J16" s="86" t="s">
+      <c r="B16" s="110"/>
+      <c r="C16" s="120"/>
+      <c r="D16" s="120"/>
+      <c r="E16" s="121"/>
+      <c r="F16" s="121"/>
+      <c r="G16" s="121"/>
+      <c r="H16" s="121"/>
+      <c r="I16" s="121"/>
+      <c r="J16" s="122" t="s">
+        <v>44</v>
+      </c>
+      <c r="K16" s="122"/>
+      <c r="L16" s="122"/>
+      <c r="M16" s="123"/>
+      <c r="N16" s="123"/>
+      <c r="O16" s="123"/>
+      <c r="P16" s="123"/>
+      <c r="Q16" s="123"/>
+      <c r="R16" s="123"/>
+      <c r="S16" s="123"/>
+      <c r="T16" s="123"/>
+      <c r="U16" s="124"/>
+      <c r="V16" s="125" t="s">
         <v>45</v>
-      </c>
-[...12 lines deleted...]
-        <v>46</v>
       </c>
       <c r="X16" s="2">
         <v>7</v>
       </c>
       <c r="Y16" s="2">
         <v>7</v>
       </c>
       <c r="Z16" s="18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B17" s="81"/>
-[...21 lines deleted...]
-      <c r="V17" s="90"/>
+      <c r="B17" s="110"/>
+      <c r="C17" s="120"/>
+      <c r="D17" s="120"/>
+      <c r="E17" s="121"/>
+      <c r="F17" s="121"/>
+      <c r="G17" s="121"/>
+      <c r="H17" s="121"/>
+      <c r="I17" s="121"/>
+      <c r="J17" s="128" t="s">
+        <v>47</v>
+      </c>
+      <c r="K17" s="128"/>
+      <c r="L17" s="128"/>
+      <c r="M17" s="129"/>
+      <c r="N17" s="129"/>
+      <c r="O17" s="129"/>
+      <c r="P17" s="129"/>
+      <c r="Q17" s="129"/>
+      <c r="R17" s="129"/>
+      <c r="S17" s="129"/>
+      <c r="T17" s="129"/>
+      <c r="U17" s="107"/>
+      <c r="V17" s="126"/>
       <c r="X17" s="2">
         <v>8</v>
       </c>
       <c r="Y17" s="2">
         <v>8</v>
       </c>
       <c r="Z17" s="18" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="18" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B18" s="81"/>
-[...19 lines deleted...]
-      <c r="V18" s="91"/>
+      <c r="B18" s="110"/>
+      <c r="C18" s="120"/>
+      <c r="D18" s="120"/>
+      <c r="E18" s="121"/>
+      <c r="F18" s="121"/>
+      <c r="G18" s="121"/>
+      <c r="H18" s="121"/>
+      <c r="I18" s="121"/>
+      <c r="J18" s="120"/>
+      <c r="K18" s="120"/>
+      <c r="L18" s="120"/>
+      <c r="M18" s="60"/>
+      <c r="N18" s="60"/>
+      <c r="O18" s="60"/>
+      <c r="P18" s="60"/>
+      <c r="Q18" s="60"/>
+      <c r="R18" s="60"/>
+      <c r="S18" s="60"/>
+      <c r="T18" s="60"/>
+      <c r="U18" s="130"/>
+      <c r="V18" s="127"/>
       <c r="X18" s="2">
         <v>9</v>
       </c>
       <c r="Y18" s="2">
         <v>9</v>
       </c>
       <c r="Z18" s="18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="19" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B19" s="81" t="s">
+      <c r="B19" s="110" t="s">
+        <v>50</v>
+      </c>
+      <c r="C19" s="43"/>
+      <c r="D19" s="43"/>
+      <c r="E19" s="112" t="s">
         <v>51</v>
       </c>
-      <c r="C19" s="83"/>
-[...1 lines deleted...]
-      <c r="E19" s="98" t="s">
+      <c r="F19" s="112"/>
+      <c r="G19" s="112"/>
+      <c r="H19" s="112"/>
+      <c r="I19" s="112"/>
+      <c r="J19" s="112"/>
+      <c r="K19" s="113" t="s">
+        <v>89</v>
+      </c>
+      <c r="L19" s="114"/>
+      <c r="M19" s="114"/>
+      <c r="N19" s="114"/>
+      <c r="O19" s="114"/>
+      <c r="P19" s="114"/>
+      <c r="Q19" s="115" t="s">
         <v>52</v>
       </c>
-      <c r="F19" s="98"/>
-[...12 lines deleted...]
-      <c r="Q19" s="101" t="s">
+      <c r="R19" s="115"/>
+      <c r="S19" s="115"/>
+      <c r="T19" s="115"/>
+      <c r="U19" s="115"/>
+      <c r="V19" s="116"/>
+      <c r="X19" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="R19" s="101"/>
-[...4 lines deleted...]
-      <c r="X19" s="2" t="s">
+      <c r="Y19" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="Z19" s="18" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="20" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B20" s="97"/>
-[...2 lines deleted...]
-      <c r="E20" s="103" t="s">
+      <c r="B20" s="111"/>
+      <c r="C20" s="43"/>
+      <c r="D20" s="43"/>
+      <c r="E20" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="F20" s="103"/>
-[...4 lines deleted...]
-      <c r="K20" s="103" t="s">
+      <c r="F20" s="117"/>
+      <c r="G20" s="117"/>
+      <c r="H20" s="117"/>
+      <c r="I20" s="117"/>
+      <c r="J20" s="117"/>
+      <c r="K20" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="L20" s="103"/>
-[...4 lines deleted...]
-      <c r="Q20" s="104" t="s">
+      <c r="L20" s="117"/>
+      <c r="M20" s="117"/>
+      <c r="N20" s="117"/>
+      <c r="O20" s="117"/>
+      <c r="P20" s="117"/>
+      <c r="Q20" s="118" t="s">
         <v>1</v>
       </c>
-      <c r="R20" s="104"/>
-[...3 lines deleted...]
-      <c r="V20" s="105"/>
+      <c r="R20" s="118"/>
+      <c r="S20" s="118"/>
+      <c r="T20" s="118"/>
+      <c r="U20" s="118"/>
+      <c r="V20" s="119"/>
       <c r="X20" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="Y20" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="Z20" s="18" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="21" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B21" s="97"/>
-[...19 lines deleted...]
-      <c r="V21" s="105"/>
+      <c r="B21" s="111"/>
+      <c r="C21" s="43"/>
+      <c r="D21" s="43"/>
+      <c r="E21" s="117"/>
+      <c r="F21" s="117"/>
+      <c r="G21" s="117"/>
+      <c r="H21" s="117"/>
+      <c r="I21" s="117"/>
+      <c r="J21" s="117"/>
+      <c r="K21" s="117"/>
+      <c r="L21" s="117"/>
+      <c r="M21" s="117"/>
+      <c r="N21" s="117"/>
+      <c r="O21" s="117"/>
+      <c r="P21" s="117"/>
+      <c r="Q21" s="118"/>
+      <c r="R21" s="118"/>
+      <c r="S21" s="118"/>
+      <c r="T21" s="118"/>
+      <c r="U21" s="118"/>
+      <c r="V21" s="119"/>
       <c r="X21" s="2" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="Y21" s="2">
         <v>12</v>
       </c>
       <c r="Z21" s="18" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="22" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B22" s="106" t="s">
+      <c r="B22" s="57" t="s">
+        <v>59</v>
+      </c>
+      <c r="C22" s="58"/>
+      <c r="D22" s="58"/>
+      <c r="E22" s="62" t="s">
         <v>60</v>
       </c>
-      <c r="C22" s="107"/>
-[...1 lines deleted...]
-      <c r="E22" s="65" t="s">
+      <c r="F22" s="63"/>
+      <c r="G22" s="63"/>
+      <c r="H22" s="63"/>
+      <c r="I22" s="63"/>
+      <c r="J22" s="63"/>
+      <c r="K22" s="63"/>
+      <c r="L22" s="63"/>
+      <c r="M22" s="63"/>
+      <c r="N22" s="63"/>
+      <c r="O22" s="63"/>
+      <c r="P22" s="63"/>
+      <c r="Q22" s="63"/>
+      <c r="R22" s="63"/>
+      <c r="S22" s="64"/>
+      <c r="T22" s="62" t="s">
         <v>61</v>
       </c>
-      <c r="F22" s="66"/>
-[...17 lines deleted...]
-      <c r="V22" s="68"/>
+      <c r="U22" s="63"/>
+      <c r="V22" s="67"/>
       <c r="Y22" s="2">
         <v>13</v>
       </c>
       <c r="Z22" s="18" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
     </row>
     <row r="23" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B23" s="106"/>
-[...2 lines deleted...]
-      <c r="E23" s="108" t="s">
+      <c r="B23" s="57"/>
+      <c r="C23" s="58"/>
+      <c r="D23" s="58"/>
+      <c r="E23" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="F23" s="109"/>
-[...15 lines deleted...]
-      <c r="V23" s="115"/>
+      <c r="F23" s="46"/>
+      <c r="G23" s="46"/>
+      <c r="H23" s="46"/>
+      <c r="I23" s="46"/>
+      <c r="J23" s="46"/>
+      <c r="K23" s="46"/>
+      <c r="L23" s="46"/>
+      <c r="M23" s="46"/>
+      <c r="N23" s="46"/>
+      <c r="O23" s="46"/>
+      <c r="P23" s="46"/>
+      <c r="Q23" s="46"/>
+      <c r="R23" s="46"/>
+      <c r="S23" s="47"/>
+      <c r="T23" s="87"/>
+      <c r="U23" s="87"/>
+      <c r="V23" s="88"/>
       <c r="Y23" s="2">
         <v>14</v>
       </c>
       <c r="Z23" s="18" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="24" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B24" s="106"/>
-[...19 lines deleted...]
-      <c r="V24" s="117"/>
+      <c r="B24" s="57"/>
+      <c r="C24" s="58"/>
+      <c r="D24" s="58"/>
+      <c r="E24" s="48"/>
+      <c r="F24" s="49"/>
+      <c r="G24" s="49"/>
+      <c r="H24" s="49"/>
+      <c r="I24" s="49"/>
+      <c r="J24" s="49"/>
+      <c r="K24" s="49"/>
+      <c r="L24" s="49"/>
+      <c r="M24" s="49"/>
+      <c r="N24" s="49"/>
+      <c r="O24" s="49"/>
+      <c r="P24" s="49"/>
+      <c r="Q24" s="49"/>
+      <c r="R24" s="49"/>
+      <c r="S24" s="50"/>
+      <c r="T24" s="89"/>
+      <c r="U24" s="89"/>
+      <c r="V24" s="90"/>
       <c r="Y24" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B25" s="106"/>
-[...2 lines deleted...]
-      <c r="E25" s="118" t="s">
+      <c r="B25" s="57"/>
+      <c r="C25" s="58"/>
+      <c r="D25" s="58"/>
+      <c r="E25" s="91" t="s">
+        <v>64</v>
+      </c>
+      <c r="F25" s="91"/>
+      <c r="G25" s="92" t="s">
+        <v>24</v>
+      </c>
+      <c r="H25" s="93"/>
+      <c r="I25" s="94"/>
+      <c r="J25" s="91" t="s">
+        <v>25</v>
+      </c>
+      <c r="K25" s="91"/>
+      <c r="L25" s="91"/>
+      <c r="M25" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="P25" s="19" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q25" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="R25" s="62" t="s">
         <v>65</v>
       </c>
-      <c r="F25" s="118"/>
-[...31 lines deleted...]
-      <c r="V25" s="68"/>
+      <c r="S25" s="63"/>
+      <c r="T25" s="63"/>
+      <c r="U25" s="63"/>
+      <c r="V25" s="67"/>
       <c r="Y25" s="2">
         <v>16</v>
       </c>
       <c r="Z25" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B26" s="106"/>
-[...19 lines deleted...]
-      <c r="V26" s="126"/>
+      <c r="B26" s="57"/>
+      <c r="C26" s="58"/>
+      <c r="D26" s="58"/>
+      <c r="E26" s="38"/>
+      <c r="F26" s="38"/>
+      <c r="G26" s="80"/>
+      <c r="H26" s="81"/>
+      <c r="I26" s="82"/>
+      <c r="J26" s="86"/>
+      <c r="K26" s="86"/>
+      <c r="L26" s="86"/>
+      <c r="M26" s="38"/>
+      <c r="N26" s="38"/>
+      <c r="O26" s="38"/>
+      <c r="P26" s="38"/>
+      <c r="Q26" s="95"/>
+      <c r="R26" s="97"/>
+      <c r="S26" s="98"/>
+      <c r="T26" s="98"/>
+      <c r="U26" s="98"/>
+      <c r="V26" s="99"/>
       <c r="Y26" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="Z26" s="2" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="27" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B27" s="106"/>
-[...19 lines deleted...]
-      <c r="V27" s="80"/>
+      <c r="B27" s="57"/>
+      <c r="C27" s="58"/>
+      <c r="D27" s="58"/>
+      <c r="E27" s="38"/>
+      <c r="F27" s="38"/>
+      <c r="G27" s="83"/>
+      <c r="H27" s="84"/>
+      <c r="I27" s="85"/>
+      <c r="J27" s="86"/>
+      <c r="K27" s="86"/>
+      <c r="L27" s="86"/>
+      <c r="M27" s="38"/>
+      <c r="N27" s="38"/>
+      <c r="O27" s="38"/>
+      <c r="P27" s="38"/>
+      <c r="Q27" s="96"/>
+      <c r="R27" s="54"/>
+      <c r="S27" s="55"/>
+      <c r="T27" s="55"/>
+      <c r="U27" s="55"/>
+      <c r="V27" s="56"/>
       <c r="W27" s="5"/>
       <c r="Y27" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="Z27" s="2" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="28" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B28" s="106"/>
-[...10 lines deleted...]
-      <c r="K28" s="65" t="s">
+      <c r="B28" s="57"/>
+      <c r="C28" s="58"/>
+      <c r="D28" s="58"/>
+      <c r="E28" s="100" t="s">
+        <v>31</v>
+      </c>
+      <c r="F28" s="93"/>
+      <c r="G28" s="93"/>
+      <c r="H28" s="93"/>
+      <c r="I28" s="93"/>
+      <c r="J28" s="93"/>
+      <c r="K28" s="62" t="s">
+        <v>70</v>
+      </c>
+      <c r="L28" s="63"/>
+      <c r="M28" s="63"/>
+      <c r="N28" s="63"/>
+      <c r="O28" s="63"/>
+      <c r="P28" s="63"/>
+      <c r="Q28" s="63"/>
+      <c r="R28" s="63"/>
+      <c r="S28" s="63"/>
+      <c r="T28" s="63"/>
+      <c r="U28" s="63"/>
+      <c r="V28" s="67"/>
+      <c r="Y28" s="2" t="s">
         <v>71</v>
-      </c>
-[...12 lines deleted...]
-        <v>72</v>
       </c>
       <c r="AM28" s="21"/>
       <c r="AN28" s="21"/>
       <c r="AO28" s="21"/>
       <c r="AP28" s="21"/>
     </row>
     <row r="29" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B29" s="106"/>
-[...19 lines deleted...]
-      <c r="V29" s="132"/>
+      <c r="B29" s="57"/>
+      <c r="C29" s="58"/>
+      <c r="D29" s="58"/>
+      <c r="E29" s="101"/>
+      <c r="F29" s="102"/>
+      <c r="G29" s="102"/>
+      <c r="H29" s="102"/>
+      <c r="I29" s="102"/>
+      <c r="J29" s="102"/>
+      <c r="K29" s="104"/>
+      <c r="L29" s="105"/>
+      <c r="M29" s="105"/>
+      <c r="N29" s="105"/>
+      <c r="O29" s="105"/>
+      <c r="P29" s="105"/>
+      <c r="Q29" s="105"/>
+      <c r="R29" s="105"/>
+      <c r="S29" s="105"/>
+      <c r="T29" s="105"/>
+      <c r="U29" s="105"/>
+      <c r="V29" s="106"/>
       <c r="W29" s="22"/>
       <c r="X29" s="23"/>
       <c r="Y29" s="2">
         <v>20</v>
       </c>
       <c r="Z29" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="AM29" s="24"/>
       <c r="AN29" s="24"/>
       <c r="AO29" s="24"/>
       <c r="AP29" s="24"/>
     </row>
     <row r="30" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B30" s="106"/>
-[...19 lines deleted...]
-      <c r="V30" s="134"/>
+      <c r="B30" s="57"/>
+      <c r="C30" s="58"/>
+      <c r="D30" s="58"/>
+      <c r="E30" s="103"/>
+      <c r="F30" s="84"/>
+      <c r="G30" s="84"/>
+      <c r="H30" s="84"/>
+      <c r="I30" s="84"/>
+      <c r="J30" s="84"/>
+      <c r="K30" s="107"/>
+      <c r="L30" s="108"/>
+      <c r="M30" s="108"/>
+      <c r="N30" s="108"/>
+      <c r="O30" s="108"/>
+      <c r="P30" s="108"/>
+      <c r="Q30" s="108"/>
+      <c r="R30" s="108"/>
+      <c r="S30" s="108"/>
+      <c r="T30" s="108"/>
+      <c r="U30" s="108"/>
+      <c r="V30" s="109"/>
       <c r="Y30" s="2">
         <v>21</v>
       </c>
       <c r="Z30" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="AM30" s="24"/>
       <c r="AN30" s="24"/>
       <c r="AO30" s="24"/>
       <c r="AP30" s="24"/>
     </row>
     <row r="31" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B31" s="106" t="s">
+      <c r="B31" s="57" t="s">
+        <v>74</v>
+      </c>
+      <c r="C31" s="58"/>
+      <c r="D31" s="58"/>
+      <c r="E31" s="43" t="s">
         <v>75</v>
       </c>
-      <c r="C31" s="107"/>
-[...1 lines deleted...]
-      <c r="E31" s="83" t="s">
+      <c r="F31" s="43"/>
+      <c r="G31" s="43"/>
+      <c r="H31" s="43"/>
+      <c r="I31" s="43"/>
+      <c r="J31" s="43"/>
+      <c r="K31" s="43" t="s">
         <v>76</v>
       </c>
-      <c r="F31" s="83"/>
-[...4 lines deleted...]
-      <c r="K31" s="83" t="s">
+      <c r="L31" s="43"/>
+      <c r="M31" s="43"/>
+      <c r="N31" s="43"/>
+      <c r="O31" s="43"/>
+      <c r="P31" s="43"/>
+      <c r="Q31" s="43"/>
+      <c r="R31" s="43"/>
+      <c r="S31" s="43"/>
+      <c r="T31" s="43"/>
+      <c r="U31" s="43"/>
+      <c r="V31" s="44"/>
+      <c r="Y31" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="L31" s="83"/>
-[...10 lines deleted...]
-      <c r="Y31" s="2" t="s">
+      <c r="Z31" s="2" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="32" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B32" s="106"/>
-[...21 lines deleted...]
-      <c r="V32" s="143"/>
+      <c r="B32" s="57"/>
+      <c r="C32" s="58"/>
+      <c r="D32" s="58"/>
+      <c r="E32" s="59" t="s">
+        <v>72</v>
+      </c>
+      <c r="F32" s="59"/>
+      <c r="G32" s="59"/>
+      <c r="H32" s="59"/>
+      <c r="I32" s="59"/>
+      <c r="J32" s="59"/>
+      <c r="K32" s="60"/>
+      <c r="L32" s="60"/>
+      <c r="M32" s="60"/>
+      <c r="N32" s="60"/>
+      <c r="O32" s="60"/>
+      <c r="P32" s="60"/>
+      <c r="Q32" s="60"/>
+      <c r="R32" s="60"/>
+      <c r="S32" s="60"/>
+      <c r="T32" s="60"/>
+      <c r="U32" s="60"/>
+      <c r="V32" s="61"/>
       <c r="Y32" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="33" spans="2:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B33" s="106"/>
-[...19 lines deleted...]
-      <c r="V33" s="143"/>
+      <c r="B33" s="57"/>
+      <c r="C33" s="58"/>
+      <c r="D33" s="58"/>
+      <c r="E33" s="59"/>
+      <c r="F33" s="59"/>
+      <c r="G33" s="59"/>
+      <c r="H33" s="59"/>
+      <c r="I33" s="59"/>
+      <c r="J33" s="59"/>
+      <c r="K33" s="60"/>
+      <c r="L33" s="60"/>
+      <c r="M33" s="60"/>
+      <c r="N33" s="60"/>
+      <c r="O33" s="60"/>
+      <c r="P33" s="60"/>
+      <c r="Q33" s="60"/>
+      <c r="R33" s="60"/>
+      <c r="S33" s="60"/>
+      <c r="T33" s="60"/>
+      <c r="U33" s="60"/>
+      <c r="V33" s="61"/>
       <c r="Y33" s="2">
         <v>24</v>
       </c>
       <c r="Z33" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="2:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B34" s="42" t="s">
+      <c r="B34" s="39" t="s">
+        <v>80</v>
+      </c>
+      <c r="C34" s="40"/>
+      <c r="D34" s="40"/>
+      <c r="E34" s="43" t="s">
         <v>81</v>
       </c>
-      <c r="C34" s="43"/>
-[...1 lines deleted...]
-      <c r="E34" s="83" t="s">
+      <c r="F34" s="43"/>
+      <c r="G34" s="43"/>
+      <c r="H34" s="43"/>
+      <c r="I34" s="43"/>
+      <c r="J34" s="43"/>
+      <c r="K34" s="43"/>
+      <c r="L34" s="43"/>
+      <c r="M34" s="43"/>
+      <c r="N34" s="43"/>
+      <c r="O34" s="43" t="s">
         <v>82</v>
       </c>
-      <c r="F34" s="83"/>
-[...17 lines deleted...]
-      <c r="V34" s="84"/>
+      <c r="P34" s="43"/>
+      <c r="Q34" s="43"/>
+      <c r="R34" s="43"/>
+      <c r="S34" s="43"/>
+      <c r="T34" s="43"/>
+      <c r="U34" s="43"/>
+      <c r="V34" s="44"/>
       <c r="Y34" s="2">
         <v>25</v>
       </c>
       <c r="Z34" s="2" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="AB34" s="25"/>
     </row>
     <row r="35" spans="2:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B35" s="42"/>
-[...2 lines deleted...]
-      <c r="E35" s="108" t="s">
+      <c r="B35" s="39"/>
+      <c r="C35" s="40"/>
+      <c r="D35" s="40"/>
+      <c r="E35" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="F35" s="109"/>
-[...15 lines deleted...]
-      <c r="V35" s="77"/>
+      <c r="F35" s="46"/>
+      <c r="G35" s="46"/>
+      <c r="H35" s="46"/>
+      <c r="I35" s="46"/>
+      <c r="J35" s="46"/>
+      <c r="K35" s="46"/>
+      <c r="L35" s="46"/>
+      <c r="M35" s="46"/>
+      <c r="N35" s="47"/>
+      <c r="O35" s="51"/>
+      <c r="P35" s="52"/>
+      <c r="Q35" s="52"/>
+      <c r="R35" s="52"/>
+      <c r="S35" s="52"/>
+      <c r="T35" s="52"/>
+      <c r="U35" s="52"/>
+      <c r="V35" s="53"/>
       <c r="Y35" s="2">
         <v>26</v>
       </c>
       <c r="Z35" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="36" spans="2:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B36" s="42"/>
-[...19 lines deleted...]
-      <c r="V36" s="80"/>
+      <c r="B36" s="39"/>
+      <c r="C36" s="40"/>
+      <c r="D36" s="40"/>
+      <c r="E36" s="48"/>
+      <c r="F36" s="49"/>
+      <c r="G36" s="49"/>
+      <c r="H36" s="49"/>
+      <c r="I36" s="49"/>
+      <c r="J36" s="49"/>
+      <c r="K36" s="49"/>
+      <c r="L36" s="49"/>
+      <c r="M36" s="49"/>
+      <c r="N36" s="50"/>
+      <c r="O36" s="54"/>
+      <c r="P36" s="55"/>
+      <c r="Q36" s="55"/>
+      <c r="R36" s="55"/>
+      <c r="S36" s="55"/>
+      <c r="T36" s="55"/>
+      <c r="U36" s="55"/>
+      <c r="V36" s="56"/>
       <c r="Y36" s="2">
         <v>27</v>
       </c>
     </row>
     <row r="37" spans="2:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B37" s="42"/>
-[...2 lines deleted...]
-      <c r="E37" s="65" t="s">
+      <c r="B37" s="39"/>
+      <c r="C37" s="40"/>
+      <c r="D37" s="40"/>
+      <c r="E37" s="62" t="s">
+        <v>85</v>
+      </c>
+      <c r="F37" s="63"/>
+      <c r="G37" s="63"/>
+      <c r="H37" s="63"/>
+      <c r="I37" s="63"/>
+      <c r="J37" s="63"/>
+      <c r="K37" s="63"/>
+      <c r="L37" s="63"/>
+      <c r="M37" s="64"/>
+      <c r="N37" s="62" t="s">
         <v>86</v>
       </c>
-      <c r="F37" s="66"/>
-[...7 lines deleted...]
-      <c r="N37" s="65" t="s">
+      <c r="O37" s="63"/>
+      <c r="P37" s="63"/>
+      <c r="Q37" s="65"/>
+      <c r="R37" s="66" t="s">
         <v>87</v>
       </c>
-      <c r="O37" s="66"/>
-[...8 lines deleted...]
-      <c r="V37" s="68"/>
+      <c r="S37" s="63"/>
+      <c r="T37" s="63"/>
+      <c r="U37" s="63"/>
+      <c r="V37" s="67"/>
       <c r="Y37" s="2">
         <v>28</v>
       </c>
     </row>
     <row r="38" spans="2:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B38" s="42"/>
-[...11 lines deleted...]
-      <c r="N38" s="152" t="s">
+      <c r="B38" s="39"/>
+      <c r="C38" s="40"/>
+      <c r="D38" s="40"/>
+      <c r="E38" s="68"/>
+      <c r="F38" s="69"/>
+      <c r="G38" s="69"/>
+      <c r="H38" s="69"/>
+      <c r="I38" s="69"/>
+      <c r="J38" s="69"/>
+      <c r="K38" s="69"/>
+      <c r="L38" s="69"/>
+      <c r="M38" s="70"/>
+      <c r="N38" s="74" t="s">
         <v>1</v>
       </c>
-      <c r="O38" s="153"/>
-[...6 lines deleted...]
-      <c r="V38" s="160"/>
+      <c r="O38" s="75"/>
+      <c r="P38" s="75"/>
+      <c r="Q38" s="76"/>
+      <c r="R38" s="32"/>
+      <c r="S38" s="33"/>
+      <c r="T38" s="33"/>
+      <c r="U38" s="33"/>
+      <c r="V38" s="34"/>
       <c r="Y38" s="2">
         <v>29</v>
       </c>
     </row>
     <row r="39" spans="2:28" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B39" s="140"/>
-[...19 lines deleted...]
-      <c r="V39" s="163"/>
+      <c r="B39" s="41"/>
+      <c r="C39" s="42"/>
+      <c r="D39" s="42"/>
+      <c r="E39" s="71"/>
+      <c r="F39" s="72"/>
+      <c r="G39" s="72"/>
+      <c r="H39" s="72"/>
+      <c r="I39" s="72"/>
+      <c r="J39" s="72"/>
+      <c r="K39" s="72"/>
+      <c r="L39" s="72"/>
+      <c r="M39" s="73"/>
+      <c r="N39" s="77"/>
+      <c r="O39" s="78"/>
+      <c r="P39" s="78"/>
+      <c r="Q39" s="79"/>
+      <c r="R39" s="35"/>
+      <c r="S39" s="36"/>
+      <c r="T39" s="36"/>
+      <c r="U39" s="36"/>
+      <c r="V39" s="37"/>
       <c r="Y39" s="2">
         <v>30</v>
       </c>
     </row>
     <row r="40" spans="2:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B40" s="26"/>
       <c r="C40" s="26"/>
       <c r="D40" s="26"/>
       <c r="E40" s="27"/>
       <c r="F40" s="27"/>
       <c r="G40" s="27"/>
       <c r="H40" s="27"/>
       <c r="I40" s="27"/>
       <c r="J40" s="27"/>
       <c r="K40" s="27"/>
       <c r="L40" s="27"/>
       <c r="M40" s="27"/>
       <c r="N40" s="27"/>
       <c r="O40" s="27"/>
       <c r="P40" s="27"/>
       <c r="Q40" s="27"/>
       <c r="R40" s="27"/>
       <c r="S40" s="27"/>
       <c r="T40" s="27"/>
       <c r="U40" s="27"/>
@@ -5157,126 +5113,126 @@
       <c r="R51" s="30"/>
       <c r="S51" s="30"/>
       <c r="T51" s="30"/>
       <c r="U51" s="30"/>
       <c r="V51" s="30"/>
     </row>
     <row r="52" spans="2:22" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B52" s="30"/>
       <c r="C52" s="30"/>
       <c r="D52" s="30"/>
     </row>
     <row r="53" spans="2:22" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B53" s="30"/>
       <c r="C53" s="30"/>
       <c r="D53" s="30"/>
     </row>
     <row r="54" spans="2:22" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="55" spans="2:22" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="56" spans="2:22" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="57" spans="2:22" ht="14.1" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="60" spans="2:22" ht="18.75" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="61" spans="2:22" ht="13.15" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="63" spans="2:22" ht="9" customHeight="1" x14ac:dyDescent="0.15"/>
   </sheetData>
   <mergeCells count="76">
+    <mergeCell ref="B1:V2"/>
+    <mergeCell ref="B4:E4"/>
+    <mergeCell ref="K7:L7"/>
+    <mergeCell ref="M7:O7"/>
+    <mergeCell ref="Q7:R7"/>
+    <mergeCell ref="T7:U7"/>
+    <mergeCell ref="B9:D14"/>
+    <mergeCell ref="E9:G9"/>
+    <mergeCell ref="H9:J9"/>
+    <mergeCell ref="P9:V9"/>
+    <mergeCell ref="E10:G11"/>
+    <mergeCell ref="H10:J11"/>
+    <mergeCell ref="K10:K11"/>
+    <mergeCell ref="L10:L11"/>
+    <mergeCell ref="M10:M11"/>
+    <mergeCell ref="N10:N11"/>
+    <mergeCell ref="O10:O11"/>
+    <mergeCell ref="P10:V11"/>
+    <mergeCell ref="E12:O12"/>
+    <mergeCell ref="P12:V12"/>
+    <mergeCell ref="E13:O14"/>
+    <mergeCell ref="P13:V14"/>
+    <mergeCell ref="B15:D18"/>
+    <mergeCell ref="E15:I15"/>
+    <mergeCell ref="J15:V15"/>
+    <mergeCell ref="E16:I18"/>
+    <mergeCell ref="J16:L16"/>
+    <mergeCell ref="M16:U16"/>
+    <mergeCell ref="V16:V18"/>
+    <mergeCell ref="J17:L18"/>
+    <mergeCell ref="M17:U18"/>
+    <mergeCell ref="B19:D21"/>
+    <mergeCell ref="E19:J19"/>
+    <mergeCell ref="K19:P19"/>
+    <mergeCell ref="Q19:V19"/>
+    <mergeCell ref="E20:J21"/>
+    <mergeCell ref="K20:P21"/>
+    <mergeCell ref="Q20:V21"/>
+    <mergeCell ref="B22:D30"/>
+    <mergeCell ref="E22:S22"/>
+    <mergeCell ref="T22:V22"/>
+    <mergeCell ref="E23:S24"/>
+    <mergeCell ref="T23:V24"/>
+    <mergeCell ref="E25:F25"/>
+    <mergeCell ref="G25:I25"/>
+    <mergeCell ref="J25:L25"/>
+    <mergeCell ref="R25:V25"/>
+    <mergeCell ref="E26:F27"/>
+    <mergeCell ref="Q26:Q27"/>
+    <mergeCell ref="R26:V27"/>
+    <mergeCell ref="E28:J28"/>
+    <mergeCell ref="K28:V28"/>
+    <mergeCell ref="E29:J30"/>
+    <mergeCell ref="K29:V30"/>
+    <mergeCell ref="N38:Q39"/>
+    <mergeCell ref="G26:I27"/>
+    <mergeCell ref="J26:L27"/>
+    <mergeCell ref="M26:M27"/>
+    <mergeCell ref="N26:N27"/>
+    <mergeCell ref="O26:O27"/>
     <mergeCell ref="R38:V39"/>
     <mergeCell ref="P26:P27"/>
     <mergeCell ref="B34:D39"/>
     <mergeCell ref="E34:N34"/>
     <mergeCell ref="O34:V34"/>
     <mergeCell ref="E35:N36"/>
     <mergeCell ref="O35:V36"/>
     <mergeCell ref="B31:D33"/>
     <mergeCell ref="E31:J31"/>
     <mergeCell ref="K31:V31"/>
     <mergeCell ref="E32:J33"/>
     <mergeCell ref="K32:V33"/>
     <mergeCell ref="E37:M37"/>
     <mergeCell ref="N37:Q37"/>
     <mergeCell ref="R37:V37"/>
     <mergeCell ref="E38:M39"/>
-    <mergeCell ref="N38:Q39"/>
-[...58 lines deleted...]
-    <mergeCell ref="T7:U7"/>
   </mergeCells>
   <phoneticPr fontId="4"/>
   <conditionalFormatting sqref="Q20:V21">
     <cfRule type="expression" dxfId="13" priority="8">
       <formula>AND(NOT($E$20="現場清算（立会必須）"), NOT($K$20="希望する"))</formula>
     </cfRule>
     <cfRule type="expression" dxfId="12" priority="14">
       <formula>IF(Q20="選択してください",TRUE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AM29:AP30 T23 Q26:R26 E27:F27 J26:P27 E26:G26">
     <cfRule type="expression" dxfId="11" priority="13">
       <formula>NOT($E$23="移転先もしくは別のご住所へ送付")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="W29:X29">
     <cfRule type="expression" dxfId="10" priority="12">
       <formula>NOT($B$8="使用場所と異なる")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K32">
     <cfRule type="expression" dxfId="9" priority="11">
       <formula>NOT($E$32="有（希望の記載内容を右にご入力ください）")</formula>
     </cfRule>
   </conditionalFormatting>
@@ -5331,52 +5287,52 @@
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E35:N36" xr:uid="{284484AC-25C0-4120-B580-DDA0C1D2A455}">
       <formula1>$Z$33:$Z$35</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="T7:U7" xr:uid="{D9AD95E2-1177-4B54-A520-EEC3C7AF3D3A}">
       <formula1>$Y$10:$Y$40</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Q7:R7" xr:uid="{2A08DD94-5744-410E-854E-927D7F3C0772}">
       <formula1>$X$10:$X$21</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M7:O7" xr:uid="{37D0DE72-C1D6-446A-A564-6BE4313FCF9A}">
       <formula1>$X$3:$X$8</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E32:J33" xr:uid="{48CEF316-2AFE-44FC-88A0-B16EE9544558}">
       <formula1>$Z$29:$Z$31</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="桁数超過" error="最大桁数を超えています。_x000a_11桁以内にしてください。" sqref="R26 P13 AM29:AP30 O35:V36" xr:uid="{BDB3776A-52F4-4541-A3AE-6FAB9A354897}">
       <formula1>13</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E23" xr:uid="{4CE36A9F-D7E7-4733-A377-2D675F398D43}">
       <formula1>$Z$25:$Z$27</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="lessThanOrEqual" showInputMessage="1" showErrorMessage="1" errorTitle="文字数超過" error="最大文字数を超えています。_x000a_20文字以内にしてください。" sqref="E29 W29:X29 K32:V33 P10" xr:uid="{2514CBD5-89B5-4DD4-9A6E-83490EE62F70}">
       <formula1>20</formula1>
     </dataValidation>
-    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="受付不可" error="中止日は「本日から2か月以内」の日付を入力してください。_x000a_また、FAXでのお申込みは「中止希望日の3日前まで」となっております。3日を切る場合は、お手数ですがお客さまセンターまでお電話ください。_x000a__x000a_" sqref="E16:I18" xr:uid="{A4DA7D01-B69A-482B-88D7-9D0A42460FDB}">
-      <formula1>TODAY()+3</formula1>
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="受付不可" error="中止日は「本日から2か月以内」の日付を入力してください。_x000a_また、中止日は遡ることができません。本日以降の日付でご申請ください。_x000a__x000a_" sqref="E16:I18" xr:uid="{A4DA7D01-B69A-482B-88D7-9D0A42460FDB}">
+      <formula1>TODAY()</formula1>
       <formula2>EDATE(TODAY(),2)</formula2>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E20:J21" xr:uid="{A5FEBA19-8070-454F-ABD2-F4CE5AB70475}">
       <formula1>$Z$2:$Z$5</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Q20:V21" xr:uid="{C91AC17F-C426-4180-8DFC-BA72B12C2A3D}">
       <formula1>$Z$13:$Z$23</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="N38:Q39" xr:uid="{1F1C2F2E-BC3D-42A8-9F33-487BA3B4D361}">
       <formula1>$Y$2:$Y$7</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="lessThanOrEqual" showInputMessage="1" showErrorMessage="1" errorTitle="文字数超過" error="最大文字数を超えています。_x000a_15文字以内にしてください。" sqref="M17 E38" xr:uid="{88DD1562-BE46-4C44-B20A-DC50D9A25362}">
       <formula1>15</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="lessThanOrEqual" showInputMessage="1" showErrorMessage="1" errorTitle="文字数超過" error="最大文字数を超えています。_x000a_30文字以内にしてください。" sqref="M16" xr:uid="{2B4A74F2-D498-458F-9925-A42AED7D2EC9}">
       <formula1>30</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="lessThanOrEqual" showInputMessage="1" showErrorMessage="1" errorTitle="文字数超過" error="最大文字数を超えています。_x000a_40文字以内にしてください。" sqref="K29" xr:uid="{89EA07D7-9643-46A1-B122-4A18F8BCF30D}">
       <formula1>40</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.51181102362204722" right="0.31496062992125984" top="0.39370078740157483" bottom="0.39370078740157483" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="74" fitToHeight="0" orientation="portrait" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>