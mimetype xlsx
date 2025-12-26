--- v0 (2025-10-08)
+++ v1 (2025-12-26)
@@ -2,77 +2,80 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Fsar3-fsa02\040サービス推進部\G-3203000-000サービス推進部業務課\PT-業務課研修生\2025年度（R7）\★R７通達・事務連絡★\02個別・その他\51～60\（個-№51）局ホームページの更新について（依頼）\FAX\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\koshino-kei\Desktop\071201_FAX様式\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{27E2F420-924E-44E3-9423-6F6B02DF4114}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4E78A98F-33C3-4719-9080-ABF7C0940C77}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17325" xr2:uid="{C629F47B-DA3C-4CF2-9A97-0A96DE7ED10F}"/>
   </bookViews>
   <sheets>
     <sheet name="中止申込書（列記式）" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'中止申込書（列記式）'!$B$1:$AS$79</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="491" uniqueCount="105">
   <si>
     <t>水　　道　　中　　止　　申　　込　　書　　（　　列　　記　　式　　）</t>
     <rPh sb="0" eb="1">
       <t>ミズ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>ミチ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>ナカ</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>ト</t>
     </rPh>
     <rPh sb="12" eb="13">
       <t>サル</t>
     </rPh>
     <rPh sb="15" eb="16">
       <t>コ</t>
@@ -278,87 +281,628 @@
     <t>「その他」の関係性</t>
     <rPh sb="3" eb="4">
       <t>タ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>カンケイ</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>セイ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>2029（令和１１）</t>
     <rPh sb="5" eb="7">
       <t>レイワ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>その他（右の欄に関係性をご入力ください）</t>
     <rPh sb="2" eb="3">
       <t>タ</t>
     </rPh>
     <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="BIZ UDゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>　＜お問い合わせ先＞</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="BIZ UDゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t xml:space="preserve">
+　東京都水道局お客さまセンター（受付時間　８時３０分～２０時００分まで※日祝を除く）
+　・　ＦＡＸ　　０３－５７９０－０５７２　（２３区）
+　　　　　　　　０４２－５４８－５１１５　（多摩地区）
+　・　電話番号　０５７０－０９１－１００　（ナビダイヤル）
+　　　　　　　　０３－５３２６－１１０１　（２３区）
+　　　　　　　　０４２－５４８－５１１０　（多摩地区）
+　</t>
+    </r>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>1</t>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>希望しない</t>
+    <rPh sb="0" eb="2">
+      <t>キボウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>2</t>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>希望する</t>
+    <rPh sb="0" eb="2">
+      <t>キボウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>お客さま番号（10ケタ）</t>
+    <rPh sb="4" eb="6">
+      <t>バンゴウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>使用場所</t>
+    <rPh sb="0" eb="2">
+      <t>シヨウ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>バショ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>給水契約者名</t>
+    <rPh sb="0" eb="2">
+      <t>キュウスイ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ケイヤク</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>シャ</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>メイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>登録電話番号</t>
+    <rPh sb="0" eb="2">
+      <t>トウロク</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>デンワ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>バンゴウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>中止日</t>
+    <rPh sb="0" eb="2">
+      <t>チュウシ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ヒ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>立会</t>
+    <rPh sb="0" eb="2">
+      <t>タチアイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>お支払方法</t>
+    <rPh sb="1" eb="3">
+      <t>シハラ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ホウホウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>3</t>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>※不明の場合は空欄</t>
+    <rPh sb="1" eb="3">
+      <t>フメイ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>バアイ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>クウラン</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>市区郡町村</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>町名</t>
+    <rPh sb="0" eb="2">
+      <t>チョウメイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>丁目</t>
+    <rPh sb="0" eb="2">
+      <t>チョウメ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>番</t>
+    <rPh sb="0" eb="1">
+      <t>バン</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>号</t>
+    <rPh sb="0" eb="1">
+      <t>ゴウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>棟</t>
+    <rPh sb="0" eb="1">
+      <t>トウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>室</t>
+    <rPh sb="0" eb="1">
+      <t>シツ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>建物名等（最大20文字）</t>
+    <rPh sb="0" eb="2">
+      <t>タテモノ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>メイ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>トウ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>サイダイ</t>
+    </rPh>
+    <rPh sb="9" eb="11">
+      <t>モジ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>氏名／法人名（最大15文字）</t>
+    <rPh sb="0" eb="2">
+      <t>シメイ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ホウジン</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>メイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>フリガナ（最大30文字）</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>希望</t>
+    <rPh sb="0" eb="2">
+      <t>キボウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>希望時間</t>
+    <rPh sb="0" eb="2">
+      <t>キボウ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ジカン</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>4</t>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>午前</t>
+    <rPh sb="0" eb="2">
+      <t>ゴゼン</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>発行物の
+郵送先</t>
+    <rPh sb="0" eb="2">
+      <t>ハッコウ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ブツ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ユウソウ</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>サキ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>郵送先住所</t>
+    <rPh sb="0" eb="2">
+      <t>ユウソウ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>サキ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ジュウショ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>郵送先電話番号</t>
+    <rPh sb="0" eb="3">
+      <t>ユウソウサキ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>デンワ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>バンゴウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>宛名</t>
+    <rPh sb="0" eb="2">
+      <t>アテナ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>使用場所の記載についての希望</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>午後</t>
+    <rPh sb="0" eb="2">
+      <t>ゴゴ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>郵便番号</t>
+    <rPh sb="0" eb="4">
+      <t>ユウビンバンゴウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>都道府県</t>
+    <rPh sb="0" eb="4">
+      <t>トドウフケン</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>※最大40文字</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>※有の場合記入（最大20文字）</t>
+    <rPh sb="8" eb="10">
+      <t>サイダイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>９時台</t>
+    <rPh sb="1" eb="2">
+      <t>ジ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ダイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>１０時台</t>
+    <rPh sb="2" eb="3">
+      <t>ジ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>ダイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>１１時台</t>
+    <rPh sb="2" eb="3">
+      <t>ジ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>ダイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>１２時台</t>
+    <rPh sb="2" eb="3">
+      <t>ジ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>ダイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>１３時台</t>
+    <rPh sb="2" eb="3">
+      <t>ジ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>ダイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>１４時台</t>
+    <rPh sb="2" eb="3">
+      <t>ジ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>ダイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>１５時台</t>
+    <rPh sb="2" eb="3">
+      <t>ジ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>ダイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>１６時台</t>
+    <rPh sb="2" eb="3">
+      <t>ジ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>ダイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>これまで通り</t>
+    <rPh sb="4" eb="5">
+      <t>ドオ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>請求書払い</t>
+    <rPh sb="0" eb="3">
+      <t>セイキュウショ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>バラ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>現場清算（立会必須）</t>
+    <rPh sb="0" eb="4">
+      <t>ゲンバセイサン</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>タチアイ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>ヒッス</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>今までの送付先と同一</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>移転先もしくは別のご住所へ送付</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>上記の送付先と同一</t>
+    <rPh sb="0" eb="2">
+      <t>ジョウキ</t>
+    </rPh>
+    <rPh sb="3" eb="6">
+      <t>ソウフサキ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>ドウイツ</t>
+    </rPh>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>8</t>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>9</t>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>10</t>
+    <phoneticPr fontId="12"/>
   </si>
   <si>
     <r>
       <t>　
 　</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="BIZ UDゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>＜注意事項＞</t>
-    </r>
-[...19 lines deleted...]
-      <t>中止日の３日前（日祝を除く）までにご連絡ください。</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="BIZ UDゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t xml:space="preserve">
 　・　お申し込み内容の誤登録防止のため、</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="BIZ UDゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>必ず電子入力をお願いします</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
@@ -421,615 +965,53 @@
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t xml:space="preserve">
 　＜申込書について＞</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="BIZ UDゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t xml:space="preserve">
 　・　入力不要項目は自動でグレーに色塗りされます。
 　・　印刷範囲の設定をご確認ください。
 　・　本様式はＦＡＸ用です。右記お客さまセンターＦＡＸ番号まで送付をお願いします。</t>
     </r>
     <rPh sb="4" eb="6">
       <t>チュウイ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>ジコウ</t>
     </rPh>
-    <rPh sb="313" eb="315">
+    <rPh sb="284" eb="286">
       <t>ウキ</t>
     </rPh>
-    <phoneticPr fontId="12"/>
-[...560 lines deleted...]
-    <t>10</t>
     <phoneticPr fontId="12"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
     <numFmt numFmtId="177" formatCode="000\-0000"/>
   </numFmts>
   <fonts count="31" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
@@ -2317,494 +2299,494 @@
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="27" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="28" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="29" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="30" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="16" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="15" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="49" fontId="15" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="14" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="15" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="16" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="18" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="21" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="3" borderId="21" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="3" borderId="11" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="21" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="22" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="4" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="5" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="6" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="10" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="11" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="12" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="7" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="13" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="23" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="24" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="25" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="26" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="4" borderId="27" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="4" borderId="34" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="4" borderId="68" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="28" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="29" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="30" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="28" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="29" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="30" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="31" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="32" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="43" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="44" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="45" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="31" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="32" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="43" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="44" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="45" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="28" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="33" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="42" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="46" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="42" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="40" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="38" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="41" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="47" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="48" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="49" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="50" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="44" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="50" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="44" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="52" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="53" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="54" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="50" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="44" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="45" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="43" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="44" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="45" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="31" fontId="20" fillId="0" borderId="43" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="31" fontId="20" fillId="0" borderId="44" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="31" fontId="20" fillId="0" borderId="45" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="35" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="36" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="37" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="38" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="39" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="40" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="41" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="39" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="13" fillId="3" borderId="43" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="13" fillId="3" borderId="51" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="55" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="56" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="43" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="57" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="58" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="59" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="49" fontId="7" fillId="4" borderId="43" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="4" borderId="44" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="60" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="61" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="62" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="58" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="59" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="63" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="64" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="65" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="66" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="61" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="67" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="48" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="49" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="49" fontId="7" fillId="4" borderId="57" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="8" fillId="3" borderId="69" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="8" fillId="3" borderId="70" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="177" fontId="26" fillId="0" borderId="71" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="177" fontId="26" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="176" fontId="13" fillId="3" borderId="43" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...74 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="4" borderId="38" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...177 lines deleted...]
-    </xf>
     <xf numFmtId="176" fontId="8" fillId="3" borderId="72" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...112 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="計算" xfId="1" builtinId="22"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="3" xr:uid="{7983EB2A-86BE-48FD-ADE1-A3B671229163}"/>
     <cellStyle name="標準 2 2" xfId="2" xr:uid="{AD6C0CAE-E44C-4DED-BCDC-5E6BEE45D786}"/>
   </cellStyles>
   <dxfs count="91">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.34998626667073579"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
@@ -3751,112 +3733,112 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6D96C625-B6A1-4C04-86F9-70CB188F0669}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:CK81"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="B1" zoomScale="85" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
-      <selection activeCell="AZ9" sqref="AZ9"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="B58" zoomScale="85" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
+      <selection activeCell="AF69" sqref="AF69:AI69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="2.125" style="1" customWidth="1"/>
     <col min="2" max="46" width="5.625" style="1" customWidth="1"/>
     <col min="47" max="49" width="5.625" style="3" hidden="1" customWidth="1"/>
     <col min="50" max="52" width="5.625" style="3" customWidth="1"/>
     <col min="53" max="53" width="5.625" style="4" customWidth="1"/>
     <col min="54" max="89" width="5.625" style="1" customWidth="1"/>
     <col min="90" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:89" ht="30" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B1" s="175" t="s">
+      <c r="B1" s="74" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="175"/>
-[...41 lines deleted...]
-      <c r="AS1" s="175"/>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
+      <c r="I1" s="74"/>
+      <c r="J1" s="74"/>
+      <c r="K1" s="74"/>
+      <c r="L1" s="74"/>
+      <c r="M1" s="74"/>
+      <c r="N1" s="74"/>
+      <c r="O1" s="74"/>
+      <c r="P1" s="74"/>
+      <c r="Q1" s="74"/>
+      <c r="R1" s="74"/>
+      <c r="S1" s="74"/>
+      <c r="T1" s="74"/>
+      <c r="U1" s="74"/>
+      <c r="V1" s="74"/>
+      <c r="W1" s="74"/>
+      <c r="X1" s="74"/>
+      <c r="Y1" s="74"/>
+      <c r="Z1" s="74"/>
+      <c r="AA1" s="74"/>
+      <c r="AB1" s="74"/>
+      <c r="AC1" s="74"/>
+      <c r="AD1" s="74"/>
+      <c r="AE1" s="74"/>
+      <c r="AF1" s="74"/>
+      <c r="AG1" s="74"/>
+      <c r="AH1" s="74"/>
+      <c r="AI1" s="74"/>
+      <c r="AJ1" s="74"/>
+      <c r="AK1" s="74"/>
+      <c r="AL1" s="74"/>
+      <c r="AM1" s="74"/>
+      <c r="AN1" s="74"/>
+      <c r="AO1" s="74"/>
+      <c r="AP1" s="74"/>
+      <c r="AQ1" s="74"/>
+      <c r="AR1" s="74"/>
+      <c r="AS1" s="74"/>
       <c r="AU1" s="2"/>
       <c r="AV1" s="2"/>
       <c r="AW1" s="2"/>
     </row>
     <row r="2" spans="1:89" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
       <c r="J2" s="5"/>
       <c r="K2" s="5"/>
       <c r="L2" s="5"/>
       <c r="M2" s="5"/>
       <c r="N2" s="5"/>
       <c r="O2" s="5"/>
       <c r="P2" s="5"/>
       <c r="Q2" s="5"/>
       <c r="R2" s="5"/>
       <c r="S2" s="5"/>
       <c r="T2" s="5"/>
       <c r="U2" s="5"/>
@@ -3903,128 +3885,128 @@
       <c r="G3" s="7"/>
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="7"/>
       <c r="K3" s="7"/>
       <c r="L3" s="7"/>
       <c r="M3" s="7"/>
       <c r="N3" s="7"/>
       <c r="O3" s="7"/>
       <c r="P3" s="7"/>
       <c r="Q3" s="7"/>
       <c r="R3" s="7"/>
       <c r="S3" s="7"/>
       <c r="T3" s="7"/>
       <c r="U3" s="7"/>
       <c r="V3" s="7"/>
       <c r="W3" s="7"/>
       <c r="X3" s="7"/>
       <c r="Y3" s="7"/>
       <c r="Z3" s="7"/>
       <c r="AA3" s="7"/>
       <c r="AB3" s="7"/>
       <c r="AC3" s="7"/>
       <c r="AD3" s="7"/>
       <c r="AE3" s="7"/>
-      <c r="AF3" s="176" t="s">
+      <c r="AF3" s="75" t="s">
         <v>4</v>
       </c>
-      <c r="AG3" s="177"/>
-[...5 lines deleted...]
-      <c r="AM3" s="186" t="s">
+      <c r="AG3" s="76"/>
+      <c r="AH3" s="79"/>
+      <c r="AI3" s="80"/>
+      <c r="AJ3" s="80"/>
+      <c r="AK3" s="80"/>
+      <c r="AL3" s="81"/>
+      <c r="AM3" s="85" t="s">
         <v>6</v>
       </c>
-      <c r="AN3" s="188"/>
-[...1 lines deleted...]
-      <c r="AP3" s="186" t="s">
+      <c r="AN3" s="87"/>
+      <c r="AO3" s="87"/>
+      <c r="AP3" s="85" t="s">
         <v>7</v>
       </c>
-      <c r="AQ3" s="188"/>
-[...1 lines deleted...]
-      <c r="AS3" s="190" t="s">
+      <c r="AQ3" s="87"/>
+      <c r="AR3" s="87"/>
+      <c r="AS3" s="89" t="s">
         <v>9</v>
       </c>
       <c r="AU3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="AV3" s="2"/>
       <c r="AW3" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:89" s="14" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A4" s="8"/>
       <c r="B4" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="10"/>
       <c r="D4" s="10"/>
       <c r="E4" s="10"/>
       <c r="F4" s="10"/>
       <c r="G4" s="10"/>
       <c r="H4" s="11"/>
       <c r="I4" s="11"/>
       <c r="J4" s="11"/>
       <c r="K4" s="12"/>
       <c r="L4" s="13"/>
       <c r="M4" s="13"/>
       <c r="N4" s="13"/>
       <c r="O4" s="13"/>
       <c r="P4" s="13"/>
       <c r="Q4" s="13"/>
       <c r="R4" s="13"/>
       <c r="S4" s="13"/>
       <c r="T4" s="13"/>
       <c r="U4" s="13"/>
       <c r="V4" s="13"/>
       <c r="W4" s="13"/>
       <c r="X4" s="13"/>
       <c r="Y4" s="13"/>
       <c r="Z4" s="13"/>
       <c r="AA4" s="13"/>
       <c r="AB4" s="13"/>
       <c r="AC4" s="13"/>
       <c r="AD4" s="13"/>
       <c r="AE4" s="13"/>
-      <c r="AF4" s="178"/>
-[...12 lines deleted...]
-      <c r="AS4" s="191"/>
+      <c r="AF4" s="77"/>
+      <c r="AG4" s="78"/>
+      <c r="AH4" s="82"/>
+      <c r="AI4" s="83"/>
+      <c r="AJ4" s="83"/>
+      <c r="AK4" s="83"/>
+      <c r="AL4" s="84"/>
+      <c r="AM4" s="86"/>
+      <c r="AN4" s="88"/>
+      <c r="AO4" s="88"/>
+      <c r="AP4" s="86"/>
+      <c r="AQ4" s="88"/>
+      <c r="AR4" s="88"/>
+      <c r="AS4" s="90"/>
       <c r="AU4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="AV4" s="2"/>
       <c r="AW4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="AX4" s="3"/>
       <c r="AY4" s="3"/>
       <c r="AZ4" s="3"/>
       <c r="BA4" s="3"/>
     </row>
     <row r="5" spans="1:89" s="14" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A5" s="15"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
       <c r="F5" s="10"/>
       <c r="G5" s="10"/>
       <c r="H5" s="11"/>
       <c r="I5" s="11"/>
       <c r="J5" s="16"/>
       <c r="K5" s="17"/>
       <c r="L5" s="17"/>
       <c r="M5" s="11"/>
@@ -4082,193 +4064,193 @@
       <c r="BL5" s="19"/>
       <c r="BM5" s="19"/>
       <c r="BN5" s="19"/>
       <c r="BO5" s="19"/>
       <c r="BP5" s="19"/>
       <c r="BQ5" s="19"/>
       <c r="BR5" s="19"/>
       <c r="BS5" s="19"/>
       <c r="BT5" s="19"/>
       <c r="BU5" s="19"/>
       <c r="BV5" s="19"/>
       <c r="BW5" s="19"/>
       <c r="BX5" s="19"/>
       <c r="BY5" s="19"/>
       <c r="BZ5" s="19"/>
       <c r="CA5" s="19"/>
       <c r="CB5" s="19"/>
       <c r="CC5" s="19"/>
       <c r="CD5" s="19"/>
       <c r="CE5" s="19"/>
       <c r="CF5" s="19"/>
       <c r="CG5" s="19"/>
     </row>
     <row r="6" spans="1:89" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A6" s="15"/>
-      <c r="B6" s="159" t="s">
+      <c r="B6" s="58" t="s">
         <v>17</v>
       </c>
-      <c r="C6" s="160"/>
-[...7 lines deleted...]
-      <c r="K6" s="162" t="s">
+      <c r="C6" s="59"/>
+      <c r="D6" s="59"/>
+      <c r="E6" s="59"/>
+      <c r="F6" s="59"/>
+      <c r="G6" s="59"/>
+      <c r="H6" s="59"/>
+      <c r="I6" s="59"/>
+      <c r="J6" s="60"/>
+      <c r="K6" s="61" t="s">
         <v>18</v>
       </c>
-      <c r="L6" s="160"/>
-[...3 lines deleted...]
-      <c r="P6" s="162" t="s">
+      <c r="L6" s="59"/>
+      <c r="M6" s="59"/>
+      <c r="N6" s="59"/>
+      <c r="O6" s="60"/>
+      <c r="P6" s="61" t="s">
         <v>19</v>
       </c>
-      <c r="Q6" s="160"/>
-[...8 lines deleted...]
-      <c r="Z6" s="162" t="s">
+      <c r="Q6" s="59"/>
+      <c r="R6" s="59"/>
+      <c r="S6" s="59"/>
+      <c r="T6" s="59"/>
+      <c r="U6" s="59"/>
+      <c r="V6" s="59"/>
+      <c r="W6" s="59"/>
+      <c r="X6" s="59"/>
+      <c r="Y6" s="59"/>
+      <c r="Z6" s="61" t="s">
         <v>20</v>
       </c>
-      <c r="AA6" s="160"/>
-[...17 lines deleted...]
-      <c r="AS6" s="163"/>
+      <c r="AA6" s="59"/>
+      <c r="AB6" s="59"/>
+      <c r="AC6" s="59"/>
+      <c r="AD6" s="59"/>
+      <c r="AE6" s="59"/>
+      <c r="AF6" s="59"/>
+      <c r="AG6" s="59"/>
+      <c r="AH6" s="59"/>
+      <c r="AI6" s="59"/>
+      <c r="AJ6" s="59"/>
+      <c r="AK6" s="59"/>
+      <c r="AL6" s="59"/>
+      <c r="AM6" s="59"/>
+      <c r="AN6" s="59"/>
+      <c r="AO6" s="59"/>
+      <c r="AP6" s="59"/>
+      <c r="AQ6" s="59"/>
+      <c r="AR6" s="59"/>
+      <c r="AS6" s="62"/>
       <c r="AU6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="AV6" s="2"/>
       <c r="AW6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="AX6" s="3"/>
       <c r="AY6" s="3"/>
       <c r="AZ6" s="3"/>
       <c r="BA6" s="3"/>
       <c r="BB6" s="19"/>
       <c r="BD6" s="19"/>
       <c r="BE6" s="19"/>
       <c r="BF6" s="19"/>
       <c r="BG6" s="19"/>
       <c r="BH6" s="19"/>
       <c r="BI6" s="19"/>
       <c r="BJ6" s="19"/>
       <c r="BK6" s="19"/>
       <c r="BL6" s="19"/>
       <c r="BM6" s="19"/>
       <c r="BN6" s="19"/>
       <c r="BO6" s="19"/>
       <c r="BP6" s="19"/>
       <c r="BQ6" s="19"/>
       <c r="BR6" s="19"/>
       <c r="BS6" s="19"/>
       <c r="BT6" s="19"/>
       <c r="BU6" s="19"/>
       <c r="BV6" s="19"/>
       <c r="BW6" s="19"/>
       <c r="BX6" s="19"/>
       <c r="BY6" s="19"/>
       <c r="BZ6" s="19"/>
       <c r="CA6" s="19"/>
       <c r="CB6" s="19"/>
       <c r="CC6" s="19"/>
       <c r="CD6" s="19"/>
       <c r="CE6" s="19"/>
       <c r="CF6" s="19"/>
       <c r="CG6" s="19"/>
     </row>
     <row r="7" spans="1:89" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A7" s="8"/>
-      <c r="B7" s="164"/>
-[...13 lines deleted...]
-      <c r="P7" s="170" t="s">
+      <c r="B7" s="63"/>
+      <c r="C7" s="64"/>
+      <c r="D7" s="64"/>
+      <c r="E7" s="64"/>
+      <c r="F7" s="64"/>
+      <c r="G7" s="64"/>
+      <c r="H7" s="64"/>
+      <c r="I7" s="64"/>
+      <c r="J7" s="65"/>
+      <c r="K7" s="66"/>
+      <c r="L7" s="67"/>
+      <c r="M7" s="67"/>
+      <c r="N7" s="67"/>
+      <c r="O7" s="68"/>
+      <c r="P7" s="69" t="s">
         <v>2</v>
       </c>
-      <c r="Q7" s="171"/>
-[...27 lines deleted...]
-      <c r="AS7" s="174"/>
+      <c r="Q7" s="70"/>
+      <c r="R7" s="70"/>
+      <c r="S7" s="70"/>
+      <c r="T7" s="70"/>
+      <c r="U7" s="70"/>
+      <c r="V7" s="70"/>
+      <c r="W7" s="70"/>
+      <c r="X7" s="70"/>
+      <c r="Y7" s="70"/>
+      <c r="Z7" s="71"/>
+      <c r="AA7" s="72"/>
+      <c r="AB7" s="72"/>
+      <c r="AC7" s="72"/>
+      <c r="AD7" s="72"/>
+      <c r="AE7" s="72"/>
+      <c r="AF7" s="72"/>
+      <c r="AG7" s="72"/>
+      <c r="AH7" s="72"/>
+      <c r="AI7" s="72"/>
+      <c r="AJ7" s="72"/>
+      <c r="AK7" s="72"/>
+      <c r="AL7" s="72"/>
+      <c r="AM7" s="72"/>
+      <c r="AN7" s="72"/>
+      <c r="AO7" s="72"/>
+      <c r="AP7" s="72"/>
+      <c r="AQ7" s="72"/>
+      <c r="AR7" s="72"/>
+      <c r="AS7" s="73"/>
       <c r="AU7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="AV7" s="20"/>
       <c r="AW7" s="2"/>
       <c r="BB7" s="19"/>
       <c r="BH7" s="19"/>
       <c r="BI7" s="19"/>
       <c r="BJ7" s="19"/>
       <c r="BK7" s="19"/>
       <c r="BL7" s="19"/>
       <c r="BM7" s="19"/>
       <c r="BN7" s="19"/>
       <c r="BO7" s="19"/>
       <c r="BP7" s="19"/>
       <c r="BQ7" s="19"/>
       <c r="BR7" s="19"/>
       <c r="BS7" s="19"/>
       <c r="BT7" s="19"/>
       <c r="BU7" s="19"/>
       <c r="BV7" s="19"/>
       <c r="BW7" s="19"/>
       <c r="BX7" s="19"/>
       <c r="BY7" s="19"/>
       <c r="BZ7" s="19"/>
@@ -4347,106 +4329,106 @@
       <c r="BL8" s="19"/>
       <c r="BM8" s="19"/>
       <c r="BN8" s="19"/>
       <c r="BO8" s="19"/>
       <c r="BP8" s="19"/>
       <c r="BQ8" s="19"/>
       <c r="BR8" s="19"/>
       <c r="BS8" s="19"/>
       <c r="BT8" s="19"/>
       <c r="BU8" s="19"/>
       <c r="BV8" s="19"/>
       <c r="BW8" s="19"/>
       <c r="BX8" s="19"/>
       <c r="BY8" s="19"/>
       <c r="BZ8" s="19"/>
       <c r="CA8" s="19"/>
       <c r="CB8" s="19"/>
       <c r="CC8" s="19"/>
       <c r="CD8" s="19"/>
       <c r="CE8" s="19"/>
       <c r="CF8" s="19"/>
       <c r="CG8" s="19"/>
     </row>
     <row r="9" spans="1:89" ht="159.94999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A9" s="8"/>
-      <c r="B9" s="155" t="s">
+      <c r="B9" s="91" t="s">
+        <v>104</v>
+      </c>
+      <c r="C9" s="92"/>
+      <c r="D9" s="92"/>
+      <c r="E9" s="92"/>
+      <c r="F9" s="92"/>
+      <c r="G9" s="92"/>
+      <c r="H9" s="92"/>
+      <c r="I9" s="92"/>
+      <c r="J9" s="92"/>
+      <c r="K9" s="92"/>
+      <c r="L9" s="92"/>
+      <c r="M9" s="92"/>
+      <c r="N9" s="92"/>
+      <c r="O9" s="92"/>
+      <c r="P9" s="92"/>
+      <c r="Q9" s="92"/>
+      <c r="R9" s="92"/>
+      <c r="S9" s="92"/>
+      <c r="T9" s="92"/>
+      <c r="U9" s="92"/>
+      <c r="V9" s="92"/>
+      <c r="W9" s="92"/>
+      <c r="X9" s="92"/>
+      <c r="Y9" s="92"/>
+      <c r="Z9" s="92"/>
+      <c r="AA9" s="92"/>
+      <c r="AB9" s="93"/>
+      <c r="AC9" s="92" t="s">
         <v>23</v>
       </c>
-      <c r="C9" s="156"/>
-[...43 lines deleted...]
-      <c r="AS9" s="158"/>
+      <c r="AD9" s="92"/>
+      <c r="AE9" s="92"/>
+      <c r="AF9" s="92"/>
+      <c r="AG9" s="92"/>
+      <c r="AH9" s="92"/>
+      <c r="AI9" s="92"/>
+      <c r="AJ9" s="92"/>
+      <c r="AK9" s="92"/>
+      <c r="AL9" s="92"/>
+      <c r="AM9" s="92"/>
+      <c r="AN9" s="92"/>
+      <c r="AO9" s="92"/>
+      <c r="AP9" s="92"/>
+      <c r="AQ9" s="92"/>
+      <c r="AR9" s="92"/>
+      <c r="AS9" s="94"/>
       <c r="AU9" s="2">
         <v>1</v>
       </c>
       <c r="AV9" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="AW9" s="20" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="BB9" s="19"/>
       <c r="BD9" s="19"/>
       <c r="BE9" s="19"/>
       <c r="BF9" s="19"/>
       <c r="BG9" s="14"/>
       <c r="BH9" s="26"/>
       <c r="BJ9" s="26"/>
       <c r="BK9" s="8"/>
       <c r="BM9" s="27"/>
       <c r="BN9" s="27"/>
       <c r="BO9" s="27"/>
       <c r="BP9" s="27"/>
       <c r="BQ9" s="27"/>
       <c r="BR9" s="27"/>
       <c r="BS9" s="27"/>
       <c r="BT9" s="27"/>
       <c r="BU9" s="27"/>
       <c r="BV9" s="27"/>
       <c r="BW9" s="27"/>
       <c r="BY9" s="19"/>
       <c r="BZ9" s="19"/>
       <c r="CA9" s="19"/>
       <c r="CB9" s="19"/>
       <c r="CC9" s="19"/>
@@ -4483,546 +4465,546 @@
       <c r="Y10" s="29"/>
       <c r="Z10" s="29"/>
       <c r="AA10" s="29"/>
       <c r="AB10" s="29"/>
       <c r="AC10" s="29"/>
       <c r="AD10" s="29"/>
       <c r="AE10" s="29"/>
       <c r="AF10" s="29"/>
       <c r="AG10" s="29"/>
       <c r="AH10" s="29"/>
       <c r="AI10" s="29"/>
       <c r="AJ10" s="29"/>
       <c r="AK10" s="29"/>
       <c r="AL10" s="29"/>
       <c r="AM10" s="7"/>
       <c r="AN10" s="7"/>
       <c r="AO10" s="7"/>
       <c r="AP10" s="7"/>
       <c r="AQ10" s="7"/>
       <c r="AR10" s="7"/>
       <c r="AS10" s="7"/>
       <c r="AU10" s="2">
         <v>2</v>
       </c>
       <c r="AV10" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW10" s="20" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="BB10" s="19"/>
       <c r="BD10" s="19"/>
       <c r="BE10" s="19"/>
       <c r="BF10" s="19"/>
       <c r="BG10" s="14"/>
       <c r="BH10" s="26"/>
       <c r="BJ10" s="30"/>
       <c r="BK10" s="31"/>
       <c r="BM10" s="27"/>
       <c r="BN10" s="27"/>
       <c r="BO10" s="27"/>
       <c r="BP10" s="27"/>
       <c r="BQ10" s="27"/>
       <c r="BR10" s="27"/>
       <c r="BS10" s="27"/>
       <c r="BT10" s="27"/>
       <c r="BU10" s="27"/>
       <c r="BV10" s="27"/>
       <c r="BW10" s="27"/>
       <c r="BY10" s="19"/>
       <c r="BZ10" s="19"/>
       <c r="CA10" s="19"/>
       <c r="CB10" s="19"/>
       <c r="CC10" s="19"/>
       <c r="CD10" s="19"/>
       <c r="CE10" s="19"/>
       <c r="CF10" s="19"/>
       <c r="CG10" s="19"/>
     </row>
     <row r="11" spans="1:89" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A11" s="32"/>
-      <c r="B11" s="109">
+      <c r="B11" s="95">
         <v>1</v>
       </c>
-      <c r="C11" s="112" t="s">
+      <c r="C11" s="98" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" s="99"/>
+      <c r="E11" s="100"/>
+      <c r="F11" s="98" t="s">
         <v>29</v>
       </c>
-      <c r="D11" s="113"/>
-[...1 lines deleted...]
-      <c r="F11" s="112" t="s">
+      <c r="G11" s="99"/>
+      <c r="H11" s="99"/>
+      <c r="I11" s="99"/>
+      <c r="J11" s="99"/>
+      <c r="K11" s="99"/>
+      <c r="L11" s="99"/>
+      <c r="M11" s="99"/>
+      <c r="N11" s="99"/>
+      <c r="O11" s="99"/>
+      <c r="P11" s="99"/>
+      <c r="Q11" s="99"/>
+      <c r="R11" s="99"/>
+      <c r="S11" s="99"/>
+      <c r="T11" s="99"/>
+      <c r="U11" s="100"/>
+      <c r="V11" s="101" t="s">
         <v>30</v>
       </c>
-      <c r="G11" s="113"/>
-[...14 lines deleted...]
-      <c r="V11" s="115" t="s">
+      <c r="W11" s="102"/>
+      <c r="X11" s="102"/>
+      <c r="Y11" s="102"/>
+      <c r="Z11" s="102"/>
+      <c r="AA11" s="102"/>
+      <c r="AB11" s="102"/>
+      <c r="AC11" s="102"/>
+      <c r="AD11" s="102"/>
+      <c r="AE11" s="103"/>
+      <c r="AF11" s="104" t="s">
         <v>31</v>
       </c>
-      <c r="W11" s="116"/>
-[...8 lines deleted...]
-      <c r="AF11" s="118" t="s">
+      <c r="AG11" s="105"/>
+      <c r="AH11" s="105"/>
+      <c r="AI11" s="106"/>
+      <c r="AJ11" s="110" t="s">
         <v>32</v>
       </c>
-      <c r="AG11" s="119"/>
-[...2 lines deleted...]
-      <c r="AJ11" s="121" t="s">
+      <c r="AK11" s="111"/>
+      <c r="AL11" s="111"/>
+      <c r="AM11" s="112"/>
+      <c r="AN11" s="101" t="s">
         <v>33</v>
       </c>
-      <c r="AK11" s="122"/>
-[...2 lines deleted...]
-      <c r="AN11" s="115" t="s">
+      <c r="AO11" s="102"/>
+      <c r="AP11" s="102"/>
+      <c r="AQ11" s="103"/>
+      <c r="AR11" s="116" t="s">
         <v>34</v>
       </c>
-      <c r="AO11" s="116"/>
-[...5 lines deleted...]
-      <c r="AS11" s="125"/>
+      <c r="AS11" s="117"/>
       <c r="AU11" s="4">
         <v>3</v>
       </c>
       <c r="AV11" s="4" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="BH11" s="33"/>
       <c r="BJ11" s="34"/>
       <c r="BM11" s="35"/>
       <c r="BN11" s="35"/>
       <c r="BO11" s="35"/>
       <c r="BP11" s="35"/>
       <c r="BQ11" s="35"/>
       <c r="BR11" s="35"/>
       <c r="BS11" s="35"/>
       <c r="BT11" s="35"/>
       <c r="BU11" s="35"/>
       <c r="BV11" s="35"/>
       <c r="BW11" s="35"/>
     </row>
     <row r="12" spans="1:89" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B12" s="110"/>
-      <c r="C12" s="150" t="s">
+      <c r="B12" s="96"/>
+      <c r="C12" s="144" t="s">
+        <v>36</v>
+      </c>
+      <c r="D12" s="144"/>
+      <c r="E12" s="144"/>
+      <c r="F12" s="145" t="s">
         <v>37</v>
       </c>
-      <c r="D12" s="150"/>
-[...1 lines deleted...]
-      <c r="F12" s="151" t="s">
+      <c r="G12" s="146"/>
+      <c r="H12" s="147" t="s">
         <v>38</v>
       </c>
-      <c r="G12" s="152"/>
-      <c r="H12" s="103" t="s">
+      <c r="I12" s="148"/>
+      <c r="J12" s="149"/>
+      <c r="K12" s="36" t="s">
         <v>39</v>
       </c>
-      <c r="I12" s="104"/>
-[...1 lines deleted...]
-      <c r="K12" s="36" t="s">
+      <c r="L12" s="36" t="s">
         <v>40</v>
       </c>
-      <c r="L12" s="36" t="s">
+      <c r="M12" s="36" t="s">
         <v>41</v>
       </c>
-      <c r="M12" s="36" t="s">
+      <c r="N12" s="36" t="s">
         <v>42</v>
       </c>
-      <c r="N12" s="36" t="s">
+      <c r="O12" s="37" t="s">
         <v>43</v>
       </c>
-      <c r="O12" s="37" t="s">
+      <c r="P12" s="147" t="s">
         <v>44</v>
       </c>
-      <c r="P12" s="103" t="s">
+      <c r="Q12" s="148"/>
+      <c r="R12" s="148"/>
+      <c r="S12" s="148"/>
+      <c r="T12" s="148"/>
+      <c r="U12" s="150"/>
+      <c r="V12" s="120" t="s">
         <v>45</v>
       </c>
-      <c r="Q12" s="104"/>
-[...4 lines deleted...]
-      <c r="V12" s="128" t="s">
+      <c r="W12" s="151"/>
+      <c r="X12" s="151"/>
+      <c r="Y12" s="151"/>
+      <c r="Z12" s="121"/>
+      <c r="AA12" s="122" t="s">
         <v>46</v>
       </c>
-      <c r="W12" s="62"/>
-[...3 lines deleted...]
-      <c r="AA12" s="61" t="s">
+      <c r="AB12" s="151"/>
+      <c r="AC12" s="151"/>
+      <c r="AD12" s="151"/>
+      <c r="AE12" s="123"/>
+      <c r="AF12" s="107"/>
+      <c r="AG12" s="108"/>
+      <c r="AH12" s="108"/>
+      <c r="AI12" s="109"/>
+      <c r="AJ12" s="113"/>
+      <c r="AK12" s="114"/>
+      <c r="AL12" s="114"/>
+      <c r="AM12" s="115"/>
+      <c r="AN12" s="120" t="s">
         <v>47</v>
       </c>
-      <c r="AB12" s="62"/>
-[...11 lines deleted...]
-      <c r="AN12" s="128" t="s">
+      <c r="AO12" s="121"/>
+      <c r="AP12" s="122" t="s">
         <v>48</v>
       </c>
-      <c r="AO12" s="129"/>
-[...5 lines deleted...]
-      <c r="AS12" s="127"/>
+      <c r="AQ12" s="123"/>
+      <c r="AR12" s="118"/>
+      <c r="AS12" s="119"/>
       <c r="AU12" s="4">
         <v>4</v>
       </c>
       <c r="AV12" s="4" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="AW12" s="38" t="s">
         <v>2</v>
       </c>
       <c r="BH12" s="39"/>
       <c r="BJ12" s="40"/>
       <c r="BM12" s="35"/>
       <c r="BN12" s="35"/>
       <c r="BO12" s="35"/>
       <c r="BP12" s="35"/>
       <c r="BQ12" s="35"/>
       <c r="BR12" s="35"/>
       <c r="BS12" s="35"/>
       <c r="BT12" s="35"/>
       <c r="BU12" s="35"/>
       <c r="BV12" s="35"/>
       <c r="BW12" s="35"/>
     </row>
     <row r="13" spans="1:89" s="14" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A13" s="8"/>
-      <c r="B13" s="110"/>
-[...7 lines deleted...]
-      <c r="J13" s="135"/>
+      <c r="B13" s="96"/>
+      <c r="C13" s="124"/>
+      <c r="D13" s="124"/>
+      <c r="E13" s="124"/>
+      <c r="F13" s="125"/>
+      <c r="G13" s="126"/>
+      <c r="H13" s="127"/>
+      <c r="I13" s="128"/>
+      <c r="J13" s="129"/>
       <c r="K13" s="41"/>
       <c r="L13" s="41"/>
       <c r="M13" s="41"/>
       <c r="N13" s="41"/>
       <c r="O13" s="42"/>
-      <c r="P13" s="136"/>
-[...23 lines deleted...]
-      <c r="AN13" s="69" t="s">
+      <c r="P13" s="130"/>
+      <c r="Q13" s="131"/>
+      <c r="R13" s="131"/>
+      <c r="S13" s="131"/>
+      <c r="T13" s="131"/>
+      <c r="U13" s="131"/>
+      <c r="V13" s="132"/>
+      <c r="W13" s="133"/>
+      <c r="X13" s="133"/>
+      <c r="Y13" s="133"/>
+      <c r="Z13" s="134"/>
+      <c r="AA13" s="135"/>
+      <c r="AB13" s="136"/>
+      <c r="AC13" s="136"/>
+      <c r="AD13" s="136"/>
+      <c r="AE13" s="137"/>
+      <c r="AF13" s="138"/>
+      <c r="AG13" s="139"/>
+      <c r="AH13" s="139"/>
+      <c r="AI13" s="140"/>
+      <c r="AJ13" s="141"/>
+      <c r="AK13" s="142"/>
+      <c r="AL13" s="142"/>
+      <c r="AM13" s="143"/>
+      <c r="AN13" s="152" t="s">
         <v>2</v>
       </c>
-      <c r="AO13" s="70"/>
-      <c r="AP13" s="71" t="s">
+      <c r="AO13" s="153"/>
+      <c r="AP13" s="154" t="s">
         <v>2</v>
       </c>
-      <c r="AQ13" s="72"/>
-      <c r="AR13" s="73" t="s">
+      <c r="AQ13" s="155"/>
+      <c r="AR13" s="156" t="s">
         <v>2</v>
       </c>
-      <c r="AS13" s="74"/>
+      <c r="AS13" s="157"/>
       <c r="AU13" s="2">
         <v>5</v>
       </c>
       <c r="AV13" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="AW13" s="43" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="BG13" s="1"/>
       <c r="BH13" s="19"/>
       <c r="BI13" s="19"/>
       <c r="BJ13" s="19"/>
       <c r="BK13" s="19"/>
       <c r="BM13" s="27"/>
       <c r="BN13" s="27"/>
       <c r="BO13" s="27"/>
       <c r="BP13" s="27"/>
       <c r="BQ13" s="27"/>
       <c r="BR13" s="27"/>
       <c r="BS13" s="27"/>
       <c r="BT13" s="27"/>
       <c r="BU13" s="27"/>
       <c r="BV13" s="27"/>
       <c r="BW13" s="27"/>
     </row>
     <row r="14" spans="1:89" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B14" s="110"/>
-      <c r="C14" s="75" t="s">
+      <c r="B14" s="96"/>
+      <c r="C14" s="158" t="s">
+        <v>52</v>
+      </c>
+      <c r="D14" s="159"/>
+      <c r="E14" s="162" t="s">
         <v>53</v>
       </c>
-      <c r="D14" s="76"/>
-      <c r="E14" s="77" t="s">
+      <c r="F14" s="163"/>
+      <c r="G14" s="163"/>
+      <c r="H14" s="163"/>
+      <c r="I14" s="163"/>
+      <c r="J14" s="163"/>
+      <c r="K14" s="163"/>
+      <c r="L14" s="163"/>
+      <c r="M14" s="163"/>
+      <c r="N14" s="163"/>
+      <c r="O14" s="163"/>
+      <c r="P14" s="163"/>
+      <c r="Q14" s="163"/>
+      <c r="R14" s="163"/>
+      <c r="S14" s="163"/>
+      <c r="T14" s="163"/>
+      <c r="U14" s="163"/>
+      <c r="V14" s="163"/>
+      <c r="W14" s="163"/>
+      <c r="X14" s="164"/>
+      <c r="Y14" s="165" t="s">
         <v>54</v>
       </c>
-      <c r="F14" s="78"/>
-[...18 lines deleted...]
-      <c r="Y14" s="80" t="s">
+      <c r="Z14" s="166"/>
+      <c r="AA14" s="166"/>
+      <c r="AB14" s="167"/>
+      <c r="AC14" s="162" t="s">
         <v>55</v>
       </c>
-      <c r="Z14" s="81"/>
-[...2 lines deleted...]
-      <c r="AC14" s="77" t="s">
+      <c r="AD14" s="163"/>
+      <c r="AE14" s="163"/>
+      <c r="AF14" s="168"/>
+      <c r="AG14" s="168"/>
+      <c r="AH14" s="168"/>
+      <c r="AI14" s="168"/>
+      <c r="AJ14" s="168"/>
+      <c r="AK14" s="168"/>
+      <c r="AL14" s="168"/>
+      <c r="AM14" s="169"/>
+      <c r="AN14" s="170" t="s">
         <v>56</v>
       </c>
-      <c r="AD14" s="78"/>
-[...16 lines deleted...]
-      <c r="AS14" s="90"/>
+      <c r="AO14" s="171"/>
+      <c r="AP14" s="171"/>
+      <c r="AQ14" s="171"/>
+      <c r="AR14" s="171"/>
+      <c r="AS14" s="172"/>
       <c r="AU14" s="4">
         <v>6</v>
       </c>
       <c r="AV14" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="AW14" s="38" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="BT14" s="35"/>
       <c r="BU14" s="35"/>
       <c r="BV14" s="35"/>
       <c r="BW14" s="35"/>
       <c r="CC14" s="40"/>
       <c r="CD14" s="40"/>
       <c r="CE14" s="40"/>
       <c r="CF14" s="40"/>
       <c r="CG14" s="40"/>
     </row>
     <row r="15" spans="1:89" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B15" s="110"/>
-[...2 lines deleted...]
-      <c r="E15" s="91" t="s">
+      <c r="B15" s="96"/>
+      <c r="C15" s="160"/>
+      <c r="D15" s="161"/>
+      <c r="E15" s="173" t="s">
+        <v>59</v>
+      </c>
+      <c r="F15" s="174"/>
+      <c r="G15" s="174" t="s">
         <v>60</v>
       </c>
-      <c r="F15" s="92"/>
-      <c r="G15" s="92" t="s">
+      <c r="H15" s="174"/>
+      <c r="I15" s="174" t="s">
+        <v>37</v>
+      </c>
+      <c r="J15" s="174"/>
+      <c r="K15" s="174" t="s">
+        <v>38</v>
+      </c>
+      <c r="L15" s="174"/>
+      <c r="M15" s="174"/>
+      <c r="N15" s="44" t="s">
+        <v>39</v>
+      </c>
+      <c r="O15" s="44" t="s">
+        <v>40</v>
+      </c>
+      <c r="P15" s="44" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q15" s="44" t="s">
+        <v>42</v>
+      </c>
+      <c r="R15" s="37" t="s">
+        <v>43</v>
+      </c>
+      <c r="S15" s="147" t="s">
+        <v>44</v>
+      </c>
+      <c r="T15" s="148"/>
+      <c r="U15" s="148"/>
+      <c r="V15" s="148"/>
+      <c r="W15" s="148"/>
+      <c r="X15" s="150"/>
+      <c r="Y15" s="113"/>
+      <c r="Z15" s="114"/>
+      <c r="AA15" s="114"/>
+      <c r="AB15" s="115"/>
+      <c r="AC15" s="107" t="s">
         <v>61</v>
       </c>
-      <c r="H15" s="92"/>
-[...36 lines deleted...]
-      <c r="AC15" s="106" t="s">
+      <c r="AD15" s="108"/>
+      <c r="AE15" s="108"/>
+      <c r="AF15" s="108"/>
+      <c r="AG15" s="108"/>
+      <c r="AH15" s="108"/>
+      <c r="AI15" s="108"/>
+      <c r="AJ15" s="108"/>
+      <c r="AK15" s="108"/>
+      <c r="AL15" s="108"/>
+      <c r="AM15" s="109"/>
+      <c r="AN15" s="160" t="s">
         <v>62</v>
       </c>
-      <c r="AD15" s="107"/>
-[...16 lines deleted...]
-      <c r="AS15" s="60"/>
+      <c r="AO15" s="161"/>
+      <c r="AP15" s="161"/>
+      <c r="AQ15" s="161"/>
+      <c r="AR15" s="161"/>
+      <c r="AS15" s="175"/>
       <c r="AU15" s="4">
         <v>7</v>
       </c>
       <c r="AV15" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="AW15" s="45" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:89" s="14" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B16" s="111"/>
-      <c r="C16" s="64" t="s">
+      <c r="B16" s="97"/>
+      <c r="C16" s="176" t="s">
         <v>2</v>
       </c>
-      <c r="D16" s="65"/>
-[...8 lines deleted...]
-      <c r="M16" s="68"/>
+      <c r="D16" s="177"/>
+      <c r="E16" s="178"/>
+      <c r="F16" s="179"/>
+      <c r="G16" s="180"/>
+      <c r="H16" s="180"/>
+      <c r="I16" s="180"/>
+      <c r="J16" s="180"/>
+      <c r="K16" s="180"/>
+      <c r="L16" s="180"/>
+      <c r="M16" s="180"/>
       <c r="N16" s="46"/>
       <c r="O16" s="46"/>
       <c r="P16" s="46"/>
       <c r="Q16" s="46"/>
       <c r="R16" s="47"/>
-      <c r="S16" s="93"/>
-[...25 lines deleted...]
-      <c r="AS16" s="102"/>
+      <c r="S16" s="181"/>
+      <c r="T16" s="182"/>
+      <c r="U16" s="182"/>
+      <c r="V16" s="182"/>
+      <c r="W16" s="182"/>
+      <c r="X16" s="183"/>
+      <c r="Y16" s="184"/>
+      <c r="Z16" s="185"/>
+      <c r="AA16" s="185"/>
+      <c r="AB16" s="186"/>
+      <c r="AC16" s="187"/>
+      <c r="AD16" s="182"/>
+      <c r="AE16" s="182"/>
+      <c r="AF16" s="182"/>
+      <c r="AG16" s="182"/>
+      <c r="AH16" s="182"/>
+      <c r="AI16" s="182"/>
+      <c r="AJ16" s="182"/>
+      <c r="AK16" s="182"/>
+      <c r="AL16" s="182"/>
+      <c r="AM16" s="182"/>
+      <c r="AN16" s="188"/>
+      <c r="AO16" s="189"/>
+      <c r="AP16" s="189"/>
+      <c r="AQ16" s="189"/>
+      <c r="AR16" s="189"/>
+      <c r="AS16" s="190"/>
       <c r="AU16" s="2">
         <v>8</v>
       </c>
       <c r="AV16" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="AW16" s="48" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="17" spans="1:64" s="14" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B17" s="25"/>
       <c r="C17" s="49"/>
       <c r="D17" s="49"/>
       <c r="E17" s="49"/>
       <c r="F17" s="49"/>
       <c r="G17" s="49"/>
       <c r="H17" s="49"/>
       <c r="I17" s="49"/>
       <c r="J17" s="49"/>
       <c r="K17" s="49"/>
       <c r="L17" s="49"/>
       <c r="M17" s="49"/>
       <c r="N17" s="49"/>
       <c r="O17" s="49"/>
       <c r="P17" s="49"/>
       <c r="Q17" s="49"/>
       <c r="R17" s="49"/>
       <c r="S17" s="49"/>
       <c r="T17" s="49"/>
       <c r="U17" s="49"/>
       <c r="V17" s="50"/>
       <c r="W17" s="25"/>
@@ -5030,488 +5012,488 @@
       <c r="Y17" s="25"/>
       <c r="Z17" s="25"/>
       <c r="AA17" s="25"/>
       <c r="AB17" s="25"/>
       <c r="AC17" s="25"/>
       <c r="AD17" s="25"/>
       <c r="AE17" s="25"/>
       <c r="AF17" s="25"/>
       <c r="AG17" s="25"/>
       <c r="AH17" s="25"/>
       <c r="AI17" s="25"/>
       <c r="AJ17" s="25"/>
       <c r="AK17" s="25"/>
       <c r="AL17" s="25"/>
       <c r="AM17" s="13"/>
       <c r="AN17" s="13"/>
       <c r="AO17" s="13"/>
       <c r="AP17" s="13"/>
       <c r="AQ17" s="13"/>
       <c r="AR17" s="13"/>
       <c r="AS17" s="13"/>
       <c r="AU17" s="2">
         <v>9</v>
       </c>
       <c r="AV17" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="AW17" s="48" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="BA17" s="3"/>
     </row>
     <row r="18" spans="1:64" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B18" s="109">
+      <c r="B18" s="95">
         <v>2</v>
       </c>
-      <c r="C18" s="112" t="s">
+      <c r="C18" s="98" t="s">
+        <v>28</v>
+      </c>
+      <c r="D18" s="99"/>
+      <c r="E18" s="100"/>
+      <c r="F18" s="98" t="s">
         <v>29</v>
       </c>
-      <c r="D18" s="113"/>
-[...1 lines deleted...]
-      <c r="F18" s="112" t="s">
+      <c r="G18" s="99"/>
+      <c r="H18" s="99"/>
+      <c r="I18" s="99"/>
+      <c r="J18" s="99"/>
+      <c r="K18" s="99"/>
+      <c r="L18" s="99"/>
+      <c r="M18" s="99"/>
+      <c r="N18" s="99"/>
+      <c r="O18" s="99"/>
+      <c r="P18" s="99"/>
+      <c r="Q18" s="99"/>
+      <c r="R18" s="99"/>
+      <c r="S18" s="99"/>
+      <c r="T18" s="99"/>
+      <c r="U18" s="100"/>
+      <c r="V18" s="101" t="s">
         <v>30</v>
       </c>
-      <c r="G18" s="113"/>
-[...14 lines deleted...]
-      <c r="V18" s="115" t="s">
+      <c r="W18" s="102"/>
+      <c r="X18" s="102"/>
+      <c r="Y18" s="102"/>
+      <c r="Z18" s="102"/>
+      <c r="AA18" s="102"/>
+      <c r="AB18" s="102"/>
+      <c r="AC18" s="102"/>
+      <c r="AD18" s="102"/>
+      <c r="AE18" s="103"/>
+      <c r="AF18" s="104" t="s">
         <v>31</v>
       </c>
-      <c r="W18" s="116"/>
-[...8 lines deleted...]
-      <c r="AF18" s="118" t="s">
+      <c r="AG18" s="105"/>
+      <c r="AH18" s="105"/>
+      <c r="AI18" s="106"/>
+      <c r="AJ18" s="110" t="s">
         <v>32</v>
       </c>
-      <c r="AG18" s="119"/>
-[...2 lines deleted...]
-      <c r="AJ18" s="121" t="s">
+      <c r="AK18" s="111"/>
+      <c r="AL18" s="111"/>
+      <c r="AM18" s="112"/>
+      <c r="AN18" s="101" t="s">
         <v>33</v>
       </c>
-      <c r="AK18" s="122"/>
-[...2 lines deleted...]
-      <c r="AN18" s="115" t="s">
+      <c r="AO18" s="102"/>
+      <c r="AP18" s="102"/>
+      <c r="AQ18" s="103"/>
+      <c r="AR18" s="116" t="s">
         <v>34</v>
       </c>
-      <c r="AO18" s="116"/>
-[...5 lines deleted...]
-      <c r="AS18" s="125"/>
+      <c r="AS18" s="117"/>
       <c r="AU18" s="2">
         <v>10</v>
       </c>
       <c r="AV18" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="AW18" s="48" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="AX18" s="3"/>
       <c r="AY18" s="3"/>
       <c r="AZ18" s="3"/>
       <c r="BA18" s="52"/>
       <c r="BG18" s="19"/>
       <c r="BH18" s="19"/>
       <c r="BI18" s="19"/>
       <c r="BJ18" s="19"/>
       <c r="BK18" s="19"/>
       <c r="BL18" s="19"/>
     </row>
     <row r="19" spans="1:64" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B19" s="110"/>
-      <c r="C19" s="150" t="s">
+      <c r="B19" s="96"/>
+      <c r="C19" s="144" t="s">
+        <v>36</v>
+      </c>
+      <c r="D19" s="144"/>
+      <c r="E19" s="144"/>
+      <c r="F19" s="145" t="s">
         <v>37</v>
       </c>
-      <c r="D19" s="150"/>
-[...1 lines deleted...]
-      <c r="F19" s="151" t="s">
+      <c r="G19" s="146"/>
+      <c r="H19" s="147" t="s">
         <v>38</v>
       </c>
-      <c r="G19" s="152"/>
-      <c r="H19" s="103" t="s">
+      <c r="I19" s="148"/>
+      <c r="J19" s="149"/>
+      <c r="K19" s="36" t="s">
         <v>39</v>
       </c>
-      <c r="I19" s="104"/>
-[...1 lines deleted...]
-      <c r="K19" s="36" t="s">
+      <c r="L19" s="36" t="s">
         <v>40</v>
       </c>
-      <c r="L19" s="36" t="s">
+      <c r="M19" s="36" t="s">
         <v>41</v>
       </c>
-      <c r="M19" s="36" t="s">
+      <c r="N19" s="36" t="s">
         <v>42</v>
       </c>
-      <c r="N19" s="36" t="s">
+      <c r="O19" s="37" t="s">
         <v>43</v>
       </c>
-      <c r="O19" s="37" t="s">
+      <c r="P19" s="147" t="s">
         <v>44</v>
       </c>
-      <c r="P19" s="103" t="s">
+      <c r="Q19" s="148"/>
+      <c r="R19" s="148"/>
+      <c r="S19" s="148"/>
+      <c r="T19" s="148"/>
+      <c r="U19" s="150"/>
+      <c r="V19" s="120" t="s">
         <v>45</v>
       </c>
-      <c r="Q19" s="104"/>
-[...4 lines deleted...]
-      <c r="V19" s="128" t="s">
+      <c r="W19" s="151"/>
+      <c r="X19" s="151"/>
+      <c r="Y19" s="151"/>
+      <c r="Z19" s="121"/>
+      <c r="AA19" s="122" t="s">
         <v>46</v>
       </c>
-      <c r="W19" s="62"/>
-[...3 lines deleted...]
-      <c r="AA19" s="61" t="s">
+      <c r="AB19" s="151"/>
+      <c r="AC19" s="151"/>
+      <c r="AD19" s="151"/>
+      <c r="AE19" s="123"/>
+      <c r="AF19" s="107"/>
+      <c r="AG19" s="108"/>
+      <c r="AH19" s="108"/>
+      <c r="AI19" s="109"/>
+      <c r="AJ19" s="113"/>
+      <c r="AK19" s="114"/>
+      <c r="AL19" s="114"/>
+      <c r="AM19" s="115"/>
+      <c r="AN19" s="120" t="s">
         <v>47</v>
       </c>
-      <c r="AB19" s="62"/>
-[...11 lines deleted...]
-      <c r="AN19" s="128" t="s">
+      <c r="AO19" s="121"/>
+      <c r="AP19" s="122" t="s">
         <v>48</v>
       </c>
-      <c r="AO19" s="129"/>
-[...5 lines deleted...]
-      <c r="AS19" s="127"/>
+      <c r="AQ19" s="123"/>
+      <c r="AR19" s="118"/>
+      <c r="AS19" s="119"/>
       <c r="AU19" s="2">
         <v>11</v>
       </c>
       <c r="AV19" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="AW19" s="48" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="BG19" s="14"/>
       <c r="BH19" s="14"/>
       <c r="BI19" s="14"/>
       <c r="BJ19" s="14"/>
       <c r="BK19" s="14"/>
       <c r="BL19" s="14"/>
     </row>
     <row r="20" spans="1:64" ht="45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B20" s="110"/>
-[...7 lines deleted...]
-      <c r="J20" s="135"/>
+      <c r="B20" s="96"/>
+      <c r="C20" s="124"/>
+      <c r="D20" s="124"/>
+      <c r="E20" s="124"/>
+      <c r="F20" s="125"/>
+      <c r="G20" s="126"/>
+      <c r="H20" s="127"/>
+      <c r="I20" s="128"/>
+      <c r="J20" s="129"/>
       <c r="K20" s="41"/>
       <c r="L20" s="41"/>
       <c r="M20" s="41"/>
       <c r="N20" s="41"/>
       <c r="O20" s="42"/>
-      <c r="P20" s="136"/>
-[...23 lines deleted...]
-      <c r="AN20" s="69" t="s">
+      <c r="P20" s="130"/>
+      <c r="Q20" s="131"/>
+      <c r="R20" s="131"/>
+      <c r="S20" s="131"/>
+      <c r="T20" s="131"/>
+      <c r="U20" s="131"/>
+      <c r="V20" s="132"/>
+      <c r="W20" s="133"/>
+      <c r="X20" s="133"/>
+      <c r="Y20" s="133"/>
+      <c r="Z20" s="134"/>
+      <c r="AA20" s="135"/>
+      <c r="AB20" s="136"/>
+      <c r="AC20" s="136"/>
+      <c r="AD20" s="136"/>
+      <c r="AE20" s="137"/>
+      <c r="AF20" s="138"/>
+      <c r="AG20" s="139"/>
+      <c r="AH20" s="139"/>
+      <c r="AI20" s="140"/>
+      <c r="AJ20" s="141"/>
+      <c r="AK20" s="142"/>
+      <c r="AL20" s="142"/>
+      <c r="AM20" s="143"/>
+      <c r="AN20" s="152" t="s">
         <v>2</v>
       </c>
-      <c r="AO20" s="70"/>
-      <c r="AP20" s="71" t="s">
+      <c r="AO20" s="153"/>
+      <c r="AP20" s="154" t="s">
         <v>2</v>
       </c>
-      <c r="AQ20" s="72"/>
-      <c r="AR20" s="73" t="s">
+      <c r="AQ20" s="155"/>
+      <c r="AR20" s="156" t="s">
         <v>2</v>
       </c>
-      <c r="AS20" s="74"/>
+      <c r="AS20" s="157"/>
       <c r="AU20" s="2">
         <v>12</v>
       </c>
       <c r="AV20" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="AW20" s="48" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="BG20" s="14"/>
       <c r="BH20" s="14"/>
       <c r="BI20" s="14"/>
       <c r="BJ20" s="14"/>
       <c r="BK20" s="14"/>
       <c r="BL20" s="14"/>
     </row>
     <row r="21" spans="1:64" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B21" s="110"/>
-      <c r="C21" s="75" t="s">
+      <c r="B21" s="96"/>
+      <c r="C21" s="158" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" s="159"/>
+      <c r="E21" s="162" t="s">
         <v>53</v>
       </c>
-      <c r="D21" s="76"/>
-      <c r="E21" s="77" t="s">
+      <c r="F21" s="163"/>
+      <c r="G21" s="163"/>
+      <c r="H21" s="163"/>
+      <c r="I21" s="163"/>
+      <c r="J21" s="163"/>
+      <c r="K21" s="163"/>
+      <c r="L21" s="163"/>
+      <c r="M21" s="163"/>
+      <c r="N21" s="163"/>
+      <c r="O21" s="163"/>
+      <c r="P21" s="163"/>
+      <c r="Q21" s="163"/>
+      <c r="R21" s="163"/>
+      <c r="S21" s="163"/>
+      <c r="T21" s="163"/>
+      <c r="U21" s="163"/>
+      <c r="V21" s="163"/>
+      <c r="W21" s="163"/>
+      <c r="X21" s="164"/>
+      <c r="Y21" s="165" t="s">
         <v>54</v>
       </c>
-      <c r="F21" s="78"/>
-[...18 lines deleted...]
-      <c r="Y21" s="80" t="s">
+      <c r="Z21" s="166"/>
+      <c r="AA21" s="166"/>
+      <c r="AB21" s="167"/>
+      <c r="AC21" s="162" t="s">
         <v>55</v>
       </c>
-      <c r="Z21" s="81"/>
-[...2 lines deleted...]
-      <c r="AC21" s="77" t="s">
+      <c r="AD21" s="163"/>
+      <c r="AE21" s="163"/>
+      <c r="AF21" s="168"/>
+      <c r="AG21" s="168"/>
+      <c r="AH21" s="168"/>
+      <c r="AI21" s="168"/>
+      <c r="AJ21" s="168"/>
+      <c r="AK21" s="168"/>
+      <c r="AL21" s="168"/>
+      <c r="AM21" s="169"/>
+      <c r="AN21" s="170" t="s">
         <v>56</v>
       </c>
-      <c r="AD21" s="78"/>
-[...16 lines deleted...]
-      <c r="AS21" s="90"/>
+      <c r="AO21" s="171"/>
+      <c r="AP21" s="171"/>
+      <c r="AQ21" s="171"/>
+      <c r="AR21" s="171"/>
+      <c r="AS21" s="172"/>
       <c r="AU21" s="2"/>
       <c r="AV21" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="AW21" s="48" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="AX21" s="3"/>
       <c r="AY21" s="3"/>
       <c r="AZ21" s="3"/>
       <c r="BA21" s="52"/>
     </row>
     <row r="22" spans="1:64" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A22" s="53"/>
-      <c r="B22" s="110"/>
-[...2 lines deleted...]
-      <c r="E22" s="91" t="s">
+      <c r="B22" s="96"/>
+      <c r="C22" s="160"/>
+      <c r="D22" s="161"/>
+      <c r="E22" s="173" t="s">
+        <v>59</v>
+      </c>
+      <c r="F22" s="174"/>
+      <c r="G22" s="174" t="s">
         <v>60</v>
       </c>
-      <c r="F22" s="92"/>
-      <c r="G22" s="92" t="s">
+      <c r="H22" s="174"/>
+      <c r="I22" s="174" t="s">
+        <v>37</v>
+      </c>
+      <c r="J22" s="174"/>
+      <c r="K22" s="174" t="s">
+        <v>38</v>
+      </c>
+      <c r="L22" s="174"/>
+      <c r="M22" s="174"/>
+      <c r="N22" s="44" t="s">
+        <v>39</v>
+      </c>
+      <c r="O22" s="44" t="s">
+        <v>40</v>
+      </c>
+      <c r="P22" s="44" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q22" s="44" t="s">
+        <v>42</v>
+      </c>
+      <c r="R22" s="37" t="s">
+        <v>43</v>
+      </c>
+      <c r="S22" s="147" t="s">
+        <v>44</v>
+      </c>
+      <c r="T22" s="148"/>
+      <c r="U22" s="148"/>
+      <c r="V22" s="148"/>
+      <c r="W22" s="148"/>
+      <c r="X22" s="150"/>
+      <c r="Y22" s="113"/>
+      <c r="Z22" s="114"/>
+      <c r="AA22" s="114"/>
+      <c r="AB22" s="115"/>
+      <c r="AC22" s="107" t="s">
         <v>61</v>
       </c>
-      <c r="H22" s="92"/>
-[...36 lines deleted...]
-      <c r="AC22" s="106" t="s">
+      <c r="AD22" s="108"/>
+      <c r="AE22" s="108"/>
+      <c r="AF22" s="108"/>
+      <c r="AG22" s="108"/>
+      <c r="AH22" s="108"/>
+      <c r="AI22" s="108"/>
+      <c r="AJ22" s="108"/>
+      <c r="AK22" s="108"/>
+      <c r="AL22" s="108"/>
+      <c r="AM22" s="109"/>
+      <c r="AN22" s="160" t="s">
         <v>62</v>
       </c>
-      <c r="AD22" s="107"/>
-[...16 lines deleted...]
-      <c r="AS22" s="60"/>
+      <c r="AO22" s="161"/>
+      <c r="AP22" s="161"/>
+      <c r="AQ22" s="161"/>
+      <c r="AR22" s="161"/>
+      <c r="AS22" s="175"/>
       <c r="AU22" s="2"/>
       <c r="AV22" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="AW22" s="48" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="23" spans="1:64" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A23" s="54"/>
-      <c r="B23" s="111"/>
-      <c r="C23" s="64" t="s">
+      <c r="B23" s="97"/>
+      <c r="C23" s="176" t="s">
         <v>2</v>
       </c>
-      <c r="D23" s="65"/>
-[...8 lines deleted...]
-      <c r="M23" s="68"/>
+      <c r="D23" s="177"/>
+      <c r="E23" s="178"/>
+      <c r="F23" s="179"/>
+      <c r="G23" s="180"/>
+      <c r="H23" s="180"/>
+      <c r="I23" s="180"/>
+      <c r="J23" s="180"/>
+      <c r="K23" s="180"/>
+      <c r="L23" s="180"/>
+      <c r="M23" s="180"/>
       <c r="N23" s="46"/>
       <c r="O23" s="46"/>
       <c r="P23" s="46"/>
       <c r="Q23" s="46"/>
       <c r="R23" s="47"/>
-      <c r="S23" s="93"/>
-[...25 lines deleted...]
-      <c r="AS23" s="102"/>
+      <c r="S23" s="181"/>
+      <c r="T23" s="182"/>
+      <c r="U23" s="182"/>
+      <c r="V23" s="182"/>
+      <c r="W23" s="182"/>
+      <c r="X23" s="183"/>
+      <c r="Y23" s="184"/>
+      <c r="Z23" s="185"/>
+      <c r="AA23" s="185"/>
+      <c r="AB23" s="186"/>
+      <c r="AC23" s="187"/>
+      <c r="AD23" s="182"/>
+      <c r="AE23" s="182"/>
+      <c r="AF23" s="182"/>
+      <c r="AG23" s="182"/>
+      <c r="AH23" s="182"/>
+      <c r="AI23" s="182"/>
+      <c r="AJ23" s="182"/>
+      <c r="AK23" s="182"/>
+      <c r="AL23" s="182"/>
+      <c r="AM23" s="182"/>
+      <c r="AN23" s="188"/>
+      <c r="AO23" s="189"/>
+      <c r="AP23" s="189"/>
+      <c r="AQ23" s="189"/>
+      <c r="AR23" s="189"/>
+      <c r="AS23" s="190"/>
       <c r="AU23" s="2"/>
       <c r="AV23" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AW23" s="2"/>
     </row>
     <row r="24" spans="1:64" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A24" s="54"/>
       <c r="B24" s="25"/>
       <c r="C24" s="25"/>
       <c r="D24" s="25"/>
       <c r="E24" s="25"/>
       <c r="F24" s="25"/>
       <c r="G24" s="25"/>
       <c r="H24" s="25"/>
       <c r="I24" s="25"/>
       <c r="J24" s="25"/>
       <c r="K24" s="25"/>
       <c r="L24" s="25"/>
       <c r="M24" s="25"/>
       <c r="N24" s="25"/>
       <c r="O24" s="25"/>
       <c r="P24" s="25"/>
       <c r="Q24" s="25"/>
       <c r="R24" s="25"/>
       <c r="S24" s="25"/>
       <c r="T24" s="25"/>
       <c r="U24" s="25"/>
@@ -5519,3415 +5501,3415 @@
       <c r="W24" s="25"/>
       <c r="X24" s="25"/>
       <c r="Y24" s="25"/>
       <c r="Z24" s="25"/>
       <c r="AA24" s="25"/>
       <c r="AB24" s="25"/>
       <c r="AC24" s="25"/>
       <c r="AD24" s="25"/>
       <c r="AE24" s="25"/>
       <c r="AF24" s="25"/>
       <c r="AG24" s="25"/>
       <c r="AH24" s="25"/>
       <c r="AI24" s="25"/>
       <c r="AJ24" s="25"/>
       <c r="AK24" s="25"/>
       <c r="AL24" s="25"/>
       <c r="AM24" s="7"/>
       <c r="AN24" s="7"/>
       <c r="AO24" s="7"/>
       <c r="AP24" s="7"/>
       <c r="AQ24" s="7"/>
       <c r="AR24" s="7"/>
       <c r="AS24" s="7"/>
       <c r="AU24" s="2"/>
       <c r="AV24" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="AW24" s="55" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:64" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B25" s="109">
+      <c r="B25" s="95">
         <v>3</v>
       </c>
-      <c r="C25" s="112" t="s">
+      <c r="C25" s="98" t="s">
+        <v>28</v>
+      </c>
+      <c r="D25" s="99"/>
+      <c r="E25" s="100"/>
+      <c r="F25" s="98" t="s">
         <v>29</v>
       </c>
-      <c r="D25" s="113"/>
-[...1 lines deleted...]
-      <c r="F25" s="112" t="s">
+      <c r="G25" s="99"/>
+      <c r="H25" s="99"/>
+      <c r="I25" s="99"/>
+      <c r="J25" s="99"/>
+      <c r="K25" s="99"/>
+      <c r="L25" s="99"/>
+      <c r="M25" s="99"/>
+      <c r="N25" s="99"/>
+      <c r="O25" s="99"/>
+      <c r="P25" s="99"/>
+      <c r="Q25" s="99"/>
+      <c r="R25" s="99"/>
+      <c r="S25" s="99"/>
+      <c r="T25" s="99"/>
+      <c r="U25" s="100"/>
+      <c r="V25" s="101" t="s">
         <v>30</v>
       </c>
-      <c r="G25" s="113"/>
-[...14 lines deleted...]
-      <c r="V25" s="115" t="s">
+      <c r="W25" s="102"/>
+      <c r="X25" s="102"/>
+      <c r="Y25" s="102"/>
+      <c r="Z25" s="102"/>
+      <c r="AA25" s="102"/>
+      <c r="AB25" s="102"/>
+      <c r="AC25" s="102"/>
+      <c r="AD25" s="102"/>
+      <c r="AE25" s="103"/>
+      <c r="AF25" s="104" t="s">
         <v>31</v>
       </c>
-      <c r="W25" s="116"/>
-[...8 lines deleted...]
-      <c r="AF25" s="118" t="s">
+      <c r="AG25" s="105"/>
+      <c r="AH25" s="105"/>
+      <c r="AI25" s="106"/>
+      <c r="AJ25" s="110" t="s">
         <v>32</v>
       </c>
-      <c r="AG25" s="119"/>
-[...2 lines deleted...]
-      <c r="AJ25" s="121" t="s">
+      <c r="AK25" s="111"/>
+      <c r="AL25" s="111"/>
+      <c r="AM25" s="112"/>
+      <c r="AN25" s="101" t="s">
         <v>33</v>
       </c>
-      <c r="AK25" s="122"/>
-[...2 lines deleted...]
-      <c r="AN25" s="115" t="s">
+      <c r="AO25" s="102"/>
+      <c r="AP25" s="102"/>
+      <c r="AQ25" s="103"/>
+      <c r="AR25" s="116" t="s">
         <v>34</v>
       </c>
-      <c r="AO25" s="116"/>
-[...5 lines deleted...]
-      <c r="AS25" s="125"/>
+      <c r="AS25" s="117"/>
       <c r="AU25" s="2"/>
       <c r="AV25" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="AW25" s="56" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="AX25" s="3"/>
       <c r="AY25" s="3"/>
       <c r="AZ25" s="3"/>
       <c r="BA25" s="52"/>
     </row>
     <row r="26" spans="1:64" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B26" s="110"/>
-      <c r="C26" s="150" t="s">
+      <c r="B26" s="96"/>
+      <c r="C26" s="144" t="s">
+        <v>36</v>
+      </c>
+      <c r="D26" s="144"/>
+      <c r="E26" s="144"/>
+      <c r="F26" s="145" t="s">
         <v>37</v>
       </c>
-      <c r="D26" s="150"/>
-[...1 lines deleted...]
-      <c r="F26" s="151" t="s">
+      <c r="G26" s="146"/>
+      <c r="H26" s="147" t="s">
         <v>38</v>
       </c>
-      <c r="G26" s="152"/>
-      <c r="H26" s="103" t="s">
+      <c r="I26" s="148"/>
+      <c r="J26" s="149"/>
+      <c r="K26" s="36" t="s">
         <v>39</v>
       </c>
-      <c r="I26" s="104"/>
-[...1 lines deleted...]
-      <c r="K26" s="36" t="s">
+      <c r="L26" s="36" t="s">
         <v>40</v>
       </c>
-      <c r="L26" s="36" t="s">
+      <c r="M26" s="36" t="s">
         <v>41</v>
       </c>
-      <c r="M26" s="36" t="s">
+      <c r="N26" s="36" t="s">
         <v>42</v>
       </c>
-      <c r="N26" s="36" t="s">
+      <c r="O26" s="37" t="s">
         <v>43</v>
       </c>
-      <c r="O26" s="37" t="s">
+      <c r="P26" s="147" t="s">
         <v>44</v>
       </c>
-      <c r="P26" s="103" t="s">
+      <c r="Q26" s="148"/>
+      <c r="R26" s="148"/>
+      <c r="S26" s="148"/>
+      <c r="T26" s="148"/>
+      <c r="U26" s="150"/>
+      <c r="V26" s="120" t="s">
         <v>45</v>
       </c>
-      <c r="Q26" s="104"/>
-[...4 lines deleted...]
-      <c r="V26" s="128" t="s">
+      <c r="W26" s="151"/>
+      <c r="X26" s="151"/>
+      <c r="Y26" s="151"/>
+      <c r="Z26" s="121"/>
+      <c r="AA26" s="122" t="s">
         <v>46</v>
       </c>
-      <c r="W26" s="62"/>
-[...3 lines deleted...]
-      <c r="AA26" s="61" t="s">
+      <c r="AB26" s="151"/>
+      <c r="AC26" s="151"/>
+      <c r="AD26" s="151"/>
+      <c r="AE26" s="123"/>
+      <c r="AF26" s="107"/>
+      <c r="AG26" s="108"/>
+      <c r="AH26" s="108"/>
+      <c r="AI26" s="109"/>
+      <c r="AJ26" s="113"/>
+      <c r="AK26" s="114"/>
+      <c r="AL26" s="114"/>
+      <c r="AM26" s="115"/>
+      <c r="AN26" s="120" t="s">
         <v>47</v>
       </c>
-      <c r="AB26" s="62"/>
-[...11 lines deleted...]
-      <c r="AN26" s="128" t="s">
+      <c r="AO26" s="121"/>
+      <c r="AP26" s="122" t="s">
         <v>48</v>
       </c>
-      <c r="AO26" s="129"/>
-[...5 lines deleted...]
-      <c r="AS26" s="127"/>
+      <c r="AQ26" s="123"/>
+      <c r="AR26" s="118"/>
+      <c r="AS26" s="119"/>
       <c r="AU26" s="2"/>
       <c r="AV26" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="AW26" s="56" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="27" spans="1:64" ht="45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B27" s="110"/>
-[...7 lines deleted...]
-      <c r="J27" s="135"/>
+      <c r="B27" s="96"/>
+      <c r="C27" s="124"/>
+      <c r="D27" s="124"/>
+      <c r="E27" s="124"/>
+      <c r="F27" s="125"/>
+      <c r="G27" s="126"/>
+      <c r="H27" s="127"/>
+      <c r="I27" s="128"/>
+      <c r="J27" s="129"/>
       <c r="K27" s="41"/>
       <c r="L27" s="41"/>
       <c r="M27" s="41"/>
       <c r="N27" s="41"/>
       <c r="O27" s="42"/>
-      <c r="P27" s="136"/>
-[...23 lines deleted...]
-      <c r="AN27" s="69" t="s">
+      <c r="P27" s="130"/>
+      <c r="Q27" s="131"/>
+      <c r="R27" s="131"/>
+      <c r="S27" s="131"/>
+      <c r="T27" s="131"/>
+      <c r="U27" s="131"/>
+      <c r="V27" s="132"/>
+      <c r="W27" s="133"/>
+      <c r="X27" s="133"/>
+      <c r="Y27" s="133"/>
+      <c r="Z27" s="134"/>
+      <c r="AA27" s="135"/>
+      <c r="AB27" s="136"/>
+      <c r="AC27" s="136"/>
+      <c r="AD27" s="136"/>
+      <c r="AE27" s="137"/>
+      <c r="AF27" s="138"/>
+      <c r="AG27" s="139"/>
+      <c r="AH27" s="139"/>
+      <c r="AI27" s="140"/>
+      <c r="AJ27" s="141"/>
+      <c r="AK27" s="142"/>
+      <c r="AL27" s="142"/>
+      <c r="AM27" s="143"/>
+      <c r="AN27" s="152" t="s">
         <v>2</v>
       </c>
-      <c r="AO27" s="70"/>
-      <c r="AP27" s="71" t="s">
+      <c r="AO27" s="153"/>
+      <c r="AP27" s="154" t="s">
         <v>2</v>
       </c>
-      <c r="AQ27" s="72"/>
-      <c r="AR27" s="73" t="s">
+      <c r="AQ27" s="155"/>
+      <c r="AR27" s="156" t="s">
         <v>2</v>
       </c>
-      <c r="AS27" s="74"/>
+      <c r="AS27" s="157"/>
       <c r="AU27" s="2"/>
       <c r="AV27" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="AW27" s="56" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="28" spans="1:64" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B28" s="110"/>
-      <c r="C28" s="75" t="s">
+      <c r="B28" s="96"/>
+      <c r="C28" s="158" t="s">
+        <v>52</v>
+      </c>
+      <c r="D28" s="159"/>
+      <c r="E28" s="162" t="s">
         <v>53</v>
       </c>
-      <c r="D28" s="76"/>
-      <c r="E28" s="77" t="s">
+      <c r="F28" s="163"/>
+      <c r="G28" s="163"/>
+      <c r="H28" s="163"/>
+      <c r="I28" s="163"/>
+      <c r="J28" s="163"/>
+      <c r="K28" s="163"/>
+      <c r="L28" s="163"/>
+      <c r="M28" s="163"/>
+      <c r="N28" s="163"/>
+      <c r="O28" s="163"/>
+      <c r="P28" s="163"/>
+      <c r="Q28" s="163"/>
+      <c r="R28" s="163"/>
+      <c r="S28" s="163"/>
+      <c r="T28" s="163"/>
+      <c r="U28" s="163"/>
+      <c r="V28" s="163"/>
+      <c r="W28" s="163"/>
+      <c r="X28" s="164"/>
+      <c r="Y28" s="165" t="s">
         <v>54</v>
       </c>
-      <c r="F28" s="78"/>
-[...18 lines deleted...]
-      <c r="Y28" s="80" t="s">
+      <c r="Z28" s="166"/>
+      <c r="AA28" s="166"/>
+      <c r="AB28" s="167"/>
+      <c r="AC28" s="162" t="s">
         <v>55</v>
       </c>
-      <c r="Z28" s="81"/>
-[...2 lines deleted...]
-      <c r="AC28" s="77" t="s">
+      <c r="AD28" s="163"/>
+      <c r="AE28" s="163"/>
+      <c r="AF28" s="168"/>
+      <c r="AG28" s="168"/>
+      <c r="AH28" s="168"/>
+      <c r="AI28" s="168"/>
+      <c r="AJ28" s="168"/>
+      <c r="AK28" s="168"/>
+      <c r="AL28" s="168"/>
+      <c r="AM28" s="169"/>
+      <c r="AN28" s="170" t="s">
         <v>56</v>
       </c>
-      <c r="AD28" s="78"/>
-[...16 lines deleted...]
-      <c r="AS28" s="90"/>
+      <c r="AO28" s="171"/>
+      <c r="AP28" s="171"/>
+      <c r="AQ28" s="171"/>
+      <c r="AR28" s="171"/>
+      <c r="AS28" s="172"/>
       <c r="AU28" s="2"/>
       <c r="AV28" s="2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="AW28" s="2"/>
       <c r="AX28" s="3"/>
       <c r="AY28" s="3"/>
       <c r="AZ28" s="3"/>
       <c r="BA28" s="52"/>
     </row>
     <row r="29" spans="1:64" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B29" s="110"/>
-[...2 lines deleted...]
-      <c r="E29" s="91" t="s">
+      <c r="B29" s="96"/>
+      <c r="C29" s="160"/>
+      <c r="D29" s="161"/>
+      <c r="E29" s="173" t="s">
+        <v>59</v>
+      </c>
+      <c r="F29" s="174"/>
+      <c r="G29" s="174" t="s">
         <v>60</v>
       </c>
-      <c r="F29" s="92"/>
-      <c r="G29" s="92" t="s">
+      <c r="H29" s="174"/>
+      <c r="I29" s="174" t="s">
+        <v>37</v>
+      </c>
+      <c r="J29" s="174"/>
+      <c r="K29" s="174" t="s">
+        <v>38</v>
+      </c>
+      <c r="L29" s="174"/>
+      <c r="M29" s="174"/>
+      <c r="N29" s="44" t="s">
+        <v>39</v>
+      </c>
+      <c r="O29" s="44" t="s">
+        <v>40</v>
+      </c>
+      <c r="P29" s="44" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q29" s="44" t="s">
+        <v>42</v>
+      </c>
+      <c r="R29" s="37" t="s">
+        <v>43</v>
+      </c>
+      <c r="S29" s="147" t="s">
+        <v>44</v>
+      </c>
+      <c r="T29" s="148"/>
+      <c r="U29" s="148"/>
+      <c r="V29" s="148"/>
+      <c r="W29" s="148"/>
+      <c r="X29" s="150"/>
+      <c r="Y29" s="113"/>
+      <c r="Z29" s="114"/>
+      <c r="AA29" s="114"/>
+      <c r="AB29" s="115"/>
+      <c r="AC29" s="107" t="s">
         <v>61</v>
       </c>
-      <c r="H29" s="92"/>
-[...36 lines deleted...]
-      <c r="AC29" s="106" t="s">
+      <c r="AD29" s="108"/>
+      <c r="AE29" s="108"/>
+      <c r="AF29" s="108"/>
+      <c r="AG29" s="108"/>
+      <c r="AH29" s="108"/>
+      <c r="AI29" s="108"/>
+      <c r="AJ29" s="108"/>
+      <c r="AK29" s="108"/>
+      <c r="AL29" s="108"/>
+      <c r="AM29" s="109"/>
+      <c r="AN29" s="160" t="s">
         <v>62</v>
       </c>
-      <c r="AD29" s="107"/>
-[...16 lines deleted...]
-      <c r="AS29" s="60"/>
+      <c r="AO29" s="161"/>
+      <c r="AP29" s="161"/>
+      <c r="AQ29" s="161"/>
+      <c r="AR29" s="161"/>
+      <c r="AS29" s="175"/>
       <c r="AU29" s="2"/>
       <c r="AV29" s="2" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="AW29" s="57" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="30" spans="1:64" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B30" s="111"/>
-      <c r="C30" s="64" t="s">
+      <c r="B30" s="97"/>
+      <c r="C30" s="176" t="s">
         <v>2</v>
       </c>
-      <c r="D30" s="154"/>
-[...8 lines deleted...]
-      <c r="M30" s="68"/>
+      <c r="D30" s="191"/>
+      <c r="E30" s="178"/>
+      <c r="F30" s="179"/>
+      <c r="G30" s="180"/>
+      <c r="H30" s="180"/>
+      <c r="I30" s="180"/>
+      <c r="J30" s="180"/>
+      <c r="K30" s="180"/>
+      <c r="L30" s="180"/>
+      <c r="M30" s="180"/>
       <c r="N30" s="46"/>
       <c r="O30" s="46"/>
       <c r="P30" s="46"/>
       <c r="Q30" s="46"/>
       <c r="R30" s="47"/>
-      <c r="S30" s="93"/>
-[...25 lines deleted...]
-      <c r="AS30" s="102"/>
+      <c r="S30" s="181"/>
+      <c r="T30" s="182"/>
+      <c r="U30" s="182"/>
+      <c r="V30" s="182"/>
+      <c r="W30" s="182"/>
+      <c r="X30" s="183"/>
+      <c r="Y30" s="184"/>
+      <c r="Z30" s="185"/>
+      <c r="AA30" s="185"/>
+      <c r="AB30" s="186"/>
+      <c r="AC30" s="187"/>
+      <c r="AD30" s="182"/>
+      <c r="AE30" s="182"/>
+      <c r="AF30" s="182"/>
+      <c r="AG30" s="182"/>
+      <c r="AH30" s="182"/>
+      <c r="AI30" s="182"/>
+      <c r="AJ30" s="182"/>
+      <c r="AK30" s="182"/>
+      <c r="AL30" s="182"/>
+      <c r="AM30" s="182"/>
+      <c r="AN30" s="188"/>
+      <c r="AO30" s="189"/>
+      <c r="AP30" s="189"/>
+      <c r="AQ30" s="189"/>
+      <c r="AR30" s="189"/>
+      <c r="AS30" s="190"/>
       <c r="AU30" s="2"/>
       <c r="AV30" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="AW30" s="3" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="31" spans="1:64" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B31" s="25"/>
       <c r="C31" s="25"/>
       <c r="D31" s="25"/>
       <c r="E31" s="25"/>
       <c r="F31" s="25"/>
       <c r="G31" s="25"/>
       <c r="H31" s="25"/>
       <c r="I31" s="25"/>
       <c r="J31" s="25"/>
       <c r="K31" s="25"/>
       <c r="L31" s="25"/>
       <c r="M31" s="25"/>
       <c r="N31" s="25"/>
       <c r="O31" s="25"/>
       <c r="P31" s="25"/>
       <c r="Q31" s="25"/>
       <c r="R31" s="25"/>
       <c r="S31" s="25"/>
       <c r="T31" s="25"/>
       <c r="U31" s="25"/>
       <c r="V31" s="25"/>
       <c r="W31" s="25"/>
       <c r="X31" s="25"/>
       <c r="Y31" s="25"/>
       <c r="Z31" s="25"/>
       <c r="AA31" s="25"/>
       <c r="AB31" s="25"/>
       <c r="AC31" s="25"/>
       <c r="AD31" s="25"/>
       <c r="AE31" s="25"/>
       <c r="AF31" s="25"/>
       <c r="AG31" s="25"/>
       <c r="AH31" s="25"/>
       <c r="AI31" s="25"/>
       <c r="AJ31" s="25"/>
       <c r="AK31" s="25"/>
       <c r="AL31" s="25"/>
       <c r="AM31" s="7"/>
       <c r="AN31" s="7"/>
       <c r="AO31" s="7"/>
       <c r="AP31" s="7"/>
       <c r="AQ31" s="7"/>
       <c r="AR31" s="7"/>
       <c r="AS31" s="7"/>
       <c r="AU31" s="2"/>
       <c r="AV31" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="AW31" s="57" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:64" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B32" s="109">
+      <c r="B32" s="95">
         <v>4</v>
       </c>
-      <c r="C32" s="112" t="s">
+      <c r="C32" s="98" t="s">
+        <v>28</v>
+      </c>
+      <c r="D32" s="99"/>
+      <c r="E32" s="100"/>
+      <c r="F32" s="98" t="s">
         <v>29</v>
       </c>
-      <c r="D32" s="113"/>
-[...1 lines deleted...]
-      <c r="F32" s="112" t="s">
+      <c r="G32" s="99"/>
+      <c r="H32" s="99"/>
+      <c r="I32" s="99"/>
+      <c r="J32" s="99"/>
+      <c r="K32" s="99"/>
+      <c r="L32" s="99"/>
+      <c r="M32" s="99"/>
+      <c r="N32" s="99"/>
+      <c r="O32" s="99"/>
+      <c r="P32" s="99"/>
+      <c r="Q32" s="99"/>
+      <c r="R32" s="99"/>
+      <c r="S32" s="99"/>
+      <c r="T32" s="99"/>
+      <c r="U32" s="100"/>
+      <c r="V32" s="101" t="s">
         <v>30</v>
       </c>
-      <c r="G32" s="113"/>
-[...14 lines deleted...]
-      <c r="V32" s="115" t="s">
+      <c r="W32" s="102"/>
+      <c r="X32" s="102"/>
+      <c r="Y32" s="102"/>
+      <c r="Z32" s="102"/>
+      <c r="AA32" s="102"/>
+      <c r="AB32" s="102"/>
+      <c r="AC32" s="102"/>
+      <c r="AD32" s="102"/>
+      <c r="AE32" s="103"/>
+      <c r="AF32" s="104" t="s">
         <v>31</v>
       </c>
-      <c r="W32" s="116"/>
-[...8 lines deleted...]
-      <c r="AF32" s="118" t="s">
+      <c r="AG32" s="105"/>
+      <c r="AH32" s="105"/>
+      <c r="AI32" s="106"/>
+      <c r="AJ32" s="110" t="s">
         <v>32</v>
       </c>
-      <c r="AG32" s="119"/>
-[...2 lines deleted...]
-      <c r="AJ32" s="121" t="s">
+      <c r="AK32" s="111"/>
+      <c r="AL32" s="111"/>
+      <c r="AM32" s="112"/>
+      <c r="AN32" s="101" t="s">
         <v>33</v>
       </c>
-      <c r="AK32" s="122"/>
-[...2 lines deleted...]
-      <c r="AN32" s="115" t="s">
+      <c r="AO32" s="102"/>
+      <c r="AP32" s="102"/>
+      <c r="AQ32" s="103"/>
+      <c r="AR32" s="116" t="s">
         <v>34</v>
       </c>
-      <c r="AO32" s="116"/>
-[...5 lines deleted...]
-      <c r="AS32" s="125"/>
+      <c r="AS32" s="117"/>
       <c r="AU32" s="2"/>
       <c r="AV32" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="AW32" s="57" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="AX32" s="3"/>
       <c r="AY32" s="3"/>
       <c r="AZ32" s="3"/>
       <c r="BA32" s="52"/>
     </row>
     <row r="33" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B33" s="110"/>
-      <c r="C33" s="150" t="s">
+      <c r="B33" s="96"/>
+      <c r="C33" s="144" t="s">
+        <v>36</v>
+      </c>
+      <c r="D33" s="144"/>
+      <c r="E33" s="144"/>
+      <c r="F33" s="145" t="s">
         <v>37</v>
       </c>
-      <c r="D33" s="150"/>
-[...1 lines deleted...]
-      <c r="F33" s="151" t="s">
+      <c r="G33" s="146"/>
+      <c r="H33" s="147" t="s">
         <v>38</v>
       </c>
-      <c r="G33" s="152"/>
-      <c r="H33" s="103" t="s">
+      <c r="I33" s="148"/>
+      <c r="J33" s="149"/>
+      <c r="K33" s="36" t="s">
         <v>39</v>
       </c>
-      <c r="I33" s="104"/>
-[...1 lines deleted...]
-      <c r="K33" s="36" t="s">
+      <c r="L33" s="36" t="s">
         <v>40</v>
       </c>
-      <c r="L33" s="36" t="s">
+      <c r="M33" s="36" t="s">
         <v>41</v>
       </c>
-      <c r="M33" s="36" t="s">
+      <c r="N33" s="36" t="s">
         <v>42</v>
       </c>
-      <c r="N33" s="36" t="s">
+      <c r="O33" s="37" t="s">
         <v>43</v>
       </c>
-      <c r="O33" s="37" t="s">
+      <c r="P33" s="147" t="s">
         <v>44</v>
       </c>
-      <c r="P33" s="103" t="s">
+      <c r="Q33" s="148"/>
+      <c r="R33" s="148"/>
+      <c r="S33" s="148"/>
+      <c r="T33" s="148"/>
+      <c r="U33" s="150"/>
+      <c r="V33" s="120" t="s">
         <v>45</v>
       </c>
-      <c r="Q33" s="104"/>
-[...4 lines deleted...]
-      <c r="V33" s="128" t="s">
+      <c r="W33" s="151"/>
+      <c r="X33" s="151"/>
+      <c r="Y33" s="151"/>
+      <c r="Z33" s="121"/>
+      <c r="AA33" s="122" t="s">
         <v>46</v>
       </c>
-      <c r="W33" s="62"/>
-[...3 lines deleted...]
-      <c r="AA33" s="61" t="s">
+      <c r="AB33" s="151"/>
+      <c r="AC33" s="151"/>
+      <c r="AD33" s="151"/>
+      <c r="AE33" s="123"/>
+      <c r="AF33" s="107"/>
+      <c r="AG33" s="108"/>
+      <c r="AH33" s="108"/>
+      <c r="AI33" s="109"/>
+      <c r="AJ33" s="113"/>
+      <c r="AK33" s="114"/>
+      <c r="AL33" s="114"/>
+      <c r="AM33" s="115"/>
+      <c r="AN33" s="120" t="s">
         <v>47</v>
       </c>
-      <c r="AB33" s="62"/>
-[...11 lines deleted...]
-      <c r="AN33" s="128" t="s">
+      <c r="AO33" s="121"/>
+      <c r="AP33" s="122" t="s">
         <v>48</v>
       </c>
-      <c r="AO33" s="129"/>
-[...5 lines deleted...]
-      <c r="AS33" s="127"/>
+      <c r="AQ33" s="123"/>
+      <c r="AR33" s="118"/>
+      <c r="AS33" s="119"/>
       <c r="AU33" s="2"/>
       <c r="AV33" s="2" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="AW33" s="2"/>
     </row>
     <row r="34" spans="2:53" ht="45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B34" s="110"/>
-[...7 lines deleted...]
-      <c r="J34" s="135"/>
+      <c r="B34" s="96"/>
+      <c r="C34" s="124"/>
+      <c r="D34" s="124"/>
+      <c r="E34" s="124"/>
+      <c r="F34" s="125"/>
+      <c r="G34" s="126"/>
+      <c r="H34" s="127"/>
+      <c r="I34" s="128"/>
+      <c r="J34" s="129"/>
       <c r="K34" s="41"/>
       <c r="L34" s="41"/>
       <c r="M34" s="41"/>
       <c r="N34" s="41"/>
       <c r="O34" s="42"/>
-      <c r="P34" s="136"/>
-[...23 lines deleted...]
-      <c r="AN34" s="69" t="s">
+      <c r="P34" s="130"/>
+      <c r="Q34" s="131"/>
+      <c r="R34" s="131"/>
+      <c r="S34" s="131"/>
+      <c r="T34" s="131"/>
+      <c r="U34" s="131"/>
+      <c r="V34" s="132"/>
+      <c r="W34" s="133"/>
+      <c r="X34" s="133"/>
+      <c r="Y34" s="133"/>
+      <c r="Z34" s="134"/>
+      <c r="AA34" s="135"/>
+      <c r="AB34" s="136"/>
+      <c r="AC34" s="136"/>
+      <c r="AD34" s="136"/>
+      <c r="AE34" s="137"/>
+      <c r="AF34" s="138"/>
+      <c r="AG34" s="139"/>
+      <c r="AH34" s="139"/>
+      <c r="AI34" s="140"/>
+      <c r="AJ34" s="141"/>
+      <c r="AK34" s="142"/>
+      <c r="AL34" s="142"/>
+      <c r="AM34" s="143"/>
+      <c r="AN34" s="152" t="s">
         <v>2</v>
       </c>
-      <c r="AO34" s="70"/>
-      <c r="AP34" s="71" t="s">
+      <c r="AO34" s="153"/>
+      <c r="AP34" s="154" t="s">
         <v>2</v>
       </c>
-      <c r="AQ34" s="72"/>
-      <c r="AR34" s="73" t="s">
+      <c r="AQ34" s="155"/>
+      <c r="AR34" s="156" t="s">
         <v>2</v>
       </c>
-      <c r="AS34" s="74"/>
+      <c r="AS34" s="157"/>
       <c r="AU34" s="2"/>
       <c r="AV34" s="2" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="AW34" s="2"/>
     </row>
     <row r="35" spans="2:53" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B35" s="110"/>
-      <c r="C35" s="75" t="s">
+      <c r="B35" s="96"/>
+      <c r="C35" s="158" t="s">
+        <v>52</v>
+      </c>
+      <c r="D35" s="159"/>
+      <c r="E35" s="162" t="s">
         <v>53</v>
       </c>
-      <c r="D35" s="76"/>
-      <c r="E35" s="77" t="s">
+      <c r="F35" s="163"/>
+      <c r="G35" s="163"/>
+      <c r="H35" s="163"/>
+      <c r="I35" s="163"/>
+      <c r="J35" s="163"/>
+      <c r="K35" s="163"/>
+      <c r="L35" s="163"/>
+      <c r="M35" s="163"/>
+      <c r="N35" s="163"/>
+      <c r="O35" s="163"/>
+      <c r="P35" s="163"/>
+      <c r="Q35" s="163"/>
+      <c r="R35" s="163"/>
+      <c r="S35" s="163"/>
+      <c r="T35" s="163"/>
+      <c r="U35" s="163"/>
+      <c r="V35" s="163"/>
+      <c r="W35" s="163"/>
+      <c r="X35" s="164"/>
+      <c r="Y35" s="165" t="s">
         <v>54</v>
       </c>
-      <c r="F35" s="78"/>
-[...18 lines deleted...]
-      <c r="Y35" s="80" t="s">
+      <c r="Z35" s="166"/>
+      <c r="AA35" s="166"/>
+      <c r="AB35" s="167"/>
+      <c r="AC35" s="162" t="s">
         <v>55</v>
       </c>
-      <c r="Z35" s="81"/>
-[...2 lines deleted...]
-      <c r="AC35" s="77" t="s">
+      <c r="AD35" s="163"/>
+      <c r="AE35" s="163"/>
+      <c r="AF35" s="168"/>
+      <c r="AG35" s="168"/>
+      <c r="AH35" s="168"/>
+      <c r="AI35" s="168"/>
+      <c r="AJ35" s="168"/>
+      <c r="AK35" s="168"/>
+      <c r="AL35" s="168"/>
+      <c r="AM35" s="169"/>
+      <c r="AN35" s="170" t="s">
         <v>56</v>
       </c>
-      <c r="AD35" s="78"/>
-[...16 lines deleted...]
-      <c r="AS35" s="90"/>
+      <c r="AO35" s="171"/>
+      <c r="AP35" s="171"/>
+      <c r="AQ35" s="171"/>
+      <c r="AR35" s="171"/>
+      <c r="AS35" s="172"/>
       <c r="AU35" s="2"/>
       <c r="AV35" s="2" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="AW35" s="2"/>
       <c r="AX35" s="3"/>
       <c r="AY35" s="3"/>
       <c r="AZ35" s="3"/>
       <c r="BA35" s="52"/>
     </row>
     <row r="36" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B36" s="110"/>
-[...2 lines deleted...]
-      <c r="E36" s="91" t="s">
+      <c r="B36" s="96"/>
+      <c r="C36" s="160"/>
+      <c r="D36" s="161"/>
+      <c r="E36" s="173" t="s">
+        <v>59</v>
+      </c>
+      <c r="F36" s="174"/>
+      <c r="G36" s="174" t="s">
         <v>60</v>
       </c>
-      <c r="F36" s="92"/>
-      <c r="G36" s="92" t="s">
+      <c r="H36" s="174"/>
+      <c r="I36" s="174" t="s">
+        <v>37</v>
+      </c>
+      <c r="J36" s="174"/>
+      <c r="K36" s="174" t="s">
+        <v>38</v>
+      </c>
+      <c r="L36" s="174"/>
+      <c r="M36" s="174"/>
+      <c r="N36" s="44" t="s">
+        <v>39</v>
+      </c>
+      <c r="O36" s="44" t="s">
+        <v>40</v>
+      </c>
+      <c r="P36" s="44" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q36" s="44" t="s">
+        <v>42</v>
+      </c>
+      <c r="R36" s="37" t="s">
+        <v>43</v>
+      </c>
+      <c r="S36" s="147" t="s">
+        <v>44</v>
+      </c>
+      <c r="T36" s="148"/>
+      <c r="U36" s="148"/>
+      <c r="V36" s="148"/>
+      <c r="W36" s="148"/>
+      <c r="X36" s="150"/>
+      <c r="Y36" s="113"/>
+      <c r="Z36" s="114"/>
+      <c r="AA36" s="114"/>
+      <c r="AB36" s="115"/>
+      <c r="AC36" s="107" t="s">
         <v>61</v>
       </c>
-      <c r="H36" s="92"/>
-[...36 lines deleted...]
-      <c r="AC36" s="106" t="s">
+      <c r="AD36" s="108"/>
+      <c r="AE36" s="108"/>
+      <c r="AF36" s="108"/>
+      <c r="AG36" s="108"/>
+      <c r="AH36" s="108"/>
+      <c r="AI36" s="108"/>
+      <c r="AJ36" s="108"/>
+      <c r="AK36" s="108"/>
+      <c r="AL36" s="108"/>
+      <c r="AM36" s="109"/>
+      <c r="AN36" s="160" t="s">
         <v>62</v>
       </c>
-      <c r="AD36" s="107"/>
-[...16 lines deleted...]
-      <c r="AS36" s="60"/>
+      <c r="AO36" s="161"/>
+      <c r="AP36" s="161"/>
+      <c r="AQ36" s="161"/>
+      <c r="AR36" s="161"/>
+      <c r="AS36" s="175"/>
       <c r="AU36" s="2"/>
       <c r="AV36" s="2" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="AW36" s="2"/>
     </row>
     <row r="37" spans="2:53" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B37" s="111"/>
-      <c r="C37" s="64" t="s">
+      <c r="B37" s="97"/>
+      <c r="C37" s="176" t="s">
         <v>2</v>
       </c>
-      <c r="D37" s="154"/>
-[...8 lines deleted...]
-      <c r="M37" s="68"/>
+      <c r="D37" s="191"/>
+      <c r="E37" s="178"/>
+      <c r="F37" s="179"/>
+      <c r="G37" s="180"/>
+      <c r="H37" s="180"/>
+      <c r="I37" s="180"/>
+      <c r="J37" s="180"/>
+      <c r="K37" s="180"/>
+      <c r="L37" s="180"/>
+      <c r="M37" s="180"/>
       <c r="N37" s="46"/>
       <c r="O37" s="46"/>
       <c r="P37" s="46"/>
       <c r="Q37" s="46"/>
       <c r="R37" s="47"/>
-      <c r="S37" s="93"/>
-[...25 lines deleted...]
-      <c r="AS37" s="102"/>
+      <c r="S37" s="181"/>
+      <c r="T37" s="182"/>
+      <c r="U37" s="182"/>
+      <c r="V37" s="182"/>
+      <c r="W37" s="182"/>
+      <c r="X37" s="183"/>
+      <c r="Y37" s="184"/>
+      <c r="Z37" s="185"/>
+      <c r="AA37" s="185"/>
+      <c r="AB37" s="186"/>
+      <c r="AC37" s="187"/>
+      <c r="AD37" s="182"/>
+      <c r="AE37" s="182"/>
+      <c r="AF37" s="182"/>
+      <c r="AG37" s="182"/>
+      <c r="AH37" s="182"/>
+      <c r="AI37" s="182"/>
+      <c r="AJ37" s="182"/>
+      <c r="AK37" s="182"/>
+      <c r="AL37" s="182"/>
+      <c r="AM37" s="182"/>
+      <c r="AN37" s="188"/>
+      <c r="AO37" s="189"/>
+      <c r="AP37" s="189"/>
+      <c r="AQ37" s="189"/>
+      <c r="AR37" s="189"/>
+      <c r="AS37" s="190"/>
       <c r="AU37" s="2"/>
       <c r="AV37" s="2" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="AW37" s="2"/>
     </row>
     <row r="38" spans="2:53" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B38" s="25"/>
       <c r="C38" s="25"/>
       <c r="D38" s="25"/>
       <c r="E38" s="25"/>
       <c r="F38" s="25"/>
       <c r="G38" s="25"/>
       <c r="H38" s="25"/>
       <c r="I38" s="25"/>
       <c r="J38" s="25"/>
       <c r="K38" s="25"/>
       <c r="L38" s="25"/>
       <c r="M38" s="25"/>
       <c r="N38" s="25"/>
       <c r="O38" s="25"/>
       <c r="P38" s="25"/>
       <c r="Q38" s="25"/>
       <c r="R38" s="25"/>
       <c r="S38" s="25"/>
       <c r="T38" s="25"/>
       <c r="U38" s="25"/>
       <c r="V38" s="25"/>
       <c r="W38" s="25"/>
       <c r="X38" s="25"/>
       <c r="Y38" s="25"/>
       <c r="Z38" s="25"/>
       <c r="AA38" s="25"/>
       <c r="AB38" s="25"/>
       <c r="AC38" s="25"/>
       <c r="AD38" s="25"/>
       <c r="AE38" s="25"/>
       <c r="AF38" s="25"/>
       <c r="AG38" s="25"/>
       <c r="AH38" s="25"/>
       <c r="AI38" s="25"/>
       <c r="AJ38" s="25"/>
       <c r="AK38" s="25"/>
       <c r="AL38" s="25"/>
       <c r="AM38" s="7"/>
       <c r="AN38" s="7"/>
       <c r="AO38" s="7"/>
       <c r="AP38" s="7"/>
       <c r="AQ38" s="7"/>
       <c r="AR38" s="7"/>
       <c r="AS38" s="7"/>
       <c r="AU38" s="2"/>
       <c r="AV38" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="AW38" s="2"/>
     </row>
     <row r="39" spans="2:53" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B39" s="109">
+      <c r="B39" s="95">
         <v>5</v>
       </c>
-      <c r="C39" s="112" t="s">
+      <c r="C39" s="98" t="s">
+        <v>28</v>
+      </c>
+      <c r="D39" s="99"/>
+      <c r="E39" s="100"/>
+      <c r="F39" s="98" t="s">
         <v>29</v>
       </c>
-      <c r="D39" s="113"/>
-[...1 lines deleted...]
-      <c r="F39" s="112" t="s">
+      <c r="G39" s="99"/>
+      <c r="H39" s="99"/>
+      <c r="I39" s="99"/>
+      <c r="J39" s="99"/>
+      <c r="K39" s="99"/>
+      <c r="L39" s="99"/>
+      <c r="M39" s="99"/>
+      <c r="N39" s="99"/>
+      <c r="O39" s="99"/>
+      <c r="P39" s="99"/>
+      <c r="Q39" s="99"/>
+      <c r="R39" s="99"/>
+      <c r="S39" s="99"/>
+      <c r="T39" s="99"/>
+      <c r="U39" s="100"/>
+      <c r="V39" s="101" t="s">
         <v>30</v>
       </c>
-      <c r="G39" s="113"/>
-[...14 lines deleted...]
-      <c r="V39" s="115" t="s">
+      <c r="W39" s="102"/>
+      <c r="X39" s="102"/>
+      <c r="Y39" s="102"/>
+      <c r="Z39" s="102"/>
+      <c r="AA39" s="102"/>
+      <c r="AB39" s="102"/>
+      <c r="AC39" s="102"/>
+      <c r="AD39" s="102"/>
+      <c r="AE39" s="103"/>
+      <c r="AF39" s="104" t="s">
         <v>31</v>
       </c>
-      <c r="W39" s="116"/>
-[...8 lines deleted...]
-      <c r="AF39" s="118" t="s">
+      <c r="AG39" s="105"/>
+      <c r="AH39" s="105"/>
+      <c r="AI39" s="106"/>
+      <c r="AJ39" s="110" t="s">
         <v>32</v>
       </c>
-      <c r="AG39" s="119"/>
-[...2 lines deleted...]
-      <c r="AJ39" s="121" t="s">
+      <c r="AK39" s="111"/>
+      <c r="AL39" s="111"/>
+      <c r="AM39" s="112"/>
+      <c r="AN39" s="101" t="s">
         <v>33</v>
       </c>
-      <c r="AK39" s="122"/>
-[...2 lines deleted...]
-      <c r="AN39" s="115" t="s">
+      <c r="AO39" s="102"/>
+      <c r="AP39" s="102"/>
+      <c r="AQ39" s="103"/>
+      <c r="AR39" s="116" t="s">
         <v>34</v>
       </c>
-      <c r="AO39" s="116"/>
-[...5 lines deleted...]
-      <c r="AS39" s="125"/>
+      <c r="AS39" s="117"/>
       <c r="AU39" s="2"/>
       <c r="AV39" s="2" t="s">
         <v>8</v>
       </c>
       <c r="AW39" s="2"/>
       <c r="AX39" s="3"/>
       <c r="AY39" s="3"/>
       <c r="AZ39" s="3"/>
       <c r="BA39" s="52"/>
     </row>
     <row r="40" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B40" s="110"/>
-      <c r="C40" s="150" t="s">
+      <c r="B40" s="96"/>
+      <c r="C40" s="144" t="s">
+        <v>36</v>
+      </c>
+      <c r="D40" s="144"/>
+      <c r="E40" s="144"/>
+      <c r="F40" s="145" t="s">
         <v>37</v>
       </c>
-      <c r="D40" s="150"/>
-[...1 lines deleted...]
-      <c r="F40" s="151" t="s">
+      <c r="G40" s="146"/>
+      <c r="H40" s="147" t="s">
         <v>38</v>
       </c>
-      <c r="G40" s="152"/>
-      <c r="H40" s="103" t="s">
+      <c r="I40" s="148"/>
+      <c r="J40" s="149"/>
+      <c r="K40" s="36" t="s">
         <v>39</v>
       </c>
-      <c r="I40" s="104"/>
-[...1 lines deleted...]
-      <c r="K40" s="36" t="s">
+      <c r="L40" s="36" t="s">
         <v>40</v>
       </c>
-      <c r="L40" s="36" t="s">
+      <c r="M40" s="36" t="s">
         <v>41</v>
       </c>
-      <c r="M40" s="36" t="s">
+      <c r="N40" s="36" t="s">
         <v>42</v>
       </c>
-      <c r="N40" s="36" t="s">
+      <c r="O40" s="37" t="s">
         <v>43</v>
       </c>
-      <c r="O40" s="37" t="s">
+      <c r="P40" s="147" t="s">
         <v>44</v>
       </c>
-      <c r="P40" s="103" t="s">
+      <c r="Q40" s="148"/>
+      <c r="R40" s="148"/>
+      <c r="S40" s="148"/>
+      <c r="T40" s="148"/>
+      <c r="U40" s="150"/>
+      <c r="V40" s="120" t="s">
         <v>45</v>
       </c>
-      <c r="Q40" s="104"/>
-[...4 lines deleted...]
-      <c r="V40" s="128" t="s">
+      <c r="W40" s="151"/>
+      <c r="X40" s="151"/>
+      <c r="Y40" s="151"/>
+      <c r="Z40" s="121"/>
+      <c r="AA40" s="122" t="s">
         <v>46</v>
       </c>
-      <c r="W40" s="62"/>
-[...3 lines deleted...]
-      <c r="AA40" s="61" t="s">
+      <c r="AB40" s="151"/>
+      <c r="AC40" s="151"/>
+      <c r="AD40" s="151"/>
+      <c r="AE40" s="123"/>
+      <c r="AF40" s="107"/>
+      <c r="AG40" s="108"/>
+      <c r="AH40" s="108"/>
+      <c r="AI40" s="109"/>
+      <c r="AJ40" s="113"/>
+      <c r="AK40" s="114"/>
+      <c r="AL40" s="114"/>
+      <c r="AM40" s="115"/>
+      <c r="AN40" s="120" t="s">
         <v>47</v>
       </c>
-      <c r="AB40" s="62"/>
-[...11 lines deleted...]
-      <c r="AN40" s="128" t="s">
+      <c r="AO40" s="121"/>
+      <c r="AP40" s="122" t="s">
         <v>48</v>
       </c>
-      <c r="AO40" s="129"/>
-[...5 lines deleted...]
-      <c r="AS40" s="127"/>
+      <c r="AQ40" s="123"/>
+      <c r="AR40" s="118"/>
+      <c r="AS40" s="119"/>
     </row>
     <row r="41" spans="2:53" ht="45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B41" s="110"/>
-[...7 lines deleted...]
-      <c r="J41" s="135"/>
+      <c r="B41" s="96"/>
+      <c r="C41" s="124"/>
+      <c r="D41" s="124"/>
+      <c r="E41" s="124"/>
+      <c r="F41" s="125"/>
+      <c r="G41" s="126"/>
+      <c r="H41" s="127"/>
+      <c r="I41" s="128"/>
+      <c r="J41" s="129"/>
       <c r="K41" s="41"/>
       <c r="L41" s="41"/>
       <c r="M41" s="41"/>
       <c r="N41" s="41"/>
       <c r="O41" s="42"/>
-      <c r="P41" s="136"/>
-[...23 lines deleted...]
-      <c r="AN41" s="69" t="s">
+      <c r="P41" s="130"/>
+      <c r="Q41" s="131"/>
+      <c r="R41" s="131"/>
+      <c r="S41" s="131"/>
+      <c r="T41" s="131"/>
+      <c r="U41" s="131"/>
+      <c r="V41" s="132"/>
+      <c r="W41" s="133"/>
+      <c r="X41" s="133"/>
+      <c r="Y41" s="133"/>
+      <c r="Z41" s="134"/>
+      <c r="AA41" s="135"/>
+      <c r="AB41" s="136"/>
+      <c r="AC41" s="136"/>
+      <c r="AD41" s="136"/>
+      <c r="AE41" s="137"/>
+      <c r="AF41" s="138"/>
+      <c r="AG41" s="139"/>
+      <c r="AH41" s="139"/>
+      <c r="AI41" s="140"/>
+      <c r="AJ41" s="141"/>
+      <c r="AK41" s="142"/>
+      <c r="AL41" s="142"/>
+      <c r="AM41" s="143"/>
+      <c r="AN41" s="152" t="s">
         <v>2</v>
       </c>
-      <c r="AO41" s="70"/>
-      <c r="AP41" s="71" t="s">
+      <c r="AO41" s="153"/>
+      <c r="AP41" s="154" t="s">
         <v>2</v>
       </c>
-      <c r="AQ41" s="72"/>
-      <c r="AR41" s="73" t="s">
+      <c r="AQ41" s="155"/>
+      <c r="AR41" s="156" t="s">
         <v>2</v>
       </c>
-      <c r="AS41" s="74"/>
+      <c r="AS41" s="157"/>
     </row>
     <row r="42" spans="2:53" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B42" s="110"/>
-      <c r="C42" s="75" t="s">
+      <c r="B42" s="96"/>
+      <c r="C42" s="158" t="s">
+        <v>52</v>
+      </c>
+      <c r="D42" s="159"/>
+      <c r="E42" s="162" t="s">
         <v>53</v>
       </c>
-      <c r="D42" s="76"/>
-      <c r="E42" s="77" t="s">
+      <c r="F42" s="163"/>
+      <c r="G42" s="163"/>
+      <c r="H42" s="163"/>
+      <c r="I42" s="163"/>
+      <c r="J42" s="163"/>
+      <c r="K42" s="163"/>
+      <c r="L42" s="163"/>
+      <c r="M42" s="163"/>
+      <c r="N42" s="163"/>
+      <c r="O42" s="163"/>
+      <c r="P42" s="163"/>
+      <c r="Q42" s="163"/>
+      <c r="R42" s="163"/>
+      <c r="S42" s="163"/>
+      <c r="T42" s="163"/>
+      <c r="U42" s="163"/>
+      <c r="V42" s="163"/>
+      <c r="W42" s="163"/>
+      <c r="X42" s="164"/>
+      <c r="Y42" s="165" t="s">
         <v>54</v>
       </c>
-      <c r="F42" s="78"/>
-[...18 lines deleted...]
-      <c r="Y42" s="80" t="s">
+      <c r="Z42" s="166"/>
+      <c r="AA42" s="166"/>
+      <c r="AB42" s="167"/>
+      <c r="AC42" s="162" t="s">
         <v>55</v>
       </c>
-      <c r="Z42" s="81"/>
-[...2 lines deleted...]
-      <c r="AC42" s="77" t="s">
+      <c r="AD42" s="163"/>
+      <c r="AE42" s="163"/>
+      <c r="AF42" s="168"/>
+      <c r="AG42" s="168"/>
+      <c r="AH42" s="168"/>
+      <c r="AI42" s="168"/>
+      <c r="AJ42" s="168"/>
+      <c r="AK42" s="168"/>
+      <c r="AL42" s="168"/>
+      <c r="AM42" s="169"/>
+      <c r="AN42" s="170" t="s">
         <v>56</v>
       </c>
-      <c r="AD42" s="78"/>
-[...16 lines deleted...]
-      <c r="AS42" s="90"/>
+      <c r="AO42" s="171"/>
+      <c r="AP42" s="171"/>
+      <c r="AQ42" s="171"/>
+      <c r="AR42" s="171"/>
+      <c r="AS42" s="172"/>
       <c r="AU42" s="3"/>
       <c r="AV42" s="3"/>
       <c r="AW42" s="3"/>
       <c r="AX42" s="3"/>
       <c r="AY42" s="3"/>
       <c r="AZ42" s="3"/>
       <c r="BA42" s="52"/>
     </row>
     <row r="43" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B43" s="110"/>
-[...2 lines deleted...]
-      <c r="E43" s="91" t="s">
+      <c r="B43" s="96"/>
+      <c r="C43" s="160"/>
+      <c r="D43" s="161"/>
+      <c r="E43" s="173" t="s">
+        <v>59</v>
+      </c>
+      <c r="F43" s="174"/>
+      <c r="G43" s="174" t="s">
         <v>60</v>
       </c>
-      <c r="F43" s="92"/>
-      <c r="G43" s="92" t="s">
+      <c r="H43" s="174"/>
+      <c r="I43" s="174" t="s">
+        <v>37</v>
+      </c>
+      <c r="J43" s="174"/>
+      <c r="K43" s="174" t="s">
+        <v>38</v>
+      </c>
+      <c r="L43" s="174"/>
+      <c r="M43" s="174"/>
+      <c r="N43" s="44" t="s">
+        <v>39</v>
+      </c>
+      <c r="O43" s="44" t="s">
+        <v>40</v>
+      </c>
+      <c r="P43" s="44" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q43" s="44" t="s">
+        <v>42</v>
+      </c>
+      <c r="R43" s="37" t="s">
+        <v>43</v>
+      </c>
+      <c r="S43" s="147" t="s">
+        <v>44</v>
+      </c>
+      <c r="T43" s="148"/>
+      <c r="U43" s="148"/>
+      <c r="V43" s="148"/>
+      <c r="W43" s="148"/>
+      <c r="X43" s="150"/>
+      <c r="Y43" s="113"/>
+      <c r="Z43" s="114"/>
+      <c r="AA43" s="114"/>
+      <c r="AB43" s="115"/>
+      <c r="AC43" s="107" t="s">
         <v>61</v>
       </c>
-      <c r="H43" s="92"/>
-[...36 lines deleted...]
-      <c r="AC43" s="106" t="s">
+      <c r="AD43" s="108"/>
+      <c r="AE43" s="108"/>
+      <c r="AF43" s="108"/>
+      <c r="AG43" s="108"/>
+      <c r="AH43" s="108"/>
+      <c r="AI43" s="108"/>
+      <c r="AJ43" s="108"/>
+      <c r="AK43" s="108"/>
+      <c r="AL43" s="108"/>
+      <c r="AM43" s="109"/>
+      <c r="AN43" s="160" t="s">
         <v>62</v>
       </c>
-      <c r="AD43" s="107"/>
-[...16 lines deleted...]
-      <c r="AS43" s="60"/>
+      <c r="AO43" s="161"/>
+      <c r="AP43" s="161"/>
+      <c r="AQ43" s="161"/>
+      <c r="AR43" s="161"/>
+      <c r="AS43" s="175"/>
     </row>
     <row r="44" spans="2:53" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B44" s="111"/>
-      <c r="C44" s="64" t="s">
+      <c r="B44" s="97"/>
+      <c r="C44" s="176" t="s">
         <v>2</v>
       </c>
-      <c r="D44" s="65"/>
-[...8 lines deleted...]
-      <c r="M44" s="68"/>
+      <c r="D44" s="177"/>
+      <c r="E44" s="178"/>
+      <c r="F44" s="179"/>
+      <c r="G44" s="180"/>
+      <c r="H44" s="180"/>
+      <c r="I44" s="180"/>
+      <c r="J44" s="180"/>
+      <c r="K44" s="180"/>
+      <c r="L44" s="180"/>
+      <c r="M44" s="180"/>
       <c r="N44" s="46"/>
       <c r="O44" s="46"/>
       <c r="P44" s="46"/>
       <c r="Q44" s="46"/>
       <c r="R44" s="47"/>
-      <c r="S44" s="93"/>
-[...25 lines deleted...]
-      <c r="AS44" s="102"/>
+      <c r="S44" s="181"/>
+      <c r="T44" s="182"/>
+      <c r="U44" s="182"/>
+      <c r="V44" s="182"/>
+      <c r="W44" s="182"/>
+      <c r="X44" s="183"/>
+      <c r="Y44" s="184"/>
+      <c r="Z44" s="185"/>
+      <c r="AA44" s="185"/>
+      <c r="AB44" s="186"/>
+      <c r="AC44" s="187"/>
+      <c r="AD44" s="182"/>
+      <c r="AE44" s="182"/>
+      <c r="AF44" s="182"/>
+      <c r="AG44" s="182"/>
+      <c r="AH44" s="182"/>
+      <c r="AI44" s="182"/>
+      <c r="AJ44" s="182"/>
+      <c r="AK44" s="182"/>
+      <c r="AL44" s="182"/>
+      <c r="AM44" s="182"/>
+      <c r="AN44" s="188"/>
+      <c r="AO44" s="189"/>
+      <c r="AP44" s="189"/>
+      <c r="AQ44" s="189"/>
+      <c r="AR44" s="189"/>
+      <c r="AS44" s="190"/>
     </row>
     <row r="45" spans="2:53" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B45" s="25"/>
       <c r="C45" s="25"/>
       <c r="D45" s="25"/>
       <c r="E45" s="25"/>
       <c r="F45" s="25"/>
       <c r="G45" s="25"/>
       <c r="H45" s="25"/>
       <c r="I45" s="25"/>
       <c r="J45" s="25"/>
       <c r="K45" s="25"/>
       <c r="L45" s="25"/>
       <c r="M45" s="25"/>
       <c r="N45" s="25"/>
       <c r="O45" s="25"/>
       <c r="P45" s="25"/>
       <c r="Q45" s="25"/>
       <c r="R45" s="25"/>
       <c r="S45" s="25"/>
       <c r="T45" s="25"/>
       <c r="U45" s="25"/>
       <c r="V45" s="25"/>
       <c r="W45" s="25"/>
       <c r="X45" s="25"/>
       <c r="Y45" s="25"/>
       <c r="Z45" s="25"/>
       <c r="AA45" s="25"/>
       <c r="AB45" s="25"/>
       <c r="AC45" s="25"/>
       <c r="AD45" s="25"/>
       <c r="AE45" s="25"/>
       <c r="AF45" s="25"/>
       <c r="AG45" s="25"/>
       <c r="AH45" s="25"/>
       <c r="AI45" s="25"/>
       <c r="AJ45" s="25"/>
       <c r="AK45" s="25"/>
       <c r="AL45" s="25"/>
       <c r="AM45" s="7"/>
       <c r="AN45" s="7"/>
       <c r="AO45" s="7"/>
       <c r="AP45" s="7"/>
       <c r="AQ45" s="7"/>
       <c r="AR45" s="7"/>
       <c r="AS45" s="7"/>
     </row>
     <row r="46" spans="2:53" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B46" s="109">
+      <c r="B46" s="95">
         <v>6</v>
       </c>
-      <c r="C46" s="112" t="s">
+      <c r="C46" s="98" t="s">
+        <v>28</v>
+      </c>
+      <c r="D46" s="99"/>
+      <c r="E46" s="100"/>
+      <c r="F46" s="98" t="s">
         <v>29</v>
       </c>
-      <c r="D46" s="113"/>
-[...1 lines deleted...]
-      <c r="F46" s="112" t="s">
+      <c r="G46" s="99"/>
+      <c r="H46" s="99"/>
+      <c r="I46" s="99"/>
+      <c r="J46" s="99"/>
+      <c r="K46" s="99"/>
+      <c r="L46" s="99"/>
+      <c r="M46" s="99"/>
+      <c r="N46" s="99"/>
+      <c r="O46" s="99"/>
+      <c r="P46" s="99"/>
+      <c r="Q46" s="99"/>
+      <c r="R46" s="99"/>
+      <c r="S46" s="99"/>
+      <c r="T46" s="99"/>
+      <c r="U46" s="100"/>
+      <c r="V46" s="101" t="s">
         <v>30</v>
       </c>
-      <c r="G46" s="113"/>
-[...14 lines deleted...]
-      <c r="V46" s="115" t="s">
+      <c r="W46" s="102"/>
+      <c r="X46" s="102"/>
+      <c r="Y46" s="102"/>
+      <c r="Z46" s="102"/>
+      <c r="AA46" s="102"/>
+      <c r="AB46" s="102"/>
+      <c r="AC46" s="102"/>
+      <c r="AD46" s="102"/>
+      <c r="AE46" s="103"/>
+      <c r="AF46" s="104" t="s">
         <v>31</v>
       </c>
-      <c r="W46" s="116"/>
-[...8 lines deleted...]
-      <c r="AF46" s="118" t="s">
+      <c r="AG46" s="105"/>
+      <c r="AH46" s="105"/>
+      <c r="AI46" s="106"/>
+      <c r="AJ46" s="110" t="s">
         <v>32</v>
       </c>
-      <c r="AG46" s="119"/>
-[...2 lines deleted...]
-      <c r="AJ46" s="121" t="s">
+      <c r="AK46" s="111"/>
+      <c r="AL46" s="111"/>
+      <c r="AM46" s="112"/>
+      <c r="AN46" s="101" t="s">
         <v>33</v>
       </c>
-      <c r="AK46" s="122"/>
-[...2 lines deleted...]
-      <c r="AN46" s="115" t="s">
+      <c r="AO46" s="102"/>
+      <c r="AP46" s="102"/>
+      <c r="AQ46" s="103"/>
+      <c r="AR46" s="116" t="s">
         <v>34</v>
       </c>
-      <c r="AO46" s="116"/>
-[...5 lines deleted...]
-      <c r="AS46" s="125"/>
+      <c r="AS46" s="117"/>
       <c r="AU46" s="3"/>
       <c r="AV46" s="3"/>
       <c r="AW46" s="3"/>
       <c r="AX46" s="3"/>
       <c r="AY46" s="3"/>
       <c r="AZ46" s="3"/>
       <c r="BA46" s="52"/>
     </row>
     <row r="47" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B47" s="110"/>
-      <c r="C47" s="150" t="s">
+      <c r="B47" s="96"/>
+      <c r="C47" s="144" t="s">
+        <v>36</v>
+      </c>
+      <c r="D47" s="144"/>
+      <c r="E47" s="144"/>
+      <c r="F47" s="145" t="s">
         <v>37</v>
       </c>
-      <c r="D47" s="150"/>
-[...1 lines deleted...]
-      <c r="F47" s="151" t="s">
+      <c r="G47" s="146"/>
+      <c r="H47" s="147" t="s">
         <v>38</v>
       </c>
-      <c r="G47" s="152"/>
-      <c r="H47" s="103" t="s">
+      <c r="I47" s="148"/>
+      <c r="J47" s="149"/>
+      <c r="K47" s="36" t="s">
         <v>39</v>
       </c>
-      <c r="I47" s="104"/>
-[...1 lines deleted...]
-      <c r="K47" s="36" t="s">
+      <c r="L47" s="36" t="s">
         <v>40</v>
       </c>
-      <c r="L47" s="36" t="s">
+      <c r="M47" s="36" t="s">
         <v>41</v>
       </c>
-      <c r="M47" s="36" t="s">
+      <c r="N47" s="36" t="s">
         <v>42</v>
       </c>
-      <c r="N47" s="36" t="s">
+      <c r="O47" s="37" t="s">
         <v>43</v>
       </c>
-      <c r="O47" s="37" t="s">
+      <c r="P47" s="147" t="s">
         <v>44</v>
       </c>
-      <c r="P47" s="103" t="s">
+      <c r="Q47" s="148"/>
+      <c r="R47" s="148"/>
+      <c r="S47" s="148"/>
+      <c r="T47" s="148"/>
+      <c r="U47" s="150"/>
+      <c r="V47" s="120" t="s">
         <v>45</v>
       </c>
-      <c r="Q47" s="104"/>
-[...4 lines deleted...]
-      <c r="V47" s="128" t="s">
+      <c r="W47" s="151"/>
+      <c r="X47" s="151"/>
+      <c r="Y47" s="151"/>
+      <c r="Z47" s="121"/>
+      <c r="AA47" s="122" t="s">
         <v>46</v>
       </c>
-      <c r="W47" s="62"/>
-[...3 lines deleted...]
-      <c r="AA47" s="61" t="s">
+      <c r="AB47" s="151"/>
+      <c r="AC47" s="151"/>
+      <c r="AD47" s="151"/>
+      <c r="AE47" s="123"/>
+      <c r="AF47" s="107"/>
+      <c r="AG47" s="108"/>
+      <c r="AH47" s="108"/>
+      <c r="AI47" s="109"/>
+      <c r="AJ47" s="113"/>
+      <c r="AK47" s="114"/>
+      <c r="AL47" s="114"/>
+      <c r="AM47" s="115"/>
+      <c r="AN47" s="120" t="s">
         <v>47</v>
       </c>
-      <c r="AB47" s="62"/>
-[...11 lines deleted...]
-      <c r="AN47" s="128" t="s">
+      <c r="AO47" s="121"/>
+      <c r="AP47" s="122" t="s">
         <v>48</v>
       </c>
-      <c r="AO47" s="129"/>
-[...5 lines deleted...]
-      <c r="AS47" s="127"/>
+      <c r="AQ47" s="123"/>
+      <c r="AR47" s="118"/>
+      <c r="AS47" s="119"/>
     </row>
     <row r="48" spans="2:53" ht="45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B48" s="110"/>
-[...7 lines deleted...]
-      <c r="J48" s="135"/>
+      <c r="B48" s="96"/>
+      <c r="C48" s="124"/>
+      <c r="D48" s="124"/>
+      <c r="E48" s="124"/>
+      <c r="F48" s="125"/>
+      <c r="G48" s="126"/>
+      <c r="H48" s="127"/>
+      <c r="I48" s="128"/>
+      <c r="J48" s="129"/>
       <c r="K48" s="41"/>
       <c r="L48" s="41"/>
       <c r="M48" s="41"/>
       <c r="N48" s="41"/>
       <c r="O48" s="42"/>
-      <c r="P48" s="136"/>
-[...23 lines deleted...]
-      <c r="AN48" s="69" t="s">
+      <c r="P48" s="130"/>
+      <c r="Q48" s="131"/>
+      <c r="R48" s="131"/>
+      <c r="S48" s="131"/>
+      <c r="T48" s="131"/>
+      <c r="U48" s="131"/>
+      <c r="V48" s="132"/>
+      <c r="W48" s="133"/>
+      <c r="X48" s="133"/>
+      <c r="Y48" s="133"/>
+      <c r="Z48" s="134"/>
+      <c r="AA48" s="135"/>
+      <c r="AB48" s="136"/>
+      <c r="AC48" s="136"/>
+      <c r="AD48" s="136"/>
+      <c r="AE48" s="137"/>
+      <c r="AF48" s="138"/>
+      <c r="AG48" s="139"/>
+      <c r="AH48" s="139"/>
+      <c r="AI48" s="140"/>
+      <c r="AJ48" s="141"/>
+      <c r="AK48" s="142"/>
+      <c r="AL48" s="142"/>
+      <c r="AM48" s="143"/>
+      <c r="AN48" s="152" t="s">
         <v>2</v>
       </c>
-      <c r="AO48" s="70"/>
-      <c r="AP48" s="71" t="s">
+      <c r="AO48" s="153"/>
+      <c r="AP48" s="154" t="s">
         <v>2</v>
       </c>
-      <c r="AQ48" s="72"/>
-      <c r="AR48" s="73" t="s">
+      <c r="AQ48" s="155"/>
+      <c r="AR48" s="156" t="s">
         <v>2</v>
       </c>
-      <c r="AS48" s="74"/>
+      <c r="AS48" s="157"/>
     </row>
     <row r="49" spans="2:53" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B49" s="110"/>
-      <c r="C49" s="75" t="s">
+      <c r="B49" s="96"/>
+      <c r="C49" s="158" t="s">
+        <v>52</v>
+      </c>
+      <c r="D49" s="159"/>
+      <c r="E49" s="162" t="s">
         <v>53</v>
       </c>
-      <c r="D49" s="76"/>
-      <c r="E49" s="77" t="s">
+      <c r="F49" s="163"/>
+      <c r="G49" s="163"/>
+      <c r="H49" s="163"/>
+      <c r="I49" s="163"/>
+      <c r="J49" s="163"/>
+      <c r="K49" s="163"/>
+      <c r="L49" s="163"/>
+      <c r="M49" s="163"/>
+      <c r="N49" s="163"/>
+      <c r="O49" s="163"/>
+      <c r="P49" s="163"/>
+      <c r="Q49" s="163"/>
+      <c r="R49" s="163"/>
+      <c r="S49" s="163"/>
+      <c r="T49" s="163"/>
+      <c r="U49" s="163"/>
+      <c r="V49" s="163"/>
+      <c r="W49" s="163"/>
+      <c r="X49" s="164"/>
+      <c r="Y49" s="165" t="s">
         <v>54</v>
       </c>
-      <c r="F49" s="78"/>
-[...18 lines deleted...]
-      <c r="Y49" s="80" t="s">
+      <c r="Z49" s="166"/>
+      <c r="AA49" s="166"/>
+      <c r="AB49" s="167"/>
+      <c r="AC49" s="162" t="s">
         <v>55</v>
       </c>
-      <c r="Z49" s="81"/>
-[...2 lines deleted...]
-      <c r="AC49" s="77" t="s">
+      <c r="AD49" s="163"/>
+      <c r="AE49" s="163"/>
+      <c r="AF49" s="168"/>
+      <c r="AG49" s="168"/>
+      <c r="AH49" s="168"/>
+      <c r="AI49" s="168"/>
+      <c r="AJ49" s="168"/>
+      <c r="AK49" s="168"/>
+      <c r="AL49" s="168"/>
+      <c r="AM49" s="169"/>
+      <c r="AN49" s="170" t="s">
         <v>56</v>
       </c>
-      <c r="AD49" s="78"/>
-[...16 lines deleted...]
-      <c r="AS49" s="90"/>
+      <c r="AO49" s="171"/>
+      <c r="AP49" s="171"/>
+      <c r="AQ49" s="171"/>
+      <c r="AR49" s="171"/>
+      <c r="AS49" s="172"/>
       <c r="AU49" s="3"/>
       <c r="AV49" s="3"/>
       <c r="AW49" s="3"/>
       <c r="AX49" s="3"/>
       <c r="AY49" s="3"/>
       <c r="AZ49" s="3"/>
       <c r="BA49" s="52"/>
     </row>
     <row r="50" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B50" s="110"/>
-[...2 lines deleted...]
-      <c r="E50" s="91" t="s">
+      <c r="B50" s="96"/>
+      <c r="C50" s="160"/>
+      <c r="D50" s="161"/>
+      <c r="E50" s="173" t="s">
+        <v>59</v>
+      </c>
+      <c r="F50" s="174"/>
+      <c r="G50" s="174" t="s">
         <v>60</v>
       </c>
-      <c r="F50" s="92"/>
-      <c r="G50" s="92" t="s">
+      <c r="H50" s="174"/>
+      <c r="I50" s="174" t="s">
+        <v>37</v>
+      </c>
+      <c r="J50" s="174"/>
+      <c r="K50" s="174" t="s">
+        <v>38</v>
+      </c>
+      <c r="L50" s="174"/>
+      <c r="M50" s="174"/>
+      <c r="N50" s="44" t="s">
+        <v>39</v>
+      </c>
+      <c r="O50" s="44" t="s">
+        <v>40</v>
+      </c>
+      <c r="P50" s="44" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q50" s="44" t="s">
+        <v>42</v>
+      </c>
+      <c r="R50" s="37" t="s">
+        <v>43</v>
+      </c>
+      <c r="S50" s="147" t="s">
+        <v>44</v>
+      </c>
+      <c r="T50" s="148"/>
+      <c r="U50" s="148"/>
+      <c r="V50" s="148"/>
+      <c r="W50" s="148"/>
+      <c r="X50" s="150"/>
+      <c r="Y50" s="113"/>
+      <c r="Z50" s="114"/>
+      <c r="AA50" s="114"/>
+      <c r="AB50" s="115"/>
+      <c r="AC50" s="107" t="s">
         <v>61</v>
       </c>
-      <c r="H50" s="92"/>
-[...36 lines deleted...]
-      <c r="AC50" s="106" t="s">
+      <c r="AD50" s="108"/>
+      <c r="AE50" s="108"/>
+      <c r="AF50" s="108"/>
+      <c r="AG50" s="108"/>
+      <c r="AH50" s="108"/>
+      <c r="AI50" s="108"/>
+      <c r="AJ50" s="108"/>
+      <c r="AK50" s="108"/>
+      <c r="AL50" s="108"/>
+      <c r="AM50" s="109"/>
+      <c r="AN50" s="160" t="s">
         <v>62</v>
       </c>
-      <c r="AD50" s="107"/>
-[...16 lines deleted...]
-      <c r="AS50" s="60"/>
+      <c r="AO50" s="161"/>
+      <c r="AP50" s="161"/>
+      <c r="AQ50" s="161"/>
+      <c r="AR50" s="161"/>
+      <c r="AS50" s="175"/>
     </row>
     <row r="51" spans="2:53" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B51" s="111"/>
-      <c r="C51" s="64" t="s">
+      <c r="B51" s="97"/>
+      <c r="C51" s="176" t="s">
         <v>2</v>
       </c>
-      <c r="D51" s="65"/>
-[...8 lines deleted...]
-      <c r="M51" s="68"/>
+      <c r="D51" s="177"/>
+      <c r="E51" s="178"/>
+      <c r="F51" s="179"/>
+      <c r="G51" s="180"/>
+      <c r="H51" s="180"/>
+      <c r="I51" s="180"/>
+      <c r="J51" s="180"/>
+      <c r="K51" s="180"/>
+      <c r="L51" s="180"/>
+      <c r="M51" s="180"/>
       <c r="N51" s="46"/>
       <c r="O51" s="46"/>
       <c r="P51" s="46"/>
       <c r="Q51" s="46"/>
       <c r="R51" s="47"/>
-      <c r="S51" s="93"/>
-[...25 lines deleted...]
-      <c r="AS51" s="102"/>
+      <c r="S51" s="181"/>
+      <c r="T51" s="182"/>
+      <c r="U51" s="182"/>
+      <c r="V51" s="182"/>
+      <c r="W51" s="182"/>
+      <c r="X51" s="183"/>
+      <c r="Y51" s="184"/>
+      <c r="Z51" s="185"/>
+      <c r="AA51" s="185"/>
+      <c r="AB51" s="186"/>
+      <c r="AC51" s="187"/>
+      <c r="AD51" s="182"/>
+      <c r="AE51" s="182"/>
+      <c r="AF51" s="182"/>
+      <c r="AG51" s="182"/>
+      <c r="AH51" s="182"/>
+      <c r="AI51" s="182"/>
+      <c r="AJ51" s="182"/>
+      <c r="AK51" s="182"/>
+      <c r="AL51" s="182"/>
+      <c r="AM51" s="182"/>
+      <c r="AN51" s="188"/>
+      <c r="AO51" s="189"/>
+      <c r="AP51" s="189"/>
+      <c r="AQ51" s="189"/>
+      <c r="AR51" s="189"/>
+      <c r="AS51" s="190"/>
     </row>
     <row r="52" spans="2:53" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B52" s="25"/>
       <c r="C52" s="25"/>
       <c r="D52" s="25"/>
       <c r="E52" s="25"/>
       <c r="F52" s="25"/>
       <c r="G52" s="25"/>
       <c r="H52" s="25"/>
       <c r="I52" s="25"/>
       <c r="J52" s="25"/>
       <c r="K52" s="25"/>
       <c r="L52" s="25"/>
       <c r="M52" s="25"/>
       <c r="N52" s="25"/>
       <c r="O52" s="25"/>
       <c r="P52" s="25"/>
       <c r="Q52" s="25"/>
       <c r="R52" s="25"/>
       <c r="S52" s="25"/>
       <c r="T52" s="25"/>
       <c r="U52" s="25"/>
       <c r="V52" s="25"/>
       <c r="W52" s="25"/>
       <c r="X52" s="25"/>
       <c r="Y52" s="25"/>
       <c r="Z52" s="25"/>
       <c r="AA52" s="25"/>
       <c r="AB52" s="25"/>
       <c r="AC52" s="25"/>
       <c r="AD52" s="25"/>
       <c r="AE52" s="25"/>
       <c r="AF52" s="25"/>
       <c r="AG52" s="25"/>
       <c r="AH52" s="25"/>
       <c r="AI52" s="25"/>
       <c r="AJ52" s="25"/>
       <c r="AK52" s="25"/>
       <c r="AL52" s="25"/>
       <c r="AM52" s="7"/>
       <c r="AN52" s="7"/>
       <c r="AO52" s="7"/>
       <c r="AP52" s="7"/>
       <c r="AQ52" s="7"/>
       <c r="AR52" s="7"/>
       <c r="AS52" s="7"/>
     </row>
     <row r="53" spans="2:53" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B53" s="109">
+      <c r="B53" s="95">
         <v>7</v>
       </c>
-      <c r="C53" s="112" t="s">
+      <c r="C53" s="98" t="s">
+        <v>28</v>
+      </c>
+      <c r="D53" s="99"/>
+      <c r="E53" s="100"/>
+      <c r="F53" s="98" t="s">
         <v>29</v>
       </c>
-      <c r="D53" s="113"/>
-[...1 lines deleted...]
-      <c r="F53" s="112" t="s">
+      <c r="G53" s="99"/>
+      <c r="H53" s="99"/>
+      <c r="I53" s="99"/>
+      <c r="J53" s="99"/>
+      <c r="K53" s="99"/>
+      <c r="L53" s="99"/>
+      <c r="M53" s="99"/>
+      <c r="N53" s="99"/>
+      <c r="O53" s="99"/>
+      <c r="P53" s="99"/>
+      <c r="Q53" s="99"/>
+      <c r="R53" s="99"/>
+      <c r="S53" s="99"/>
+      <c r="T53" s="99"/>
+      <c r="U53" s="100"/>
+      <c r="V53" s="101" t="s">
         <v>30</v>
       </c>
-      <c r="G53" s="113"/>
-[...14 lines deleted...]
-      <c r="V53" s="115" t="s">
+      <c r="W53" s="102"/>
+      <c r="X53" s="102"/>
+      <c r="Y53" s="102"/>
+      <c r="Z53" s="102"/>
+      <c r="AA53" s="102"/>
+      <c r="AB53" s="102"/>
+      <c r="AC53" s="102"/>
+      <c r="AD53" s="102"/>
+      <c r="AE53" s="103"/>
+      <c r="AF53" s="104" t="s">
         <v>31</v>
       </c>
-      <c r="W53" s="116"/>
-[...8 lines deleted...]
-      <c r="AF53" s="118" t="s">
+      <c r="AG53" s="105"/>
+      <c r="AH53" s="105"/>
+      <c r="AI53" s="106"/>
+      <c r="AJ53" s="110" t="s">
         <v>32</v>
       </c>
-      <c r="AG53" s="119"/>
-[...2 lines deleted...]
-      <c r="AJ53" s="121" t="s">
+      <c r="AK53" s="111"/>
+      <c r="AL53" s="111"/>
+      <c r="AM53" s="112"/>
+      <c r="AN53" s="101" t="s">
         <v>33</v>
       </c>
-      <c r="AK53" s="122"/>
-[...2 lines deleted...]
-      <c r="AN53" s="115" t="s">
+      <c r="AO53" s="102"/>
+      <c r="AP53" s="102"/>
+      <c r="AQ53" s="103"/>
+      <c r="AR53" s="116" t="s">
         <v>34</v>
       </c>
-      <c r="AO53" s="116"/>
-[...5 lines deleted...]
-      <c r="AS53" s="125"/>
+      <c r="AS53" s="117"/>
       <c r="AU53" s="3"/>
       <c r="AV53" s="3"/>
       <c r="AW53" s="3"/>
       <c r="AX53" s="3"/>
       <c r="AY53" s="3"/>
       <c r="AZ53" s="3"/>
       <c r="BA53" s="52"/>
     </row>
     <row r="54" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B54" s="110"/>
-      <c r="C54" s="150" t="s">
+      <c r="B54" s="96"/>
+      <c r="C54" s="144" t="s">
+        <v>36</v>
+      </c>
+      <c r="D54" s="144"/>
+      <c r="E54" s="144"/>
+      <c r="F54" s="145" t="s">
         <v>37</v>
       </c>
-      <c r="D54" s="150"/>
-[...1 lines deleted...]
-      <c r="F54" s="151" t="s">
+      <c r="G54" s="146"/>
+      <c r="H54" s="147" t="s">
         <v>38</v>
       </c>
-      <c r="G54" s="152"/>
-      <c r="H54" s="103" t="s">
+      <c r="I54" s="148"/>
+      <c r="J54" s="149"/>
+      <c r="K54" s="36" t="s">
         <v>39</v>
       </c>
-      <c r="I54" s="104"/>
-[...1 lines deleted...]
-      <c r="K54" s="36" t="s">
+      <c r="L54" s="36" t="s">
         <v>40</v>
       </c>
-      <c r="L54" s="36" t="s">
+      <c r="M54" s="36" t="s">
         <v>41</v>
       </c>
-      <c r="M54" s="36" t="s">
+      <c r="N54" s="36" t="s">
         <v>42</v>
       </c>
-      <c r="N54" s="36" t="s">
+      <c r="O54" s="37" t="s">
         <v>43</v>
       </c>
-      <c r="O54" s="37" t="s">
+      <c r="P54" s="147" t="s">
         <v>44</v>
       </c>
-      <c r="P54" s="103" t="s">
+      <c r="Q54" s="148"/>
+      <c r="R54" s="148"/>
+      <c r="S54" s="148"/>
+      <c r="T54" s="148"/>
+      <c r="U54" s="150"/>
+      <c r="V54" s="120" t="s">
         <v>45</v>
       </c>
-      <c r="Q54" s="104"/>
-[...4 lines deleted...]
-      <c r="V54" s="128" t="s">
+      <c r="W54" s="151"/>
+      <c r="X54" s="151"/>
+      <c r="Y54" s="151"/>
+      <c r="Z54" s="121"/>
+      <c r="AA54" s="122" t="s">
         <v>46</v>
       </c>
-      <c r="W54" s="62"/>
-[...3 lines deleted...]
-      <c r="AA54" s="61" t="s">
+      <c r="AB54" s="151"/>
+      <c r="AC54" s="151"/>
+      <c r="AD54" s="151"/>
+      <c r="AE54" s="123"/>
+      <c r="AF54" s="107"/>
+      <c r="AG54" s="108"/>
+      <c r="AH54" s="108"/>
+      <c r="AI54" s="109"/>
+      <c r="AJ54" s="113"/>
+      <c r="AK54" s="114"/>
+      <c r="AL54" s="114"/>
+      <c r="AM54" s="115"/>
+      <c r="AN54" s="120" t="s">
         <v>47</v>
       </c>
-      <c r="AB54" s="62"/>
-[...11 lines deleted...]
-      <c r="AN54" s="128" t="s">
+      <c r="AO54" s="121"/>
+      <c r="AP54" s="122" t="s">
         <v>48</v>
       </c>
-      <c r="AO54" s="129"/>
-[...5 lines deleted...]
-      <c r="AS54" s="127"/>
+      <c r="AQ54" s="123"/>
+      <c r="AR54" s="118"/>
+      <c r="AS54" s="119"/>
     </row>
     <row r="55" spans="2:53" ht="45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B55" s="110"/>
-[...7 lines deleted...]
-      <c r="J55" s="135"/>
+      <c r="B55" s="96"/>
+      <c r="C55" s="124"/>
+      <c r="D55" s="124"/>
+      <c r="E55" s="124"/>
+      <c r="F55" s="125"/>
+      <c r="G55" s="126"/>
+      <c r="H55" s="127"/>
+      <c r="I55" s="128"/>
+      <c r="J55" s="129"/>
       <c r="K55" s="41"/>
       <c r="L55" s="41"/>
       <c r="M55" s="41"/>
       <c r="N55" s="41"/>
       <c r="O55" s="42"/>
-      <c r="P55" s="136"/>
-[...23 lines deleted...]
-      <c r="AN55" s="69" t="s">
+      <c r="P55" s="130"/>
+      <c r="Q55" s="131"/>
+      <c r="R55" s="131"/>
+      <c r="S55" s="131"/>
+      <c r="T55" s="131"/>
+      <c r="U55" s="131"/>
+      <c r="V55" s="132"/>
+      <c r="W55" s="133"/>
+      <c r="X55" s="133"/>
+      <c r="Y55" s="133"/>
+      <c r="Z55" s="134"/>
+      <c r="AA55" s="135"/>
+      <c r="AB55" s="136"/>
+      <c r="AC55" s="136"/>
+      <c r="AD55" s="136"/>
+      <c r="AE55" s="137"/>
+      <c r="AF55" s="138"/>
+      <c r="AG55" s="139"/>
+      <c r="AH55" s="139"/>
+      <c r="AI55" s="140"/>
+      <c r="AJ55" s="141"/>
+      <c r="AK55" s="142"/>
+      <c r="AL55" s="142"/>
+      <c r="AM55" s="143"/>
+      <c r="AN55" s="152" t="s">
         <v>2</v>
       </c>
-      <c r="AO55" s="70"/>
-      <c r="AP55" s="71" t="s">
+      <c r="AO55" s="153"/>
+      <c r="AP55" s="154" t="s">
         <v>2</v>
       </c>
-      <c r="AQ55" s="72"/>
-      <c r="AR55" s="73" t="s">
+      <c r="AQ55" s="155"/>
+      <c r="AR55" s="156" t="s">
         <v>2</v>
       </c>
-      <c r="AS55" s="74"/>
+      <c r="AS55" s="157"/>
     </row>
     <row r="56" spans="2:53" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B56" s="110"/>
-      <c r="C56" s="75" t="s">
+      <c r="B56" s="96"/>
+      <c r="C56" s="158" t="s">
+        <v>52</v>
+      </c>
+      <c r="D56" s="159"/>
+      <c r="E56" s="162" t="s">
         <v>53</v>
       </c>
-      <c r="D56" s="76"/>
-      <c r="E56" s="77" t="s">
+      <c r="F56" s="163"/>
+      <c r="G56" s="163"/>
+      <c r="H56" s="163"/>
+      <c r="I56" s="163"/>
+      <c r="J56" s="163"/>
+      <c r="K56" s="163"/>
+      <c r="L56" s="163"/>
+      <c r="M56" s="163"/>
+      <c r="N56" s="163"/>
+      <c r="O56" s="163"/>
+      <c r="P56" s="163"/>
+      <c r="Q56" s="163"/>
+      <c r="R56" s="163"/>
+      <c r="S56" s="163"/>
+      <c r="T56" s="163"/>
+      <c r="U56" s="163"/>
+      <c r="V56" s="163"/>
+      <c r="W56" s="163"/>
+      <c r="X56" s="164"/>
+      <c r="Y56" s="165" t="s">
         <v>54</v>
       </c>
-      <c r="F56" s="78"/>
-[...18 lines deleted...]
-      <c r="Y56" s="80" t="s">
+      <c r="Z56" s="166"/>
+      <c r="AA56" s="166"/>
+      <c r="AB56" s="167"/>
+      <c r="AC56" s="162" t="s">
         <v>55</v>
       </c>
-      <c r="Z56" s="81"/>
-[...2 lines deleted...]
-      <c r="AC56" s="77" t="s">
+      <c r="AD56" s="163"/>
+      <c r="AE56" s="163"/>
+      <c r="AF56" s="168"/>
+      <c r="AG56" s="168"/>
+      <c r="AH56" s="168"/>
+      <c r="AI56" s="168"/>
+      <c r="AJ56" s="168"/>
+      <c r="AK56" s="168"/>
+      <c r="AL56" s="168"/>
+      <c r="AM56" s="169"/>
+      <c r="AN56" s="170" t="s">
         <v>56</v>
       </c>
-      <c r="AD56" s="78"/>
-[...16 lines deleted...]
-      <c r="AS56" s="90"/>
+      <c r="AO56" s="171"/>
+      <c r="AP56" s="171"/>
+      <c r="AQ56" s="171"/>
+      <c r="AR56" s="171"/>
+      <c r="AS56" s="172"/>
       <c r="AU56" s="3"/>
       <c r="AV56" s="3"/>
       <c r="AW56" s="3"/>
       <c r="AX56" s="3"/>
       <c r="AY56" s="3"/>
       <c r="AZ56" s="3"/>
       <c r="BA56" s="52"/>
     </row>
     <row r="57" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B57" s="110"/>
-[...2 lines deleted...]
-      <c r="E57" s="91" t="s">
+      <c r="B57" s="96"/>
+      <c r="C57" s="160"/>
+      <c r="D57" s="161"/>
+      <c r="E57" s="173" t="s">
+        <v>59</v>
+      </c>
+      <c r="F57" s="174"/>
+      <c r="G57" s="174" t="s">
         <v>60</v>
       </c>
-      <c r="F57" s="92"/>
-      <c r="G57" s="92" t="s">
+      <c r="H57" s="174"/>
+      <c r="I57" s="174" t="s">
+        <v>37</v>
+      </c>
+      <c r="J57" s="174"/>
+      <c r="K57" s="174" t="s">
+        <v>38</v>
+      </c>
+      <c r="L57" s="174"/>
+      <c r="M57" s="174"/>
+      <c r="N57" s="44" t="s">
+        <v>39</v>
+      </c>
+      <c r="O57" s="44" t="s">
+        <v>40</v>
+      </c>
+      <c r="P57" s="44" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q57" s="44" t="s">
+        <v>42</v>
+      </c>
+      <c r="R57" s="37" t="s">
+        <v>43</v>
+      </c>
+      <c r="S57" s="147" t="s">
+        <v>44</v>
+      </c>
+      <c r="T57" s="148"/>
+      <c r="U57" s="148"/>
+      <c r="V57" s="148"/>
+      <c r="W57" s="148"/>
+      <c r="X57" s="150"/>
+      <c r="Y57" s="113"/>
+      <c r="Z57" s="114"/>
+      <c r="AA57" s="114"/>
+      <c r="AB57" s="115"/>
+      <c r="AC57" s="107" t="s">
         <v>61</v>
       </c>
-      <c r="H57" s="92"/>
-[...36 lines deleted...]
-      <c r="AC57" s="106" t="s">
+      <c r="AD57" s="108"/>
+      <c r="AE57" s="108"/>
+      <c r="AF57" s="108"/>
+      <c r="AG57" s="108"/>
+      <c r="AH57" s="108"/>
+      <c r="AI57" s="108"/>
+      <c r="AJ57" s="108"/>
+      <c r="AK57" s="108"/>
+      <c r="AL57" s="108"/>
+      <c r="AM57" s="109"/>
+      <c r="AN57" s="160" t="s">
         <v>62</v>
       </c>
-      <c r="AD57" s="107"/>
-[...16 lines deleted...]
-      <c r="AS57" s="60"/>
+      <c r="AO57" s="161"/>
+      <c r="AP57" s="161"/>
+      <c r="AQ57" s="161"/>
+      <c r="AR57" s="161"/>
+      <c r="AS57" s="175"/>
     </row>
     <row r="58" spans="2:53" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B58" s="111"/>
-      <c r="C58" s="64" t="s">
+      <c r="B58" s="97"/>
+      <c r="C58" s="176" t="s">
         <v>2</v>
       </c>
-      <c r="D58" s="65"/>
-[...8 lines deleted...]
-      <c r="M58" s="68"/>
+      <c r="D58" s="177"/>
+      <c r="E58" s="178"/>
+      <c r="F58" s="179"/>
+      <c r="G58" s="180"/>
+      <c r="H58" s="180"/>
+      <c r="I58" s="180"/>
+      <c r="J58" s="180"/>
+      <c r="K58" s="180"/>
+      <c r="L58" s="180"/>
+      <c r="M58" s="180"/>
       <c r="N58" s="46"/>
       <c r="O58" s="46"/>
       <c r="P58" s="46"/>
       <c r="Q58" s="46"/>
       <c r="R58" s="47"/>
-      <c r="S58" s="93"/>
-[...25 lines deleted...]
-      <c r="AS58" s="102"/>
+      <c r="S58" s="181"/>
+      <c r="T58" s="182"/>
+      <c r="U58" s="182"/>
+      <c r="V58" s="182"/>
+      <c r="W58" s="182"/>
+      <c r="X58" s="183"/>
+      <c r="Y58" s="184"/>
+      <c r="Z58" s="185"/>
+      <c r="AA58" s="185"/>
+      <c r="AB58" s="186"/>
+      <c r="AC58" s="187"/>
+      <c r="AD58" s="182"/>
+      <c r="AE58" s="182"/>
+      <c r="AF58" s="182"/>
+      <c r="AG58" s="182"/>
+      <c r="AH58" s="182"/>
+      <c r="AI58" s="182"/>
+      <c r="AJ58" s="182"/>
+      <c r="AK58" s="182"/>
+      <c r="AL58" s="182"/>
+      <c r="AM58" s="182"/>
+      <c r="AN58" s="188"/>
+      <c r="AO58" s="189"/>
+      <c r="AP58" s="189"/>
+      <c r="AQ58" s="189"/>
+      <c r="AR58" s="189"/>
+      <c r="AS58" s="190"/>
     </row>
     <row r="59" spans="2:53" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B59" s="7"/>
       <c r="C59" s="7"/>
       <c r="D59" s="7"/>
       <c r="E59" s="7"/>
       <c r="F59" s="7"/>
       <c r="G59" s="7"/>
       <c r="H59" s="7"/>
       <c r="I59" s="7"/>
       <c r="J59" s="7"/>
       <c r="K59" s="7"/>
       <c r="L59" s="7"/>
       <c r="M59" s="7"/>
       <c r="N59" s="7"/>
       <c r="O59" s="7"/>
       <c r="P59" s="7"/>
       <c r="Q59" s="7"/>
       <c r="R59" s="7"/>
       <c r="S59" s="7"/>
       <c r="T59" s="7"/>
       <c r="U59" s="7"/>
       <c r="V59" s="7"/>
       <c r="W59" s="7"/>
       <c r="X59" s="7"/>
       <c r="Y59" s="7"/>
       <c r="Z59" s="7"/>
       <c r="AA59" s="7"/>
       <c r="AB59" s="7"/>
       <c r="AC59" s="7"/>
       <c r="AD59" s="7"/>
       <c r="AE59" s="7"/>
       <c r="AF59" s="7"/>
       <c r="AG59" s="7"/>
       <c r="AH59" s="7"/>
       <c r="AI59" s="7"/>
       <c r="AJ59" s="7"/>
       <c r="AK59" s="7"/>
       <c r="AL59" s="7"/>
       <c r="AM59" s="7"/>
       <c r="AN59" s="7"/>
       <c r="AO59" s="7"/>
       <c r="AP59" s="7"/>
       <c r="AQ59" s="7"/>
       <c r="AR59" s="7"/>
       <c r="AS59" s="7"/>
     </row>
     <row r="60" spans="2:53" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B60" s="109" t="s">
-[...2 lines deleted...]
-      <c r="C60" s="112" t="s">
+      <c r="B60" s="95" t="s">
+        <v>101</v>
+      </c>
+      <c r="C60" s="98" t="s">
+        <v>28</v>
+      </c>
+      <c r="D60" s="99"/>
+      <c r="E60" s="100"/>
+      <c r="F60" s="98" t="s">
         <v>29</v>
       </c>
-      <c r="D60" s="113"/>
-[...1 lines deleted...]
-      <c r="F60" s="112" t="s">
+      <c r="G60" s="99"/>
+      <c r="H60" s="99"/>
+      <c r="I60" s="99"/>
+      <c r="J60" s="99"/>
+      <c r="K60" s="99"/>
+      <c r="L60" s="99"/>
+      <c r="M60" s="99"/>
+      <c r="N60" s="99"/>
+      <c r="O60" s="99"/>
+      <c r="P60" s="99"/>
+      <c r="Q60" s="99"/>
+      <c r="R60" s="99"/>
+      <c r="S60" s="99"/>
+      <c r="T60" s="99"/>
+      <c r="U60" s="100"/>
+      <c r="V60" s="101" t="s">
         <v>30</v>
       </c>
-      <c r="G60" s="113"/>
-[...14 lines deleted...]
-      <c r="V60" s="115" t="s">
+      <c r="W60" s="102"/>
+      <c r="X60" s="102"/>
+      <c r="Y60" s="102"/>
+      <c r="Z60" s="102"/>
+      <c r="AA60" s="102"/>
+      <c r="AB60" s="102"/>
+      <c r="AC60" s="102"/>
+      <c r="AD60" s="102"/>
+      <c r="AE60" s="103"/>
+      <c r="AF60" s="104" t="s">
         <v>31</v>
       </c>
-      <c r="W60" s="116"/>
-[...8 lines deleted...]
-      <c r="AF60" s="118" t="s">
+      <c r="AG60" s="105"/>
+      <c r="AH60" s="105"/>
+      <c r="AI60" s="106"/>
+      <c r="AJ60" s="110" t="s">
         <v>32</v>
       </c>
-      <c r="AG60" s="119"/>
-[...2 lines deleted...]
-      <c r="AJ60" s="121" t="s">
+      <c r="AK60" s="111"/>
+      <c r="AL60" s="111"/>
+      <c r="AM60" s="112"/>
+      <c r="AN60" s="101" t="s">
         <v>33</v>
       </c>
-      <c r="AK60" s="122"/>
-[...2 lines deleted...]
-      <c r="AN60" s="115" t="s">
+      <c r="AO60" s="102"/>
+      <c r="AP60" s="102"/>
+      <c r="AQ60" s="103"/>
+      <c r="AR60" s="116" t="s">
         <v>34</v>
       </c>
-      <c r="AO60" s="116"/>
-[...5 lines deleted...]
-      <c r="AS60" s="125"/>
+      <c r="AS60" s="117"/>
       <c r="AU60" s="3"/>
       <c r="AV60" s="3"/>
       <c r="AW60" s="3"/>
       <c r="AX60" s="3"/>
       <c r="AY60" s="3"/>
       <c r="AZ60" s="3"/>
       <c r="BA60" s="52"/>
     </row>
     <row r="61" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B61" s="110"/>
-      <c r="C61" s="150" t="s">
+      <c r="B61" s="96"/>
+      <c r="C61" s="144" t="s">
+        <v>36</v>
+      </c>
+      <c r="D61" s="144"/>
+      <c r="E61" s="144"/>
+      <c r="F61" s="145" t="s">
         <v>37</v>
       </c>
-      <c r="D61" s="150"/>
-[...1 lines deleted...]
-      <c r="F61" s="151" t="s">
+      <c r="G61" s="146"/>
+      <c r="H61" s="147" t="s">
         <v>38</v>
       </c>
-      <c r="G61" s="152"/>
-      <c r="H61" s="103" t="s">
+      <c r="I61" s="148"/>
+      <c r="J61" s="149"/>
+      <c r="K61" s="36" t="s">
         <v>39</v>
       </c>
-      <c r="I61" s="104"/>
-[...1 lines deleted...]
-      <c r="K61" s="36" t="s">
+      <c r="L61" s="36" t="s">
         <v>40</v>
       </c>
-      <c r="L61" s="36" t="s">
+      <c r="M61" s="36" t="s">
         <v>41</v>
       </c>
-      <c r="M61" s="36" t="s">
+      <c r="N61" s="36" t="s">
         <v>42</v>
       </c>
-      <c r="N61" s="36" t="s">
+      <c r="O61" s="37" t="s">
         <v>43</v>
       </c>
-      <c r="O61" s="37" t="s">
+      <c r="P61" s="147" t="s">
         <v>44</v>
       </c>
-      <c r="P61" s="103" t="s">
+      <c r="Q61" s="148"/>
+      <c r="R61" s="148"/>
+      <c r="S61" s="148"/>
+      <c r="T61" s="148"/>
+      <c r="U61" s="150"/>
+      <c r="V61" s="120" t="s">
         <v>45</v>
       </c>
-      <c r="Q61" s="104"/>
-[...4 lines deleted...]
-      <c r="V61" s="128" t="s">
+      <c r="W61" s="151"/>
+      <c r="X61" s="151"/>
+      <c r="Y61" s="151"/>
+      <c r="Z61" s="121"/>
+      <c r="AA61" s="122" t="s">
         <v>46</v>
       </c>
-      <c r="W61" s="62"/>
-[...3 lines deleted...]
-      <c r="AA61" s="61" t="s">
+      <c r="AB61" s="151"/>
+      <c r="AC61" s="151"/>
+      <c r="AD61" s="151"/>
+      <c r="AE61" s="123"/>
+      <c r="AF61" s="107"/>
+      <c r="AG61" s="108"/>
+      <c r="AH61" s="108"/>
+      <c r="AI61" s="109"/>
+      <c r="AJ61" s="113"/>
+      <c r="AK61" s="114"/>
+      <c r="AL61" s="114"/>
+      <c r="AM61" s="115"/>
+      <c r="AN61" s="120" t="s">
         <v>47</v>
       </c>
-      <c r="AB61" s="62"/>
-[...11 lines deleted...]
-      <c r="AN61" s="128" t="s">
+      <c r="AO61" s="121"/>
+      <c r="AP61" s="122" t="s">
         <v>48</v>
       </c>
-      <c r="AO61" s="129"/>
-[...5 lines deleted...]
-      <c r="AS61" s="127"/>
+      <c r="AQ61" s="123"/>
+      <c r="AR61" s="118"/>
+      <c r="AS61" s="119"/>
     </row>
     <row r="62" spans="2:53" ht="45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B62" s="110"/>
-[...7 lines deleted...]
-      <c r="J62" s="135"/>
+      <c r="B62" s="96"/>
+      <c r="C62" s="124"/>
+      <c r="D62" s="124"/>
+      <c r="E62" s="124"/>
+      <c r="F62" s="125"/>
+      <c r="G62" s="126"/>
+      <c r="H62" s="127"/>
+      <c r="I62" s="128"/>
+      <c r="J62" s="129"/>
       <c r="K62" s="41"/>
       <c r="L62" s="41"/>
       <c r="M62" s="41"/>
       <c r="N62" s="41"/>
       <c r="O62" s="42"/>
-      <c r="P62" s="136"/>
-[...23 lines deleted...]
-      <c r="AN62" s="69" t="s">
+      <c r="P62" s="130"/>
+      <c r="Q62" s="131"/>
+      <c r="R62" s="131"/>
+      <c r="S62" s="131"/>
+      <c r="T62" s="131"/>
+      <c r="U62" s="131"/>
+      <c r="V62" s="132"/>
+      <c r="W62" s="133"/>
+      <c r="X62" s="133"/>
+      <c r="Y62" s="133"/>
+      <c r="Z62" s="134"/>
+      <c r="AA62" s="135"/>
+      <c r="AB62" s="136"/>
+      <c r="AC62" s="136"/>
+      <c r="AD62" s="136"/>
+      <c r="AE62" s="137"/>
+      <c r="AF62" s="138"/>
+      <c r="AG62" s="139"/>
+      <c r="AH62" s="139"/>
+      <c r="AI62" s="140"/>
+      <c r="AJ62" s="141"/>
+      <c r="AK62" s="142"/>
+      <c r="AL62" s="142"/>
+      <c r="AM62" s="143"/>
+      <c r="AN62" s="152" t="s">
         <v>2</v>
       </c>
-      <c r="AO62" s="70"/>
-      <c r="AP62" s="71" t="s">
+      <c r="AO62" s="153"/>
+      <c r="AP62" s="154" t="s">
         <v>2</v>
       </c>
-      <c r="AQ62" s="72"/>
-      <c r="AR62" s="73" t="s">
+      <c r="AQ62" s="155"/>
+      <c r="AR62" s="156" t="s">
         <v>2</v>
       </c>
-      <c r="AS62" s="74"/>
+      <c r="AS62" s="157"/>
     </row>
     <row r="63" spans="2:53" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B63" s="110"/>
-      <c r="C63" s="75" t="s">
+      <c r="B63" s="96"/>
+      <c r="C63" s="158" t="s">
+        <v>52</v>
+      </c>
+      <c r="D63" s="159"/>
+      <c r="E63" s="162" t="s">
         <v>53</v>
       </c>
-      <c r="D63" s="76"/>
-      <c r="E63" s="77" t="s">
+      <c r="F63" s="163"/>
+      <c r="G63" s="163"/>
+      <c r="H63" s="163"/>
+      <c r="I63" s="163"/>
+      <c r="J63" s="163"/>
+      <c r="K63" s="163"/>
+      <c r="L63" s="163"/>
+      <c r="M63" s="163"/>
+      <c r="N63" s="163"/>
+      <c r="O63" s="163"/>
+      <c r="P63" s="163"/>
+      <c r="Q63" s="163"/>
+      <c r="R63" s="163"/>
+      <c r="S63" s="163"/>
+      <c r="T63" s="163"/>
+      <c r="U63" s="163"/>
+      <c r="V63" s="163"/>
+      <c r="W63" s="163"/>
+      <c r="X63" s="164"/>
+      <c r="Y63" s="165" t="s">
         <v>54</v>
       </c>
-      <c r="F63" s="78"/>
-[...18 lines deleted...]
-      <c r="Y63" s="80" t="s">
+      <c r="Z63" s="166"/>
+      <c r="AA63" s="166"/>
+      <c r="AB63" s="167"/>
+      <c r="AC63" s="162" t="s">
         <v>55</v>
       </c>
-      <c r="Z63" s="81"/>
-[...2 lines deleted...]
-      <c r="AC63" s="77" t="s">
+      <c r="AD63" s="163"/>
+      <c r="AE63" s="163"/>
+      <c r="AF63" s="168"/>
+      <c r="AG63" s="168"/>
+      <c r="AH63" s="168"/>
+      <c r="AI63" s="168"/>
+      <c r="AJ63" s="168"/>
+      <c r="AK63" s="168"/>
+      <c r="AL63" s="168"/>
+      <c r="AM63" s="169"/>
+      <c r="AN63" s="170" t="s">
         <v>56</v>
       </c>
-      <c r="AD63" s="78"/>
-[...16 lines deleted...]
-      <c r="AS63" s="90"/>
+      <c r="AO63" s="171"/>
+      <c r="AP63" s="171"/>
+      <c r="AQ63" s="171"/>
+      <c r="AR63" s="171"/>
+      <c r="AS63" s="172"/>
       <c r="AU63" s="3"/>
       <c r="AV63" s="3"/>
       <c r="AW63" s="3"/>
       <c r="AX63" s="3"/>
       <c r="AY63" s="3"/>
       <c r="AZ63" s="3"/>
       <c r="BA63" s="52"/>
     </row>
     <row r="64" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B64" s="110"/>
-[...2 lines deleted...]
-      <c r="E64" s="91" t="s">
+      <c r="B64" s="96"/>
+      <c r="C64" s="160"/>
+      <c r="D64" s="161"/>
+      <c r="E64" s="173" t="s">
+        <v>59</v>
+      </c>
+      <c r="F64" s="174"/>
+      <c r="G64" s="174" t="s">
         <v>60</v>
       </c>
-      <c r="F64" s="92"/>
-      <c r="G64" s="92" t="s">
+      <c r="H64" s="174"/>
+      <c r="I64" s="174" t="s">
+        <v>37</v>
+      </c>
+      <c r="J64" s="174"/>
+      <c r="K64" s="174" t="s">
+        <v>38</v>
+      </c>
+      <c r="L64" s="174"/>
+      <c r="M64" s="174"/>
+      <c r="N64" s="44" t="s">
+        <v>39</v>
+      </c>
+      <c r="O64" s="44" t="s">
+        <v>40</v>
+      </c>
+      <c r="P64" s="44" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q64" s="44" t="s">
+        <v>42</v>
+      </c>
+      <c r="R64" s="37" t="s">
+        <v>43</v>
+      </c>
+      <c r="S64" s="147" t="s">
+        <v>44</v>
+      </c>
+      <c r="T64" s="148"/>
+      <c r="U64" s="148"/>
+      <c r="V64" s="148"/>
+      <c r="W64" s="148"/>
+      <c r="X64" s="150"/>
+      <c r="Y64" s="113"/>
+      <c r="Z64" s="114"/>
+      <c r="AA64" s="114"/>
+      <c r="AB64" s="115"/>
+      <c r="AC64" s="107" t="s">
         <v>61</v>
       </c>
-      <c r="H64" s="92"/>
-[...36 lines deleted...]
-      <c r="AC64" s="106" t="s">
+      <c r="AD64" s="108"/>
+      <c r="AE64" s="108"/>
+      <c r="AF64" s="108"/>
+      <c r="AG64" s="108"/>
+      <c r="AH64" s="108"/>
+      <c r="AI64" s="108"/>
+      <c r="AJ64" s="108"/>
+      <c r="AK64" s="108"/>
+      <c r="AL64" s="108"/>
+      <c r="AM64" s="109"/>
+      <c r="AN64" s="160" t="s">
         <v>62</v>
       </c>
-      <c r="AD64" s="107"/>
-[...16 lines deleted...]
-      <c r="AS64" s="60"/>
+      <c r="AO64" s="161"/>
+      <c r="AP64" s="161"/>
+      <c r="AQ64" s="161"/>
+      <c r="AR64" s="161"/>
+      <c r="AS64" s="175"/>
     </row>
     <row r="65" spans="2:45" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B65" s="111"/>
-      <c r="C65" s="64" t="s">
+      <c r="B65" s="97"/>
+      <c r="C65" s="176" t="s">
         <v>2</v>
       </c>
-      <c r="D65" s="65"/>
-[...8 lines deleted...]
-      <c r="M65" s="68"/>
+      <c r="D65" s="177"/>
+      <c r="E65" s="178"/>
+      <c r="F65" s="179"/>
+      <c r="G65" s="180"/>
+      <c r="H65" s="180"/>
+      <c r="I65" s="180"/>
+      <c r="J65" s="180"/>
+      <c r="K65" s="180"/>
+      <c r="L65" s="180"/>
+      <c r="M65" s="180"/>
       <c r="N65" s="46"/>
       <c r="O65" s="46"/>
       <c r="P65" s="46"/>
       <c r="Q65" s="46"/>
       <c r="R65" s="47"/>
-      <c r="S65" s="93"/>
-[...25 lines deleted...]
-      <c r="AS65" s="102"/>
+      <c r="S65" s="181"/>
+      <c r="T65" s="182"/>
+      <c r="U65" s="182"/>
+      <c r="V65" s="182"/>
+      <c r="W65" s="182"/>
+      <c r="X65" s="183"/>
+      <c r="Y65" s="184"/>
+      <c r="Z65" s="185"/>
+      <c r="AA65" s="185"/>
+      <c r="AB65" s="186"/>
+      <c r="AC65" s="187"/>
+      <c r="AD65" s="182"/>
+      <c r="AE65" s="182"/>
+      <c r="AF65" s="182"/>
+      <c r="AG65" s="182"/>
+      <c r="AH65" s="182"/>
+      <c r="AI65" s="182"/>
+      <c r="AJ65" s="182"/>
+      <c r="AK65" s="182"/>
+      <c r="AL65" s="182"/>
+      <c r="AM65" s="182"/>
+      <c r="AN65" s="188"/>
+      <c r="AO65" s="189"/>
+      <c r="AP65" s="189"/>
+      <c r="AQ65" s="189"/>
+      <c r="AR65" s="189"/>
+      <c r="AS65" s="190"/>
     </row>
     <row r="66" spans="2:45" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B66" s="7"/>
       <c r="C66" s="7"/>
       <c r="D66" s="7"/>
       <c r="E66" s="7"/>
       <c r="F66" s="7"/>
       <c r="G66" s="7"/>
       <c r="H66" s="7"/>
       <c r="I66" s="7"/>
       <c r="J66" s="7"/>
       <c r="K66" s="7"/>
       <c r="L66" s="7"/>
       <c r="M66" s="7"/>
       <c r="N66" s="7"/>
       <c r="O66" s="7"/>
       <c r="P66" s="7"/>
       <c r="Q66" s="7"/>
       <c r="R66" s="7"/>
       <c r="S66" s="7"/>
       <c r="T66" s="7"/>
       <c r="U66" s="7"/>
       <c r="V66" s="7"/>
       <c r="W66" s="7"/>
       <c r="X66" s="7"/>
       <c r="Y66" s="7"/>
       <c r="Z66" s="7"/>
       <c r="AA66" s="7"/>
       <c r="AB66" s="7"/>
       <c r="AC66" s="7"/>
       <c r="AD66" s="7"/>
       <c r="AE66" s="7"/>
       <c r="AF66" s="7"/>
       <c r="AG66" s="7"/>
       <c r="AH66" s="7"/>
       <c r="AI66" s="7"/>
       <c r="AJ66" s="7"/>
       <c r="AK66" s="7"/>
       <c r="AL66" s="7"/>
       <c r="AM66" s="7"/>
       <c r="AN66" s="7"/>
       <c r="AO66" s="7"/>
       <c r="AP66" s="7"/>
       <c r="AQ66" s="7"/>
       <c r="AR66" s="7"/>
       <c r="AS66" s="7"/>
     </row>
     <row r="67" spans="2:45" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B67" s="109" t="s">
-[...2 lines deleted...]
-      <c r="C67" s="112" t="s">
+      <c r="B67" s="95" t="s">
+        <v>102</v>
+      </c>
+      <c r="C67" s="98" t="s">
+        <v>28</v>
+      </c>
+      <c r="D67" s="99"/>
+      <c r="E67" s="100"/>
+      <c r="F67" s="98" t="s">
         <v>29</v>
       </c>
-      <c r="D67" s="113"/>
-[...1 lines deleted...]
-      <c r="F67" s="112" t="s">
+      <c r="G67" s="99"/>
+      <c r="H67" s="99"/>
+      <c r="I67" s="99"/>
+      <c r="J67" s="99"/>
+      <c r="K67" s="99"/>
+      <c r="L67" s="99"/>
+      <c r="M67" s="99"/>
+      <c r="N67" s="99"/>
+      <c r="O67" s="99"/>
+      <c r="P67" s="99"/>
+      <c r="Q67" s="99"/>
+      <c r="R67" s="99"/>
+      <c r="S67" s="99"/>
+      <c r="T67" s="99"/>
+      <c r="U67" s="100"/>
+      <c r="V67" s="101" t="s">
         <v>30</v>
       </c>
-      <c r="G67" s="113"/>
-[...14 lines deleted...]
-      <c r="V67" s="115" t="s">
+      <c r="W67" s="102"/>
+      <c r="X67" s="102"/>
+      <c r="Y67" s="102"/>
+      <c r="Z67" s="102"/>
+      <c r="AA67" s="102"/>
+      <c r="AB67" s="102"/>
+      <c r="AC67" s="102"/>
+      <c r="AD67" s="102"/>
+      <c r="AE67" s="103"/>
+      <c r="AF67" s="104" t="s">
         <v>31</v>
       </c>
-      <c r="W67" s="116"/>
-[...8 lines deleted...]
-      <c r="AF67" s="118" t="s">
+      <c r="AG67" s="105"/>
+      <c r="AH67" s="105"/>
+      <c r="AI67" s="106"/>
+      <c r="AJ67" s="110" t="s">
         <v>32</v>
       </c>
-      <c r="AG67" s="119"/>
-[...2 lines deleted...]
-      <c r="AJ67" s="121" t="s">
+      <c r="AK67" s="111"/>
+      <c r="AL67" s="111"/>
+      <c r="AM67" s="112"/>
+      <c r="AN67" s="101" t="s">
         <v>33</v>
       </c>
-      <c r="AK67" s="122"/>
-[...2 lines deleted...]
-      <c r="AN67" s="115" t="s">
+      <c r="AO67" s="102"/>
+      <c r="AP67" s="102"/>
+      <c r="AQ67" s="103"/>
+      <c r="AR67" s="116" t="s">
         <v>34</v>
       </c>
-      <c r="AO67" s="116"/>
-[...5 lines deleted...]
-      <c r="AS67" s="125"/>
+      <c r="AS67" s="117"/>
     </row>
     <row r="68" spans="2:45" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B68" s="110"/>
-      <c r="C68" s="150" t="s">
+      <c r="B68" s="96"/>
+      <c r="C68" s="144" t="s">
+        <v>36</v>
+      </c>
+      <c r="D68" s="144"/>
+      <c r="E68" s="144"/>
+      <c r="F68" s="145" t="s">
         <v>37</v>
       </c>
-      <c r="D68" s="150"/>
-[...1 lines deleted...]
-      <c r="F68" s="151" t="s">
+      <c r="G68" s="146"/>
+      <c r="H68" s="147" t="s">
         <v>38</v>
       </c>
-      <c r="G68" s="152"/>
-      <c r="H68" s="103" t="s">
+      <c r="I68" s="148"/>
+      <c r="J68" s="149"/>
+      <c r="K68" s="36" t="s">
         <v>39</v>
       </c>
-      <c r="I68" s="104"/>
-[...1 lines deleted...]
-      <c r="K68" s="36" t="s">
+      <c r="L68" s="36" t="s">
         <v>40</v>
       </c>
-      <c r="L68" s="36" t="s">
+      <c r="M68" s="36" t="s">
         <v>41</v>
       </c>
-      <c r="M68" s="36" t="s">
+      <c r="N68" s="36" t="s">
         <v>42</v>
       </c>
-      <c r="N68" s="36" t="s">
+      <c r="O68" s="37" t="s">
         <v>43</v>
       </c>
-      <c r="O68" s="37" t="s">
+      <c r="P68" s="147" t="s">
         <v>44</v>
       </c>
-      <c r="P68" s="103" t="s">
+      <c r="Q68" s="148"/>
+      <c r="R68" s="148"/>
+      <c r="S68" s="148"/>
+      <c r="T68" s="148"/>
+      <c r="U68" s="150"/>
+      <c r="V68" s="120" t="s">
         <v>45</v>
       </c>
-      <c r="Q68" s="104"/>
-[...4 lines deleted...]
-      <c r="V68" s="128" t="s">
+      <c r="W68" s="151"/>
+      <c r="X68" s="151"/>
+      <c r="Y68" s="151"/>
+      <c r="Z68" s="121"/>
+      <c r="AA68" s="122" t="s">
         <v>46</v>
       </c>
-      <c r="W68" s="62"/>
-[...3 lines deleted...]
-      <c r="AA68" s="61" t="s">
+      <c r="AB68" s="151"/>
+      <c r="AC68" s="151"/>
+      <c r="AD68" s="151"/>
+      <c r="AE68" s="123"/>
+      <c r="AF68" s="107"/>
+      <c r="AG68" s="108"/>
+      <c r="AH68" s="108"/>
+      <c r="AI68" s="109"/>
+      <c r="AJ68" s="113"/>
+      <c r="AK68" s="114"/>
+      <c r="AL68" s="114"/>
+      <c r="AM68" s="115"/>
+      <c r="AN68" s="120" t="s">
         <v>47</v>
       </c>
-      <c r="AB68" s="62"/>
-[...11 lines deleted...]
-      <c r="AN68" s="128" t="s">
+      <c r="AO68" s="121"/>
+      <c r="AP68" s="122" t="s">
         <v>48</v>
       </c>
-      <c r="AO68" s="129"/>
-[...5 lines deleted...]
-      <c r="AS68" s="127"/>
+      <c r="AQ68" s="123"/>
+      <c r="AR68" s="118"/>
+      <c r="AS68" s="119"/>
     </row>
     <row r="69" spans="2:45" ht="45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B69" s="110"/>
-[...7 lines deleted...]
-      <c r="J69" s="135"/>
+      <c r="B69" s="96"/>
+      <c r="C69" s="124"/>
+      <c r="D69" s="124"/>
+      <c r="E69" s="124"/>
+      <c r="F69" s="125"/>
+      <c r="G69" s="126"/>
+      <c r="H69" s="127"/>
+      <c r="I69" s="128"/>
+      <c r="J69" s="129"/>
       <c r="K69" s="41"/>
       <c r="L69" s="41"/>
       <c r="M69" s="41"/>
       <c r="N69" s="41"/>
       <c r="O69" s="42"/>
-      <c r="P69" s="136"/>
-[...23 lines deleted...]
-      <c r="AN69" s="69" t="s">
+      <c r="P69" s="130"/>
+      <c r="Q69" s="131"/>
+      <c r="R69" s="131"/>
+      <c r="S69" s="131"/>
+      <c r="T69" s="131"/>
+      <c r="U69" s="131"/>
+      <c r="V69" s="132"/>
+      <c r="W69" s="133"/>
+      <c r="X69" s="133"/>
+      <c r="Y69" s="133"/>
+      <c r="Z69" s="134"/>
+      <c r="AA69" s="135"/>
+      <c r="AB69" s="136"/>
+      <c r="AC69" s="136"/>
+      <c r="AD69" s="136"/>
+      <c r="AE69" s="137"/>
+      <c r="AF69" s="138"/>
+      <c r="AG69" s="139"/>
+      <c r="AH69" s="139"/>
+      <c r="AI69" s="140"/>
+      <c r="AJ69" s="141"/>
+      <c r="AK69" s="142"/>
+      <c r="AL69" s="142"/>
+      <c r="AM69" s="143"/>
+      <c r="AN69" s="152" t="s">
         <v>2</v>
       </c>
-      <c r="AO69" s="70"/>
-      <c r="AP69" s="71" t="s">
+      <c r="AO69" s="153"/>
+      <c r="AP69" s="154" t="s">
         <v>2</v>
       </c>
-      <c r="AQ69" s="72"/>
-      <c r="AR69" s="73" t="s">
+      <c r="AQ69" s="155"/>
+      <c r="AR69" s="156" t="s">
         <v>2</v>
       </c>
-      <c r="AS69" s="74"/>
+      <c r="AS69" s="157"/>
     </row>
     <row r="70" spans="2:45" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B70" s="110"/>
-      <c r="C70" s="75" t="s">
+      <c r="B70" s="96"/>
+      <c r="C70" s="158" t="s">
+        <v>52</v>
+      </c>
+      <c r="D70" s="159"/>
+      <c r="E70" s="162" t="s">
         <v>53</v>
       </c>
-      <c r="D70" s="76"/>
-      <c r="E70" s="77" t="s">
+      <c r="F70" s="163"/>
+      <c r="G70" s="163"/>
+      <c r="H70" s="163"/>
+      <c r="I70" s="163"/>
+      <c r="J70" s="163"/>
+      <c r="K70" s="163"/>
+      <c r="L70" s="163"/>
+      <c r="M70" s="163"/>
+      <c r="N70" s="163"/>
+      <c r="O70" s="163"/>
+      <c r="P70" s="163"/>
+      <c r="Q70" s="163"/>
+      <c r="R70" s="163"/>
+      <c r="S70" s="163"/>
+      <c r="T70" s="163"/>
+      <c r="U70" s="163"/>
+      <c r="V70" s="163"/>
+      <c r="W70" s="163"/>
+      <c r="X70" s="164"/>
+      <c r="Y70" s="165" t="s">
         <v>54</v>
       </c>
-      <c r="F70" s="78"/>
-[...18 lines deleted...]
-      <c r="Y70" s="80" t="s">
+      <c r="Z70" s="166"/>
+      <c r="AA70" s="166"/>
+      <c r="AB70" s="167"/>
+      <c r="AC70" s="162" t="s">
         <v>55</v>
       </c>
-      <c r="Z70" s="81"/>
-[...2 lines deleted...]
-      <c r="AC70" s="77" t="s">
+      <c r="AD70" s="163"/>
+      <c r="AE70" s="163"/>
+      <c r="AF70" s="168"/>
+      <c r="AG70" s="168"/>
+      <c r="AH70" s="168"/>
+      <c r="AI70" s="168"/>
+      <c r="AJ70" s="168"/>
+      <c r="AK70" s="168"/>
+      <c r="AL70" s="168"/>
+      <c r="AM70" s="169"/>
+      <c r="AN70" s="170" t="s">
         <v>56</v>
       </c>
-      <c r="AD70" s="78"/>
-[...16 lines deleted...]
-      <c r="AS70" s="90"/>
+      <c r="AO70" s="171"/>
+      <c r="AP70" s="171"/>
+      <c r="AQ70" s="171"/>
+      <c r="AR70" s="171"/>
+      <c r="AS70" s="172"/>
     </row>
     <row r="71" spans="2:45" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B71" s="110"/>
-[...2 lines deleted...]
-      <c r="E71" s="91" t="s">
+      <c r="B71" s="96"/>
+      <c r="C71" s="160"/>
+      <c r="D71" s="161"/>
+      <c r="E71" s="173" t="s">
+        <v>59</v>
+      </c>
+      <c r="F71" s="174"/>
+      <c r="G71" s="174" t="s">
         <v>60</v>
       </c>
-      <c r="F71" s="92"/>
-      <c r="G71" s="92" t="s">
+      <c r="H71" s="174"/>
+      <c r="I71" s="174" t="s">
+        <v>37</v>
+      </c>
+      <c r="J71" s="174"/>
+      <c r="K71" s="174" t="s">
+        <v>38</v>
+      </c>
+      <c r="L71" s="174"/>
+      <c r="M71" s="174"/>
+      <c r="N71" s="44" t="s">
+        <v>39</v>
+      </c>
+      <c r="O71" s="44" t="s">
+        <v>40</v>
+      </c>
+      <c r="P71" s="44" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q71" s="44" t="s">
+        <v>42</v>
+      </c>
+      <c r="R71" s="37" t="s">
+        <v>43</v>
+      </c>
+      <c r="S71" s="147" t="s">
+        <v>44</v>
+      </c>
+      <c r="T71" s="148"/>
+      <c r="U71" s="148"/>
+      <c r="V71" s="148"/>
+      <c r="W71" s="148"/>
+      <c r="X71" s="150"/>
+      <c r="Y71" s="113"/>
+      <c r="Z71" s="114"/>
+      <c r="AA71" s="114"/>
+      <c r="AB71" s="115"/>
+      <c r="AC71" s="107" t="s">
         <v>61</v>
       </c>
-      <c r="H71" s="92"/>
-[...36 lines deleted...]
-      <c r="AC71" s="106" t="s">
+      <c r="AD71" s="108"/>
+      <c r="AE71" s="108"/>
+      <c r="AF71" s="108"/>
+      <c r="AG71" s="108"/>
+      <c r="AH71" s="108"/>
+      <c r="AI71" s="108"/>
+      <c r="AJ71" s="108"/>
+      <c r="AK71" s="108"/>
+      <c r="AL71" s="108"/>
+      <c r="AM71" s="109"/>
+      <c r="AN71" s="160" t="s">
         <v>62</v>
       </c>
-      <c r="AD71" s="107"/>
-[...16 lines deleted...]
-      <c r="AS71" s="60"/>
+      <c r="AO71" s="161"/>
+      <c r="AP71" s="161"/>
+      <c r="AQ71" s="161"/>
+      <c r="AR71" s="161"/>
+      <c r="AS71" s="175"/>
     </row>
     <row r="72" spans="2:45" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B72" s="111"/>
-      <c r="C72" s="64" t="s">
+      <c r="B72" s="97"/>
+      <c r="C72" s="176" t="s">
         <v>2</v>
       </c>
-      <c r="D72" s="65"/>
-[...8 lines deleted...]
-      <c r="M72" s="68"/>
+      <c r="D72" s="177"/>
+      <c r="E72" s="178"/>
+      <c r="F72" s="179"/>
+      <c r="G72" s="180"/>
+      <c r="H72" s="180"/>
+      <c r="I72" s="180"/>
+      <c r="J72" s="180"/>
+      <c r="K72" s="180"/>
+      <c r="L72" s="180"/>
+      <c r="M72" s="180"/>
       <c r="N72" s="46"/>
       <c r="O72" s="46"/>
       <c r="P72" s="46"/>
       <c r="Q72" s="46"/>
       <c r="R72" s="47"/>
-      <c r="S72" s="93"/>
-[...25 lines deleted...]
-      <c r="AS72" s="102"/>
+      <c r="S72" s="181"/>
+      <c r="T72" s="182"/>
+      <c r="U72" s="182"/>
+      <c r="V72" s="182"/>
+      <c r="W72" s="182"/>
+      <c r="X72" s="183"/>
+      <c r="Y72" s="184"/>
+      <c r="Z72" s="185"/>
+      <c r="AA72" s="185"/>
+      <c r="AB72" s="186"/>
+      <c r="AC72" s="187"/>
+      <c r="AD72" s="182"/>
+      <c r="AE72" s="182"/>
+      <c r="AF72" s="182"/>
+      <c r="AG72" s="182"/>
+      <c r="AH72" s="182"/>
+      <c r="AI72" s="182"/>
+      <c r="AJ72" s="182"/>
+      <c r="AK72" s="182"/>
+      <c r="AL72" s="182"/>
+      <c r="AM72" s="182"/>
+      <c r="AN72" s="188"/>
+      <c r="AO72" s="189"/>
+      <c r="AP72" s="189"/>
+      <c r="AQ72" s="189"/>
+      <c r="AR72" s="189"/>
+      <c r="AS72" s="190"/>
     </row>
     <row r="73" spans="2:45" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B73" s="7"/>
       <c r="C73" s="7"/>
       <c r="D73" s="7"/>
       <c r="E73" s="7"/>
       <c r="F73" s="7"/>
       <c r="G73" s="7"/>
       <c r="H73" s="7"/>
       <c r="I73" s="7"/>
       <c r="J73" s="7"/>
       <c r="K73" s="7"/>
       <c r="L73" s="7"/>
       <c r="M73" s="7"/>
       <c r="N73" s="7"/>
       <c r="O73" s="7"/>
       <c r="P73" s="7"/>
       <c r="Q73" s="7"/>
       <c r="R73" s="7"/>
       <c r="S73" s="7"/>
       <c r="T73" s="7"/>
       <c r="U73" s="7"/>
       <c r="V73" s="7"/>
       <c r="W73" s="7"/>
       <c r="X73" s="7"/>
       <c r="Y73" s="7"/>
       <c r="Z73" s="7"/>
       <c r="AA73" s="7"/>
       <c r="AB73" s="7"/>
       <c r="AC73" s="7"/>
       <c r="AD73" s="7"/>
       <c r="AE73" s="7"/>
       <c r="AF73" s="7"/>
       <c r="AG73" s="7"/>
       <c r="AH73" s="7"/>
       <c r="AI73" s="7"/>
       <c r="AJ73" s="7"/>
       <c r="AK73" s="7"/>
       <c r="AL73" s="7"/>
       <c r="AM73" s="7"/>
       <c r="AN73" s="7"/>
       <c r="AO73" s="7"/>
       <c r="AP73" s="7"/>
       <c r="AQ73" s="7"/>
       <c r="AR73" s="7"/>
       <c r="AS73" s="7"/>
     </row>
     <row r="74" spans="2:45" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B74" s="109" t="s">
-[...2 lines deleted...]
-      <c r="C74" s="112" t="s">
+      <c r="B74" s="95" t="s">
+        <v>103</v>
+      </c>
+      <c r="C74" s="98" t="s">
+        <v>28</v>
+      </c>
+      <c r="D74" s="99"/>
+      <c r="E74" s="100"/>
+      <c r="F74" s="98" t="s">
         <v>29</v>
       </c>
-      <c r="D74" s="113"/>
-[...1 lines deleted...]
-      <c r="F74" s="112" t="s">
+      <c r="G74" s="99"/>
+      <c r="H74" s="99"/>
+      <c r="I74" s="99"/>
+      <c r="J74" s="99"/>
+      <c r="K74" s="99"/>
+      <c r="L74" s="99"/>
+      <c r="M74" s="99"/>
+      <c r="N74" s="99"/>
+      <c r="O74" s="99"/>
+      <c r="P74" s="99"/>
+      <c r="Q74" s="99"/>
+      <c r="R74" s="99"/>
+      <c r="S74" s="99"/>
+      <c r="T74" s="99"/>
+      <c r="U74" s="100"/>
+      <c r="V74" s="101" t="s">
         <v>30</v>
       </c>
-      <c r="G74" s="113"/>
-[...14 lines deleted...]
-      <c r="V74" s="115" t="s">
+      <c r="W74" s="102"/>
+      <c r="X74" s="102"/>
+      <c r="Y74" s="102"/>
+      <c r="Z74" s="102"/>
+      <c r="AA74" s="102"/>
+      <c r="AB74" s="102"/>
+      <c r="AC74" s="102"/>
+      <c r="AD74" s="102"/>
+      <c r="AE74" s="103"/>
+      <c r="AF74" s="104" t="s">
         <v>31</v>
       </c>
-      <c r="W74" s="116"/>
-[...8 lines deleted...]
-      <c r="AF74" s="118" t="s">
+      <c r="AG74" s="105"/>
+      <c r="AH74" s="105"/>
+      <c r="AI74" s="106"/>
+      <c r="AJ74" s="110" t="s">
         <v>32</v>
       </c>
-      <c r="AG74" s="119"/>
-[...2 lines deleted...]
-      <c r="AJ74" s="121" t="s">
+      <c r="AK74" s="111"/>
+      <c r="AL74" s="111"/>
+      <c r="AM74" s="112"/>
+      <c r="AN74" s="101" t="s">
         <v>33</v>
       </c>
-      <c r="AK74" s="122"/>
-[...2 lines deleted...]
-      <c r="AN74" s="115" t="s">
+      <c r="AO74" s="102"/>
+      <c r="AP74" s="102"/>
+      <c r="AQ74" s="103"/>
+      <c r="AR74" s="116" t="s">
         <v>34</v>
       </c>
-      <c r="AO74" s="116"/>
-[...5 lines deleted...]
-      <c r="AS74" s="125"/>
+      <c r="AS74" s="117"/>
     </row>
     <row r="75" spans="2:45" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B75" s="110"/>
-      <c r="C75" s="150" t="s">
+      <c r="B75" s="96"/>
+      <c r="C75" s="144" t="s">
+        <v>36</v>
+      </c>
+      <c r="D75" s="144"/>
+      <c r="E75" s="144"/>
+      <c r="F75" s="145" t="s">
         <v>37</v>
       </c>
-      <c r="D75" s="150"/>
-[...1 lines deleted...]
-      <c r="F75" s="151" t="s">
+      <c r="G75" s="146"/>
+      <c r="H75" s="147" t="s">
         <v>38</v>
       </c>
-      <c r="G75" s="152"/>
-      <c r="H75" s="103" t="s">
+      <c r="I75" s="148"/>
+      <c r="J75" s="149"/>
+      <c r="K75" s="36" t="s">
         <v>39</v>
       </c>
-      <c r="I75" s="104"/>
-[...1 lines deleted...]
-      <c r="K75" s="36" t="s">
+      <c r="L75" s="36" t="s">
         <v>40</v>
       </c>
-      <c r="L75" s="36" t="s">
+      <c r="M75" s="36" t="s">
         <v>41</v>
       </c>
-      <c r="M75" s="36" t="s">
+      <c r="N75" s="36" t="s">
         <v>42</v>
       </c>
-      <c r="N75" s="36" t="s">
+      <c r="O75" s="37" t="s">
         <v>43</v>
       </c>
-      <c r="O75" s="37" t="s">
+      <c r="P75" s="147" t="s">
         <v>44</v>
       </c>
-      <c r="P75" s="103" t="s">
+      <c r="Q75" s="148"/>
+      <c r="R75" s="148"/>
+      <c r="S75" s="148"/>
+      <c r="T75" s="148"/>
+      <c r="U75" s="150"/>
+      <c r="V75" s="120" t="s">
         <v>45</v>
       </c>
-      <c r="Q75" s="104"/>
-[...4 lines deleted...]
-      <c r="V75" s="128" t="s">
+      <c r="W75" s="151"/>
+      <c r="X75" s="151"/>
+      <c r="Y75" s="151"/>
+      <c r="Z75" s="121"/>
+      <c r="AA75" s="122" t="s">
         <v>46</v>
       </c>
-      <c r="W75" s="62"/>
-[...3 lines deleted...]
-      <c r="AA75" s="61" t="s">
+      <c r="AB75" s="151"/>
+      <c r="AC75" s="151"/>
+      <c r="AD75" s="151"/>
+      <c r="AE75" s="123"/>
+      <c r="AF75" s="107"/>
+      <c r="AG75" s="108"/>
+      <c r="AH75" s="108"/>
+      <c r="AI75" s="109"/>
+      <c r="AJ75" s="113"/>
+      <c r="AK75" s="114"/>
+      <c r="AL75" s="114"/>
+      <c r="AM75" s="115"/>
+      <c r="AN75" s="120" t="s">
         <v>47</v>
       </c>
-      <c r="AB75" s="62"/>
-[...11 lines deleted...]
-      <c r="AN75" s="128" t="s">
+      <c r="AO75" s="121"/>
+      <c r="AP75" s="122" t="s">
         <v>48</v>
       </c>
-      <c r="AO75" s="129"/>
-[...5 lines deleted...]
-      <c r="AS75" s="127"/>
+      <c r="AQ75" s="123"/>
+      <c r="AR75" s="118"/>
+      <c r="AS75" s="119"/>
     </row>
     <row r="76" spans="2:45" ht="45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B76" s="110"/>
-[...7 lines deleted...]
-      <c r="J76" s="135"/>
+      <c r="B76" s="96"/>
+      <c r="C76" s="124"/>
+      <c r="D76" s="124"/>
+      <c r="E76" s="124"/>
+      <c r="F76" s="125"/>
+      <c r="G76" s="126"/>
+      <c r="H76" s="127"/>
+      <c r="I76" s="128"/>
+      <c r="J76" s="129"/>
       <c r="K76" s="41"/>
       <c r="L76" s="41"/>
       <c r="M76" s="41"/>
       <c r="N76" s="41"/>
       <c r="O76" s="42"/>
-      <c r="P76" s="136"/>
-[...23 lines deleted...]
-      <c r="AN76" s="69" t="s">
+      <c r="P76" s="130"/>
+      <c r="Q76" s="131"/>
+      <c r="R76" s="131"/>
+      <c r="S76" s="131"/>
+      <c r="T76" s="131"/>
+      <c r="U76" s="131"/>
+      <c r="V76" s="132"/>
+      <c r="W76" s="133"/>
+      <c r="X76" s="133"/>
+      <c r="Y76" s="133"/>
+      <c r="Z76" s="134"/>
+      <c r="AA76" s="135"/>
+      <c r="AB76" s="136"/>
+      <c r="AC76" s="136"/>
+      <c r="AD76" s="136"/>
+      <c r="AE76" s="137"/>
+      <c r="AF76" s="138"/>
+      <c r="AG76" s="139"/>
+      <c r="AH76" s="139"/>
+      <c r="AI76" s="140"/>
+      <c r="AJ76" s="141"/>
+      <c r="AK76" s="142"/>
+      <c r="AL76" s="142"/>
+      <c r="AM76" s="143"/>
+      <c r="AN76" s="152" t="s">
         <v>2</v>
       </c>
-      <c r="AO76" s="70"/>
-      <c r="AP76" s="71" t="s">
+      <c r="AO76" s="153"/>
+      <c r="AP76" s="154" t="s">
         <v>2</v>
       </c>
-      <c r="AQ76" s="72"/>
-      <c r="AR76" s="73" t="s">
+      <c r="AQ76" s="155"/>
+      <c r="AR76" s="156" t="s">
         <v>2</v>
       </c>
-      <c r="AS76" s="74"/>
+      <c r="AS76" s="157"/>
     </row>
     <row r="77" spans="2:45" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B77" s="110"/>
-      <c r="C77" s="75" t="s">
+      <c r="B77" s="96"/>
+      <c r="C77" s="158" t="s">
+        <v>52</v>
+      </c>
+      <c r="D77" s="159"/>
+      <c r="E77" s="162" t="s">
         <v>53</v>
       </c>
-      <c r="D77" s="76"/>
-      <c r="E77" s="77" t="s">
+      <c r="F77" s="163"/>
+      <c r="G77" s="163"/>
+      <c r="H77" s="163"/>
+      <c r="I77" s="163"/>
+      <c r="J77" s="163"/>
+      <c r="K77" s="163"/>
+      <c r="L77" s="163"/>
+      <c r="M77" s="163"/>
+      <c r="N77" s="163"/>
+      <c r="O77" s="163"/>
+      <c r="P77" s="163"/>
+      <c r="Q77" s="163"/>
+      <c r="R77" s="163"/>
+      <c r="S77" s="163"/>
+      <c r="T77" s="163"/>
+      <c r="U77" s="163"/>
+      <c r="V77" s="163"/>
+      <c r="W77" s="163"/>
+      <c r="X77" s="164"/>
+      <c r="Y77" s="165" t="s">
         <v>54</v>
       </c>
-      <c r="F77" s="78"/>
-[...18 lines deleted...]
-      <c r="Y77" s="80" t="s">
+      <c r="Z77" s="166"/>
+      <c r="AA77" s="166"/>
+      <c r="AB77" s="167"/>
+      <c r="AC77" s="162" t="s">
         <v>55</v>
       </c>
-      <c r="Z77" s="81"/>
-[...2 lines deleted...]
-      <c r="AC77" s="77" t="s">
+      <c r="AD77" s="163"/>
+      <c r="AE77" s="163"/>
+      <c r="AF77" s="168"/>
+      <c r="AG77" s="168"/>
+      <c r="AH77" s="168"/>
+      <c r="AI77" s="168"/>
+      <c r="AJ77" s="168"/>
+      <c r="AK77" s="168"/>
+      <c r="AL77" s="168"/>
+      <c r="AM77" s="169"/>
+      <c r="AN77" s="170" t="s">
         <v>56</v>
       </c>
-      <c r="AD77" s="78"/>
-[...16 lines deleted...]
-      <c r="AS77" s="90"/>
+      <c r="AO77" s="171"/>
+      <c r="AP77" s="171"/>
+      <c r="AQ77" s="171"/>
+      <c r="AR77" s="171"/>
+      <c r="AS77" s="172"/>
     </row>
     <row r="78" spans="2:45" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B78" s="110"/>
-[...2 lines deleted...]
-      <c r="E78" s="91" t="s">
+      <c r="B78" s="96"/>
+      <c r="C78" s="160"/>
+      <c r="D78" s="161"/>
+      <c r="E78" s="173" t="s">
+        <v>59</v>
+      </c>
+      <c r="F78" s="174"/>
+      <c r="G78" s="174" t="s">
         <v>60</v>
       </c>
-      <c r="F78" s="92"/>
-      <c r="G78" s="92" t="s">
+      <c r="H78" s="174"/>
+      <c r="I78" s="174" t="s">
+        <v>37</v>
+      </c>
+      <c r="J78" s="174"/>
+      <c r="K78" s="174" t="s">
+        <v>38</v>
+      </c>
+      <c r="L78" s="174"/>
+      <c r="M78" s="174"/>
+      <c r="N78" s="44" t="s">
+        <v>39</v>
+      </c>
+      <c r="O78" s="44" t="s">
+        <v>40</v>
+      </c>
+      <c r="P78" s="44" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q78" s="44" t="s">
+        <v>42</v>
+      </c>
+      <c r="R78" s="37" t="s">
+        <v>43</v>
+      </c>
+      <c r="S78" s="147" t="s">
+        <v>44</v>
+      </c>
+      <c r="T78" s="148"/>
+      <c r="U78" s="148"/>
+      <c r="V78" s="148"/>
+      <c r="W78" s="148"/>
+      <c r="X78" s="150"/>
+      <c r="Y78" s="113"/>
+      <c r="Z78" s="114"/>
+      <c r="AA78" s="114"/>
+      <c r="AB78" s="115"/>
+      <c r="AC78" s="107" t="s">
         <v>61</v>
       </c>
-      <c r="H78" s="92"/>
-[...36 lines deleted...]
-      <c r="AC78" s="106" t="s">
+      <c r="AD78" s="108"/>
+      <c r="AE78" s="108"/>
+      <c r="AF78" s="108"/>
+      <c r="AG78" s="108"/>
+      <c r="AH78" s="108"/>
+      <c r="AI78" s="108"/>
+      <c r="AJ78" s="108"/>
+      <c r="AK78" s="108"/>
+      <c r="AL78" s="108"/>
+      <c r="AM78" s="109"/>
+      <c r="AN78" s="160" t="s">
         <v>62</v>
       </c>
-      <c r="AD78" s="107"/>
-[...16 lines deleted...]
-      <c r="AS78" s="60"/>
+      <c r="AO78" s="161"/>
+      <c r="AP78" s="161"/>
+      <c r="AQ78" s="161"/>
+      <c r="AR78" s="161"/>
+      <c r="AS78" s="175"/>
     </row>
     <row r="79" spans="2:45" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B79" s="111"/>
-      <c r="C79" s="64" t="s">
+      <c r="B79" s="97"/>
+      <c r="C79" s="176" t="s">
         <v>2</v>
       </c>
-      <c r="D79" s="65"/>
-[...8 lines deleted...]
-      <c r="M79" s="68"/>
+      <c r="D79" s="177"/>
+      <c r="E79" s="178"/>
+      <c r="F79" s="179"/>
+      <c r="G79" s="180"/>
+      <c r="H79" s="180"/>
+      <c r="I79" s="180"/>
+      <c r="J79" s="180"/>
+      <c r="K79" s="180"/>
+      <c r="L79" s="180"/>
+      <c r="M79" s="180"/>
       <c r="N79" s="46"/>
       <c r="O79" s="46"/>
       <c r="P79" s="46"/>
       <c r="Q79" s="46"/>
       <c r="R79" s="47"/>
-      <c r="S79" s="93"/>
-[...25 lines deleted...]
-      <c r="AS79" s="102"/>
+      <c r="S79" s="181"/>
+      <c r="T79" s="182"/>
+      <c r="U79" s="182"/>
+      <c r="V79" s="182"/>
+      <c r="W79" s="182"/>
+      <c r="X79" s="183"/>
+      <c r="Y79" s="184"/>
+      <c r="Z79" s="185"/>
+      <c r="AA79" s="185"/>
+      <c r="AB79" s="186"/>
+      <c r="AC79" s="187"/>
+      <c r="AD79" s="182"/>
+      <c r="AE79" s="182"/>
+      <c r="AF79" s="182"/>
+      <c r="AG79" s="182"/>
+      <c r="AH79" s="182"/>
+      <c r="AI79" s="182"/>
+      <c r="AJ79" s="182"/>
+      <c r="AK79" s="182"/>
+      <c r="AL79" s="182"/>
+      <c r="AM79" s="182"/>
+      <c r="AN79" s="188"/>
+      <c r="AO79" s="189"/>
+      <c r="AP79" s="189"/>
+      <c r="AQ79" s="189"/>
+      <c r="AR79" s="189"/>
+      <c r="AS79" s="190"/>
     </row>
     <row r="80" spans="2:45" ht="12" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B80" s="7"/>
       <c r="C80" s="7"/>
       <c r="D80" s="7"/>
       <c r="E80" s="7"/>
       <c r="F80" s="7"/>
       <c r="G80" s="7"/>
       <c r="H80" s="7"/>
       <c r="I80" s="7"/>
       <c r="J80" s="7"/>
       <c r="K80" s="7"/>
       <c r="L80" s="7"/>
       <c r="M80" s="7"/>
       <c r="N80" s="7"/>
       <c r="O80" s="7"/>
       <c r="P80" s="7"/>
       <c r="Q80" s="7"/>
       <c r="R80" s="7"/>
       <c r="S80" s="7"/>
       <c r="T80" s="7"/>
       <c r="U80" s="7"/>
       <c r="V80" s="7"/>
       <c r="W80" s="7"/>
       <c r="X80" s="7"/>
@@ -8980,548 +8962,548 @@
       <c r="Y81" s="7"/>
       <c r="Z81" s="7"/>
       <c r="AA81" s="7"/>
       <c r="AB81" s="7"/>
       <c r="AC81" s="7"/>
       <c r="AD81" s="7"/>
       <c r="AE81" s="7"/>
       <c r="AF81" s="7"/>
       <c r="AG81" s="7"/>
       <c r="AH81" s="7"/>
       <c r="AI81" s="7"/>
       <c r="AJ81" s="7"/>
       <c r="AK81" s="7"/>
       <c r="AL81" s="7"/>
       <c r="AM81" s="7"/>
       <c r="AN81" s="7"/>
       <c r="AO81" s="7"/>
       <c r="AP81" s="7"/>
       <c r="AQ81" s="7"/>
       <c r="AR81" s="7"/>
       <c r="AS81" s="7"/>
     </row>
   </sheetData>
   <dataConsolidate/>
   <mergeCells count="498">
-    <mergeCell ref="B6:J6"/>
-[...14 lines deleted...]
-    <mergeCell ref="AS3:AS4"/>
+    <mergeCell ref="E78:F78"/>
+    <mergeCell ref="G78:H78"/>
+    <mergeCell ref="S79:X79"/>
+    <mergeCell ref="Y79:AB79"/>
+    <mergeCell ref="AC79:AM79"/>
+    <mergeCell ref="AN79:AS79"/>
+    <mergeCell ref="I78:J78"/>
+    <mergeCell ref="K78:M78"/>
+    <mergeCell ref="S78:X78"/>
+    <mergeCell ref="AC78:AM78"/>
+    <mergeCell ref="B74:B79"/>
+    <mergeCell ref="C74:E74"/>
+    <mergeCell ref="F74:U74"/>
+    <mergeCell ref="V74:AE74"/>
+    <mergeCell ref="AF74:AI75"/>
+    <mergeCell ref="AJ74:AM75"/>
+    <mergeCell ref="AN74:AQ74"/>
+    <mergeCell ref="AR74:AS75"/>
+    <mergeCell ref="AN78:AS78"/>
+    <mergeCell ref="AA75:AE75"/>
+    <mergeCell ref="C79:D79"/>
+    <mergeCell ref="E79:F79"/>
+    <mergeCell ref="G79:H79"/>
+    <mergeCell ref="I79:J79"/>
+    <mergeCell ref="K79:M79"/>
+    <mergeCell ref="AN76:AO76"/>
+    <mergeCell ref="AP76:AQ76"/>
+    <mergeCell ref="AR76:AS76"/>
+    <mergeCell ref="C77:D78"/>
+    <mergeCell ref="E77:X77"/>
+    <mergeCell ref="Y77:AB78"/>
+    <mergeCell ref="AC77:AM77"/>
+    <mergeCell ref="AN77:AS77"/>
+    <mergeCell ref="B67:B72"/>
+    <mergeCell ref="AN75:AO75"/>
+    <mergeCell ref="AP75:AQ75"/>
+    <mergeCell ref="C76:E76"/>
+    <mergeCell ref="F76:G76"/>
+    <mergeCell ref="H76:J76"/>
+    <mergeCell ref="P76:U76"/>
+    <mergeCell ref="V76:Z76"/>
+    <mergeCell ref="AA76:AE76"/>
+    <mergeCell ref="AF76:AI76"/>
+    <mergeCell ref="AJ76:AM76"/>
+    <mergeCell ref="C75:E75"/>
+    <mergeCell ref="F75:G75"/>
+    <mergeCell ref="H75:J75"/>
+    <mergeCell ref="P75:U75"/>
+    <mergeCell ref="V75:Z75"/>
+    <mergeCell ref="C72:D72"/>
+    <mergeCell ref="E72:F72"/>
+    <mergeCell ref="G72:H72"/>
+    <mergeCell ref="I72:J72"/>
+    <mergeCell ref="K72:M72"/>
+    <mergeCell ref="S72:X72"/>
+    <mergeCell ref="Y72:AB72"/>
+    <mergeCell ref="AC72:AM72"/>
+    <mergeCell ref="AN72:AS72"/>
+    <mergeCell ref="AR69:AS69"/>
+    <mergeCell ref="C70:D71"/>
+    <mergeCell ref="E70:X70"/>
+    <mergeCell ref="Y70:AB71"/>
+    <mergeCell ref="AC70:AM70"/>
+    <mergeCell ref="AN70:AS70"/>
+    <mergeCell ref="E71:F71"/>
+    <mergeCell ref="G71:H71"/>
+    <mergeCell ref="I71:J71"/>
+    <mergeCell ref="K71:M71"/>
+    <mergeCell ref="V69:Z69"/>
+    <mergeCell ref="AA69:AE69"/>
+    <mergeCell ref="AF69:AI69"/>
+    <mergeCell ref="AJ69:AM69"/>
+    <mergeCell ref="AN69:AO69"/>
+    <mergeCell ref="AP69:AQ69"/>
+    <mergeCell ref="C69:E69"/>
+    <mergeCell ref="F69:G69"/>
+    <mergeCell ref="H69:J69"/>
+    <mergeCell ref="P69:U69"/>
+    <mergeCell ref="S71:X71"/>
+    <mergeCell ref="AC71:AM71"/>
+    <mergeCell ref="AN71:AS71"/>
+    <mergeCell ref="AN67:AQ67"/>
+    <mergeCell ref="AR67:AS68"/>
+    <mergeCell ref="C68:E68"/>
+    <mergeCell ref="F68:G68"/>
+    <mergeCell ref="H68:J68"/>
+    <mergeCell ref="P68:U68"/>
+    <mergeCell ref="V68:Z68"/>
+    <mergeCell ref="AA68:AE68"/>
+    <mergeCell ref="AN68:AO68"/>
+    <mergeCell ref="AP68:AQ68"/>
+    <mergeCell ref="C67:E67"/>
+    <mergeCell ref="F67:U67"/>
+    <mergeCell ref="V67:AE67"/>
+    <mergeCell ref="AF67:AI68"/>
+    <mergeCell ref="AJ67:AM68"/>
+    <mergeCell ref="C65:D65"/>
+    <mergeCell ref="E65:F65"/>
+    <mergeCell ref="G65:H65"/>
+    <mergeCell ref="I65:J65"/>
+    <mergeCell ref="K65:M65"/>
+    <mergeCell ref="S65:X65"/>
+    <mergeCell ref="Y65:AB65"/>
+    <mergeCell ref="AC65:AM65"/>
+    <mergeCell ref="AN65:AS65"/>
+    <mergeCell ref="AC63:AM63"/>
+    <mergeCell ref="AN63:AS63"/>
+    <mergeCell ref="C62:E62"/>
+    <mergeCell ref="F62:G62"/>
+    <mergeCell ref="H62:J62"/>
+    <mergeCell ref="P62:U62"/>
+    <mergeCell ref="V62:Z62"/>
+    <mergeCell ref="AA62:AE62"/>
+    <mergeCell ref="AN64:AS64"/>
+    <mergeCell ref="E64:F64"/>
+    <mergeCell ref="G64:H64"/>
+    <mergeCell ref="I64:J64"/>
+    <mergeCell ref="K64:M64"/>
+    <mergeCell ref="S64:X64"/>
+    <mergeCell ref="AC64:AM64"/>
+    <mergeCell ref="B60:B65"/>
+    <mergeCell ref="C60:E60"/>
+    <mergeCell ref="F60:U60"/>
+    <mergeCell ref="V60:AE60"/>
+    <mergeCell ref="AF60:AI61"/>
+    <mergeCell ref="AJ60:AM61"/>
+    <mergeCell ref="AN60:AQ60"/>
+    <mergeCell ref="AR60:AS61"/>
+    <mergeCell ref="C61:E61"/>
+    <mergeCell ref="F61:G61"/>
+    <mergeCell ref="H61:J61"/>
+    <mergeCell ref="P61:U61"/>
+    <mergeCell ref="V61:Z61"/>
+    <mergeCell ref="AA61:AE61"/>
+    <mergeCell ref="AN61:AO61"/>
+    <mergeCell ref="AP61:AQ61"/>
+    <mergeCell ref="AF62:AI62"/>
+    <mergeCell ref="AJ62:AM62"/>
+    <mergeCell ref="AN62:AO62"/>
+    <mergeCell ref="AP62:AQ62"/>
+    <mergeCell ref="AR62:AS62"/>
+    <mergeCell ref="C63:D64"/>
+    <mergeCell ref="E63:X63"/>
+    <mergeCell ref="Y63:AB64"/>
+    <mergeCell ref="C58:D58"/>
+    <mergeCell ref="E58:F58"/>
+    <mergeCell ref="G58:H58"/>
+    <mergeCell ref="I58:J58"/>
+    <mergeCell ref="K58:M58"/>
+    <mergeCell ref="S58:X58"/>
+    <mergeCell ref="Y58:AB58"/>
+    <mergeCell ref="AC58:AM58"/>
+    <mergeCell ref="AN58:AS58"/>
+    <mergeCell ref="AA54:AE54"/>
+    <mergeCell ref="AN55:AO55"/>
+    <mergeCell ref="AP55:AQ55"/>
+    <mergeCell ref="AR55:AS55"/>
+    <mergeCell ref="C56:D57"/>
+    <mergeCell ref="E56:X56"/>
+    <mergeCell ref="Y56:AB57"/>
+    <mergeCell ref="AC56:AM56"/>
+    <mergeCell ref="AN56:AS56"/>
+    <mergeCell ref="E57:F57"/>
+    <mergeCell ref="G57:H57"/>
+    <mergeCell ref="I57:J57"/>
+    <mergeCell ref="K57:M57"/>
+    <mergeCell ref="S57:X57"/>
+    <mergeCell ref="AC57:AM57"/>
+    <mergeCell ref="AN57:AS57"/>
+    <mergeCell ref="B53:B58"/>
+    <mergeCell ref="C53:E53"/>
+    <mergeCell ref="F53:U53"/>
+    <mergeCell ref="V53:AE53"/>
+    <mergeCell ref="AF53:AI54"/>
+    <mergeCell ref="AJ53:AM54"/>
+    <mergeCell ref="AN53:AQ53"/>
+    <mergeCell ref="AR53:AS54"/>
+    <mergeCell ref="B46:B51"/>
+    <mergeCell ref="AN54:AO54"/>
+    <mergeCell ref="AP54:AQ54"/>
+    <mergeCell ref="C55:E55"/>
+    <mergeCell ref="F55:G55"/>
+    <mergeCell ref="H55:J55"/>
+    <mergeCell ref="P55:U55"/>
+    <mergeCell ref="V55:Z55"/>
+    <mergeCell ref="AA55:AE55"/>
+    <mergeCell ref="AF55:AI55"/>
+    <mergeCell ref="AJ55:AM55"/>
+    <mergeCell ref="C54:E54"/>
+    <mergeCell ref="F54:G54"/>
+    <mergeCell ref="H54:J54"/>
+    <mergeCell ref="P54:U54"/>
+    <mergeCell ref="V54:Z54"/>
+    <mergeCell ref="C51:D51"/>
+    <mergeCell ref="E51:F51"/>
+    <mergeCell ref="G51:H51"/>
+    <mergeCell ref="I51:J51"/>
+    <mergeCell ref="K51:M51"/>
+    <mergeCell ref="S51:X51"/>
+    <mergeCell ref="Y51:AB51"/>
+    <mergeCell ref="AC51:AM51"/>
+    <mergeCell ref="AN51:AS51"/>
+    <mergeCell ref="AR48:AS48"/>
+    <mergeCell ref="C49:D50"/>
+    <mergeCell ref="E49:X49"/>
+    <mergeCell ref="Y49:AB50"/>
+    <mergeCell ref="AC49:AM49"/>
+    <mergeCell ref="AN49:AS49"/>
+    <mergeCell ref="E50:F50"/>
+    <mergeCell ref="G50:H50"/>
+    <mergeCell ref="I50:J50"/>
+    <mergeCell ref="K50:M50"/>
+    <mergeCell ref="V48:Z48"/>
+    <mergeCell ref="AA48:AE48"/>
+    <mergeCell ref="AF48:AI48"/>
+    <mergeCell ref="AJ48:AM48"/>
+    <mergeCell ref="AN48:AO48"/>
+    <mergeCell ref="AP48:AQ48"/>
+    <mergeCell ref="C48:E48"/>
+    <mergeCell ref="F48:G48"/>
+    <mergeCell ref="H48:J48"/>
+    <mergeCell ref="P48:U48"/>
+    <mergeCell ref="S50:X50"/>
+    <mergeCell ref="AC50:AM50"/>
+    <mergeCell ref="AN50:AS50"/>
+    <mergeCell ref="AN46:AQ46"/>
+    <mergeCell ref="AR46:AS47"/>
+    <mergeCell ref="C47:E47"/>
+    <mergeCell ref="F47:G47"/>
+    <mergeCell ref="H47:J47"/>
+    <mergeCell ref="P47:U47"/>
+    <mergeCell ref="V47:Z47"/>
+    <mergeCell ref="AA47:AE47"/>
+    <mergeCell ref="AN47:AO47"/>
+    <mergeCell ref="AP47:AQ47"/>
+    <mergeCell ref="C46:E46"/>
+    <mergeCell ref="F46:U46"/>
+    <mergeCell ref="V46:AE46"/>
+    <mergeCell ref="AF46:AI47"/>
+    <mergeCell ref="AJ46:AM47"/>
+    <mergeCell ref="C44:D44"/>
+    <mergeCell ref="E44:F44"/>
+    <mergeCell ref="G44:H44"/>
+    <mergeCell ref="I44:J44"/>
+    <mergeCell ref="K44:M44"/>
+    <mergeCell ref="S44:X44"/>
+    <mergeCell ref="Y44:AB44"/>
+    <mergeCell ref="AC44:AM44"/>
+    <mergeCell ref="AN44:AS44"/>
+    <mergeCell ref="AC42:AM42"/>
+    <mergeCell ref="AN42:AS42"/>
+    <mergeCell ref="C41:E41"/>
+    <mergeCell ref="F41:G41"/>
+    <mergeCell ref="H41:J41"/>
+    <mergeCell ref="P41:U41"/>
+    <mergeCell ref="V41:Z41"/>
+    <mergeCell ref="AA41:AE41"/>
+    <mergeCell ref="AN43:AS43"/>
+    <mergeCell ref="E43:F43"/>
+    <mergeCell ref="G43:H43"/>
+    <mergeCell ref="I43:J43"/>
+    <mergeCell ref="K43:M43"/>
+    <mergeCell ref="S43:X43"/>
+    <mergeCell ref="AC43:AM43"/>
+    <mergeCell ref="B39:B44"/>
+    <mergeCell ref="C39:E39"/>
+    <mergeCell ref="F39:U39"/>
+    <mergeCell ref="V39:AE39"/>
+    <mergeCell ref="AF39:AI40"/>
+    <mergeCell ref="AJ39:AM40"/>
+    <mergeCell ref="AN39:AQ39"/>
+    <mergeCell ref="AR39:AS40"/>
+    <mergeCell ref="C40:E40"/>
+    <mergeCell ref="F40:G40"/>
+    <mergeCell ref="H40:J40"/>
+    <mergeCell ref="P40:U40"/>
+    <mergeCell ref="V40:Z40"/>
+    <mergeCell ref="AA40:AE40"/>
+    <mergeCell ref="AN40:AO40"/>
+    <mergeCell ref="AP40:AQ40"/>
+    <mergeCell ref="AF41:AI41"/>
+    <mergeCell ref="AJ41:AM41"/>
+    <mergeCell ref="AN41:AO41"/>
+    <mergeCell ref="AP41:AQ41"/>
+    <mergeCell ref="AR41:AS41"/>
+    <mergeCell ref="C42:D43"/>
+    <mergeCell ref="E42:X42"/>
+    <mergeCell ref="Y42:AB43"/>
+    <mergeCell ref="C37:D37"/>
+    <mergeCell ref="E37:F37"/>
+    <mergeCell ref="G37:H37"/>
+    <mergeCell ref="I37:J37"/>
+    <mergeCell ref="K37:M37"/>
+    <mergeCell ref="S37:X37"/>
+    <mergeCell ref="Y37:AB37"/>
+    <mergeCell ref="AC37:AM37"/>
+    <mergeCell ref="AN37:AS37"/>
+    <mergeCell ref="AA33:AE33"/>
+    <mergeCell ref="AN34:AO34"/>
+    <mergeCell ref="AP34:AQ34"/>
+    <mergeCell ref="AR34:AS34"/>
+    <mergeCell ref="C35:D36"/>
+    <mergeCell ref="E35:X35"/>
+    <mergeCell ref="Y35:AB36"/>
+    <mergeCell ref="AC35:AM35"/>
+    <mergeCell ref="AN35:AS35"/>
+    <mergeCell ref="E36:F36"/>
+    <mergeCell ref="G36:H36"/>
+    <mergeCell ref="I36:J36"/>
+    <mergeCell ref="K36:M36"/>
+    <mergeCell ref="S36:X36"/>
+    <mergeCell ref="AC36:AM36"/>
+    <mergeCell ref="AN36:AS36"/>
+    <mergeCell ref="B32:B37"/>
+    <mergeCell ref="C32:E32"/>
+    <mergeCell ref="F32:U32"/>
+    <mergeCell ref="V32:AE32"/>
+    <mergeCell ref="AF32:AI33"/>
+    <mergeCell ref="AJ32:AM33"/>
+    <mergeCell ref="AN32:AQ32"/>
+    <mergeCell ref="AR32:AS33"/>
+    <mergeCell ref="B25:B30"/>
+    <mergeCell ref="AN33:AO33"/>
+    <mergeCell ref="AP33:AQ33"/>
+    <mergeCell ref="C34:E34"/>
+    <mergeCell ref="F34:G34"/>
+    <mergeCell ref="H34:J34"/>
+    <mergeCell ref="P34:U34"/>
+    <mergeCell ref="V34:Z34"/>
+    <mergeCell ref="AA34:AE34"/>
+    <mergeCell ref="AF34:AI34"/>
+    <mergeCell ref="AJ34:AM34"/>
+    <mergeCell ref="C33:E33"/>
+    <mergeCell ref="F33:G33"/>
+    <mergeCell ref="H33:J33"/>
+    <mergeCell ref="P33:U33"/>
+    <mergeCell ref="V33:Z33"/>
+    <mergeCell ref="C30:D30"/>
+    <mergeCell ref="E30:F30"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="I30:J30"/>
+    <mergeCell ref="K30:M30"/>
+    <mergeCell ref="S30:X30"/>
+    <mergeCell ref="Y30:AB30"/>
+    <mergeCell ref="AC30:AM30"/>
+    <mergeCell ref="AN30:AS30"/>
+    <mergeCell ref="AR27:AS27"/>
+    <mergeCell ref="C28:D29"/>
+    <mergeCell ref="E28:X28"/>
+    <mergeCell ref="Y28:AB29"/>
+    <mergeCell ref="AC28:AM28"/>
+    <mergeCell ref="AN28:AS28"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="I29:J29"/>
+    <mergeCell ref="K29:M29"/>
+    <mergeCell ref="V27:Z27"/>
+    <mergeCell ref="AA27:AE27"/>
+    <mergeCell ref="AF27:AI27"/>
+    <mergeCell ref="AJ27:AM27"/>
+    <mergeCell ref="AN27:AO27"/>
+    <mergeCell ref="AP27:AQ27"/>
+    <mergeCell ref="C27:E27"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="H27:J27"/>
+    <mergeCell ref="P27:U27"/>
+    <mergeCell ref="S29:X29"/>
+    <mergeCell ref="AC29:AM29"/>
+    <mergeCell ref="AN29:AS29"/>
+    <mergeCell ref="AN25:AQ25"/>
+    <mergeCell ref="AR25:AS26"/>
+    <mergeCell ref="C26:E26"/>
+    <mergeCell ref="F26:G26"/>
+    <mergeCell ref="H26:J26"/>
+    <mergeCell ref="P26:U26"/>
+    <mergeCell ref="V26:Z26"/>
+    <mergeCell ref="AA26:AE26"/>
+    <mergeCell ref="AN26:AO26"/>
+    <mergeCell ref="AP26:AQ26"/>
+    <mergeCell ref="C25:E25"/>
+    <mergeCell ref="F25:U25"/>
+    <mergeCell ref="V25:AE25"/>
+    <mergeCell ref="AF25:AI26"/>
+    <mergeCell ref="AJ25:AM26"/>
+    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="E23:F23"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="I23:J23"/>
+    <mergeCell ref="K23:M23"/>
+    <mergeCell ref="S23:X23"/>
+    <mergeCell ref="Y23:AB23"/>
+    <mergeCell ref="AC23:AM23"/>
+    <mergeCell ref="AN23:AS23"/>
+    <mergeCell ref="AC21:AM21"/>
+    <mergeCell ref="AN21:AS21"/>
+    <mergeCell ref="C20:E20"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="H20:J20"/>
+    <mergeCell ref="P20:U20"/>
+    <mergeCell ref="V20:Z20"/>
+    <mergeCell ref="AA20:AE20"/>
+    <mergeCell ref="AN22:AS22"/>
+    <mergeCell ref="E22:F22"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="I22:J22"/>
+    <mergeCell ref="K22:M22"/>
+    <mergeCell ref="S22:X22"/>
+    <mergeCell ref="AC22:AM22"/>
+    <mergeCell ref="B18:B23"/>
+    <mergeCell ref="C18:E18"/>
+    <mergeCell ref="F18:U18"/>
+    <mergeCell ref="V18:AE18"/>
+    <mergeCell ref="AF18:AI19"/>
+    <mergeCell ref="AJ18:AM19"/>
+    <mergeCell ref="AN18:AQ18"/>
+    <mergeCell ref="AR18:AS19"/>
+    <mergeCell ref="C19:E19"/>
+    <mergeCell ref="F19:G19"/>
+    <mergeCell ref="H19:J19"/>
+    <mergeCell ref="P19:U19"/>
+    <mergeCell ref="V19:Z19"/>
+    <mergeCell ref="AA19:AE19"/>
+    <mergeCell ref="AN19:AO19"/>
+    <mergeCell ref="AP19:AQ19"/>
+    <mergeCell ref="AF20:AI20"/>
+    <mergeCell ref="AJ20:AM20"/>
+    <mergeCell ref="AN20:AO20"/>
+    <mergeCell ref="AP20:AQ20"/>
+    <mergeCell ref="AR20:AS20"/>
+    <mergeCell ref="C21:D22"/>
+    <mergeCell ref="E21:X21"/>
+    <mergeCell ref="Y21:AB22"/>
+    <mergeCell ref="C16:D16"/>
+    <mergeCell ref="E16:F16"/>
+    <mergeCell ref="G16:H16"/>
+    <mergeCell ref="I16:J16"/>
+    <mergeCell ref="K16:M16"/>
+    <mergeCell ref="S16:X16"/>
+    <mergeCell ref="Y16:AB16"/>
+    <mergeCell ref="AC16:AM16"/>
+    <mergeCell ref="AN16:AS16"/>
+    <mergeCell ref="V12:Z12"/>
+    <mergeCell ref="AA12:AE12"/>
+    <mergeCell ref="AN13:AO13"/>
+    <mergeCell ref="AP13:AQ13"/>
+    <mergeCell ref="AR13:AS13"/>
+    <mergeCell ref="C14:D15"/>
+    <mergeCell ref="E14:X14"/>
+    <mergeCell ref="Y14:AB15"/>
+    <mergeCell ref="AC14:AM14"/>
+    <mergeCell ref="AN14:AS14"/>
+    <mergeCell ref="E15:F15"/>
+    <mergeCell ref="G15:H15"/>
+    <mergeCell ref="I15:J15"/>
+    <mergeCell ref="K15:M15"/>
+    <mergeCell ref="S15:X15"/>
+    <mergeCell ref="AC15:AM15"/>
+    <mergeCell ref="AN15:AS15"/>
     <mergeCell ref="B9:AB9"/>
     <mergeCell ref="AC9:AS9"/>
     <mergeCell ref="B11:B16"/>
     <mergeCell ref="C11:E11"/>
     <mergeCell ref="F11:U11"/>
     <mergeCell ref="V11:AE11"/>
     <mergeCell ref="AF11:AI12"/>
     <mergeCell ref="AJ11:AM12"/>
     <mergeCell ref="AN11:AQ11"/>
     <mergeCell ref="AR11:AS12"/>
     <mergeCell ref="AN12:AO12"/>
     <mergeCell ref="AP12:AQ12"/>
     <mergeCell ref="C13:E13"/>
     <mergeCell ref="F13:G13"/>
     <mergeCell ref="H13:J13"/>
     <mergeCell ref="P13:U13"/>
     <mergeCell ref="V13:Z13"/>
     <mergeCell ref="AA13:AE13"/>
     <mergeCell ref="AF13:AI13"/>
     <mergeCell ref="AJ13:AM13"/>
     <mergeCell ref="C12:E12"/>
     <mergeCell ref="F12:G12"/>
     <mergeCell ref="H12:J12"/>
     <mergeCell ref="P12:U12"/>
-    <mergeCell ref="V12:Z12"/>
-[...456 lines deleted...]
-    <mergeCell ref="S78:X78"/>
+    <mergeCell ref="B6:J6"/>
+    <mergeCell ref="K6:O6"/>
+    <mergeCell ref="P6:Y6"/>
+    <mergeCell ref="Z6:AS6"/>
+    <mergeCell ref="B7:J7"/>
+    <mergeCell ref="K7:O7"/>
+    <mergeCell ref="P7:Y7"/>
+    <mergeCell ref="Z7:AS7"/>
+    <mergeCell ref="B1:AS1"/>
+    <mergeCell ref="AF3:AG4"/>
+    <mergeCell ref="AH3:AL4"/>
+    <mergeCell ref="AM3:AM4"/>
+    <mergeCell ref="AN3:AO4"/>
+    <mergeCell ref="AP3:AP4"/>
+    <mergeCell ref="AQ3:AR4"/>
+    <mergeCell ref="AS3:AS4"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <conditionalFormatting sqref="H12:H13 K12:P13">
     <cfRule type="expression" dxfId="90" priority="86">
       <formula>NOT(#REF!="使用場所と異なる")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F12:F13">
     <cfRule type="expression" dxfId="89" priority="87">
       <formula>NOT(#REF!="使用場所と異なる")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E16:S16 AC16:AS16 Y16">
     <cfRule type="expression" dxfId="88" priority="88">
       <formula>NOT($C16="移転先もしくは別のご住所へ送付")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="P7">
     <cfRule type="expression" dxfId="87" priority="85">
       <formula>IF($P$7="選択してください",TRUE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C16">
     <cfRule type="expression" dxfId="86" priority="84">
       <formula>IF($C$16="選択してください",TRUE)</formula>
@@ -9935,100 +9917,108 @@
   <conditionalFormatting sqref="C65">
     <cfRule type="expression" dxfId="4" priority="5">
       <formula>IF($C$65="選択してください",TRUE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E72:S72 Y72">
     <cfRule type="expression" dxfId="3" priority="4">
       <formula>NOT($C72="移転先もしくは別のご住所へ送付")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C72">
     <cfRule type="expression" dxfId="2" priority="3">
       <formula>IF($C$72="選択してください",TRUE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E79:S79 Y79">
     <cfRule type="expression" dxfId="1" priority="2">
       <formula>NOT($C79="移転先もしくは別のご住所へ送付")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C79">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>IF($C$79="選択してください",TRUE)</formula>
     </cfRule>
   </conditionalFormatting>
-  <dataValidations count="17">
+  <dataValidations count="19">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C23:D23 C30:D30 C37:D37 C44:D44 C51:D51 C58:D58 C65:D65 C72:D72 C79:D79" xr:uid="{535CE5A8-6025-4F1F-A1DD-85274887A9BD}">
       <formula1>$AW$29:$AW$32</formula1>
     </dataValidation>
-    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="受付不可" error="中止日は「本日から2か月以内」の日付を入力してください。_x000a_また、FAXでのお申込みは「中止希望日の3日前まで」となっております。3日を切る場合は、お手数ですがお客さまセンターまでお電話ください。" sqref="AJ13:AM13 AJ20:AM20 AJ27:AM27 AJ34:AM34 AJ41:AM41 AJ48:AM48 AJ55:AM55 AJ62:AM62 AJ69:AM69 AJ76:AM76" xr:uid="{4EC0765F-E751-4B67-A60A-091F6E72FDF7}">
-      <formula1>TODAY() + 3</formula1>
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="受付不可" error="中止日は「本日から2か月以内」の日付を入力してください。_x000a_また、中止日は遡ることができません。本日以降の日付でご申請ください。" sqref="AJ76:AM76" xr:uid="{4EC0765F-E751-4B67-A60A-091F6E72FDF7}">
+      <formula1>TODAY()</formula1>
       <formula2>EDATE(TODAY(),2)</formula2>
     </dataValidation>
     <dataValidation operator="equal" showInputMessage="1" showErrorMessage="1" errorTitle="桁数相違" error="桁数が誤っています。_x000a_10桁にしてください。" sqref="C13:E13 C55:E55 C62:E62 C69:E69 C20:E20 C27:E27 C34:E34 C41:E41 C48:E48 C76:E76" xr:uid="{A933F153-DA1E-4D01-8D5C-CC7AC83A9717}"/>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AH3:AL4" xr:uid="{6C07DDF0-C2D6-441B-9291-0BDD4A49BDB0}">
       <formula1>$AU$2:$AU$7</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AN3:AO4" xr:uid="{6078D877-75D5-4B65-8A42-217A188A1BDA}">
       <formula1>$AU$9:$AU$20</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AQ3:AR4" xr:uid="{A7A192E5-536B-4E76-9208-478657BB02F7}">
       <formula1>$AV$9:$AV$39</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AR13:AS13 AR55:AS55 AR62:AS62 AR69:AS69 AR20:AS20 AR27:AS27 AR34:AS34 AR41:AS41 AR48:AS48 AR76:AS76" xr:uid="{D7B88061-830D-4FFE-8676-4B6BE050EA6F}">
       <formula1>$AW$24:$AW$27</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="lessThanOrEqual" showInputMessage="1" showErrorMessage="1" errorTitle="文字数超過" error="最大文字数を超えています。_x000a_15桁以内にしてください。" sqref="B7" xr:uid="{D55EDBE8-63FC-4AFE-B339-412CD55D70B3}">
       <formula1>15</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="P7" xr:uid="{DAAA014D-2CCD-44D1-B1A4-E63351B77FA2}">
       <formula1>$AW$2:$AW$6</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C16" xr:uid="{37476CC9-644C-4D35-AAE2-9E8935A9A889}">
       <formula1>$AW$29:$AW$31</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AP13 AP55 AP62 AP69 AP20 AP27 AP34 AP41 AP48 AP76" xr:uid="{F74D1030-0093-436B-9099-2D91505DB61C}">
       <formula1>$AW$12:$AW$22</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AN13 AN55 AN62 AN69 AN20 AN27 AN34 AN41 AN48 AN76" xr:uid="{79E59DAE-63D6-4354-BA64-D042E4CCB7C6}">
       <formula1>$AW$8:$AW$10</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="lessThanOrEqual" showInputMessage="1" showErrorMessage="1" errorTitle="文字数超過" error="最大文字数を超えています。_x000a_30文字以内にしてください。" sqref="AA62 AA13 AA55 AA41 AA34 AA48 AA69 AA20 AA27 AA76" xr:uid="{AC4CF829-36B1-49B2-821B-062A9B9AD576}">
       <formula1>30</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="lessThanOrEqual" showInputMessage="1" showErrorMessage="1" errorTitle="文字数超過" error="最大文字数を超えています。_x000a_15文字以内にしてください。" sqref="V62 V13 V55 V41 V34 V69 V20 V27 V48 V76" xr:uid="{FA1F2673-10FB-4213-A11F-67F31CAD1A70}">
       <formula1>15</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="lessThanOrEqual" showInputMessage="1" showErrorMessage="1" errorTitle="文字数超過" error="最大文字数を超えています。_x000a_40文字以内にしてください。" sqref="AC51 AC30 AC58 AC44 AC16 AC37 AC65 AC72 AC23 AC79" xr:uid="{ED1D6A9C-0724-465C-868C-825F2EF2D8A0}">
       <formula1>40</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="lessThanOrEqual" showInputMessage="1" showErrorMessage="1" errorTitle="桁数超過" error="最大桁数を超えています。_x000a_11桁以内にしてください。" sqref="AF48 AF62 AF41 Y44 AF55 Y37 AF34 AF13 Y58 K7 Y30 Y51 AF69 Y65 AF20 Y16 AF27 Y23 AF76 Y72 Y79" xr:uid="{A0D5ECD7-C7F7-48A4-93B0-D1BAFC2CC4C7}">
       <formula1>13</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="lessThanOrEqual" showInputMessage="1" showErrorMessage="1" errorTitle="文字数超過" error="最大文字数を超えています。_x000a_20文字以内にしてください。" sqref="S58 S44 S51 S37 S30 AN44 P41 AN37 P34 S16 AN16 AN51 P13 AN58 P55 AN65 P62 S65 AN72 P69 P76 AN23 P20 S23 AN30 P27 P48 S72 AN79 S79" xr:uid="{EF2F0B06-7D21-4481-B3EC-B357FEB06A26}">
       <formula1>20</formula1>
+    </dataValidation>
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="受付不可" error="中止日は「本日から2か月以内」の日付を入力してください。_x000a_また、中止日は遡ることができません。本日以降の日付でご申請ください。_x000a_" sqref="AJ13:AM13" xr:uid="{D0BC4797-3A4B-4B51-B804-E8777346581E}">
+      <formula1>TODAY()</formula1>
+      <formula2>EDATE(TODAY(),2)</formula2>
+    </dataValidation>
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="受付不可" error="中止日は「本日から2か月以内」の日付を入力してください。_x000a_また、中止日は遡ることができません。本日以降の日付でご申請ください。" sqref="AJ20:AM20 AJ27:AM27 AJ34:AM34 AJ41:AM41 AJ48:AM48 AJ55:AM55 AJ62:AM62 AJ69:AM69" xr:uid="{C74D2ED3-1ADD-44E0-813C-83865B751C11}">
+      <formula1>TODAY()</formula1>
+      <formula2>EDATE(TODAY(),2)</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094488" right="0.23622047244094488" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="53" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="3" manualBreakCount="3">
     <brk id="38" min="1" max="44" man="1"/>
     <brk id="79" min="1" max="44" man="1"/>
     <brk id="82" min="1" max="44" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>