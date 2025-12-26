--- v0 (2025-10-08)
+++ v1 (2025-12-26)
@@ -2,83 +2,86 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Fsar3-fsa02\040サービス推進部\G-3203000-000サービス推進部業務課\PT-業務課研修生\2025年度（R7）\★R７通達・事務連絡★\02個別・その他\51～60\（個-№51）局ホームページの更新について（依頼）\FAX\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\koshino-kei\Desktop\071201_FAX様式\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7A77D8F3-43BC-45B1-8D53-61BB4CA0B8B8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D19EE701-4147-47FE-87AD-584F96DC50A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17325" xr2:uid="{4E073A91-4A8C-4330-B02A-CCB19213B6CE}"/>
   </bookViews>
   <sheets>
     <sheet name="開始申込書列記式" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">開始申込書列記式!$B$1:$AT$79</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="467" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="466" uniqueCount="99">
   <si>
     <t>水　　道　　開　　始　　申　　込　　書　　（　　列　　記　　式　　）</t>
     <rPh sb="0" eb="1">
       <t>ミズ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>ミチ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>カイ</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>ハジメ</t>
     </rPh>
     <rPh sb="12" eb="13">
       <t>サル</t>
     </rPh>
     <rPh sb="15" eb="16">
       <t>コ</t>
     </rPh>
     <rPh sb="18" eb="19">
       <t>ショ</t>
     </rPh>
     <rPh sb="24" eb="25">
       <t>レツ</t>
@@ -304,87 +307,631 @@
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>ご移転元の口座振替払いを継続</t>
     <rPh sb="1" eb="4">
       <t>イテンモト</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>コウザ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>フリカエ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>ご移転元のクレジット払いを継続</t>
     <rPh sb="1" eb="4">
       <t>イテンモト</t>
     </rPh>
     <rPh sb="10" eb="11">
       <t>バラ</t>
     </rPh>
     <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <r>
+      <t>　</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="BIZ UDゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t xml:space="preserve">
+　＜申込書について＞</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="BIZ UDゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t xml:space="preserve">
+　・　入力不要項目は自動でグレーに色塗りされます。
+　・　印刷範囲の設定をご確認ください。
+　・　本様式はＦＡＸ用です。下記お客さまセンターＦＡＸ番号まで送付をお願いします。
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="BIZ UDゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>　＜お問い合わせ先＞</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="BIZ UDゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t xml:space="preserve">
+　東京都水道局お客さまセンター（受付時間　８時３０分～２０時００分まで※日祝を除く）
+　・　ＦＡＸ　　０３－５７９０－０５７２　（２３区）　／　０４２－５４８－５１１５　（多摩地区）
+　・　電話番号　０５７０－０９１－１００　（ナビダイヤル）
+　　　　　　　　０３－５３２６－１１０１　（２３区）
+　　　　　　　　０４２－５４８－５１１０　（多摩地区）
+　</t>
+    </r>
+    <rPh sb="4" eb="7">
+      <t>モウシコミショ</t>
+    </rPh>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>1</t>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>2</t>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>自分で開栓する</t>
+    <rPh sb="0" eb="2">
+      <t>ジブン</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>カイセン</t>
+    </rPh>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>お客さま番号（10ケタ）</t>
+    <rPh sb="4" eb="6">
+      <t>バンゴウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>使用場所</t>
+    <rPh sb="0" eb="2">
+      <t>シヨウ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>バショ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>開始日</t>
+    <rPh sb="0" eb="3">
+      <t>カイシビ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>給水契約者名</t>
+    <rPh sb="0" eb="2">
+      <t>キュウスイ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ケイヤク</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>シャ</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>メイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>登録電話番号</t>
+    <rPh sb="0" eb="2">
+      <t>トウロク</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>デンワ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>バンゴウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>お支払方法</t>
+    <rPh sb="1" eb="3">
+      <t>シハラ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ホウホウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>以前の使用場所の
+お客さま番号</t>
+    <rPh sb="0" eb="2">
+      <t>イゼン</t>
+    </rPh>
+    <rPh sb="3" eb="7">
+      <t>シヨウバショ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>発行物の
+郵送先</t>
+    <rPh sb="0" eb="3">
+      <t>ハッコウブツ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ユウソウ</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>サキ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>水道局による開栓作業を希望する</t>
+    <rPh sb="0" eb="3">
+      <t>スイドウキョク</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>カイセン</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>サギョウ</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>キボウ</t>
+    </rPh>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>※不明の場合は空欄</t>
+    <rPh sb="1" eb="3">
+      <t>フメイ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>バアイ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>クウラン</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>市区郡町村</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>町名</t>
+    <rPh sb="0" eb="2">
+      <t>チョウメイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>丁目</t>
+    <rPh sb="0" eb="2">
+      <t>チョウメ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>番</t>
+    <rPh sb="0" eb="1">
+      <t>バン</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>号</t>
+    <rPh sb="0" eb="1">
+      <t>ゴウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>棟</t>
+    <rPh sb="0" eb="1">
+      <t>トウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>室</t>
+    <rPh sb="0" eb="1">
+      <t>シツ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>建物名等（最大20文字）</t>
+    <rPh sb="0" eb="2">
+      <t>タテモノ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>メイ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>トウ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>サイダイ</t>
+    </rPh>
+    <rPh sb="9" eb="11">
+      <t>モジ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>氏名／法人名（最大15文字）</t>
+    <rPh sb="0" eb="2">
+      <t>シメイ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ホウジン</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>メイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>フリガナ（最大30文字）</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>郵送先住所</t>
+    <rPh sb="0" eb="2">
+      <t>ユウソウ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>サキ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ジュウショ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>郵送先電話番号</t>
+    <rPh sb="0" eb="3">
+      <t>ユウソウサキ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>デンワ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>バンゴウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>宛名</t>
+    <rPh sb="0" eb="2">
+      <t>アテナ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>使用場所についての記載希望</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>検針票の
+送付先</t>
+    <rPh sb="0" eb="3">
+      <t>ケンシンヒョウ</t>
+    </rPh>
+    <rPh sb="5" eb="8">
+      <t>ソウフサキ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>使用場所と同一</t>
+    <rPh sb="0" eb="2">
+      <t>シヨウ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>バショ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ドウイツ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>郵便番号</t>
+    <rPh sb="0" eb="4">
+      <t>ユウビンバンゴウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>都道府県</t>
+    <rPh sb="0" eb="4">
+      <t>トドウフケン</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>※最大40文字</t>
+    <rPh sb="1" eb="3">
+      <t>サイダイ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>モジ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>有の場合記入（最大20文字）</t>
+    <rPh sb="7" eb="9">
+      <t>サイダイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>使用場所と異なる</t>
+    <rPh sb="0" eb="2">
+      <t>シヨウ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>バショ</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>コト</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>上記の送付先と同一</t>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>使用場所</t>
+    <rPh sb="0" eb="4">
+      <t>シヨウバショ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>郵送先（検針票は使用場所に投函されません）</t>
+    <rPh sb="0" eb="2">
+      <t>ユウソウ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>サキ</t>
+    </rPh>
+    <rPh sb="4" eb="7">
+      <t>ケンシンヒョウ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>シヨウ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>バショ</t>
+    </rPh>
+    <rPh sb="13" eb="15">
+      <t>トウカン</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>管理会社</t>
+    <rPh sb="0" eb="2">
+      <t>カンリ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ガイシャ</t>
+    </rPh>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>不動産会社</t>
+    <rPh sb="0" eb="3">
+      <t>フドウサン</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ガイシャ</t>
+    </rPh>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>申込代行業者</t>
+    <rPh sb="0" eb="2">
+      <t>モウシコミ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ダイコウ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>ギョウシャ</t>
+    </rPh>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>その他（右の欄に関係性をご入力ください）</t>
+    <rPh sb="2" eb="3">
+      <t>タ</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>ミギ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>ラン</t>
+    </rPh>
+    <rPh sb="8" eb="11">
+      <t>カンケイセイ</t>
+    </rPh>
+    <rPh sb="13" eb="15">
+      <t>ニュウリョク</t>
+    </rPh>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>8</t>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>9</t>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>10</t>
+    <phoneticPr fontId="12"/>
   </si>
   <si>
     <r>
       <t>　</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="BIZ UDゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t xml:space="preserve">
 　＜注意事項＞</t>
-    </r>
-[...19 lines deleted...]
-      <t>開始日の３日前（日祝を除く）までにご連絡ください。</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="BIZ UDゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t xml:space="preserve">
 　・　お申し込み内容の誤登録防止のため、</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="BIZ UDゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>必ず電子入力をお願いします</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
@@ -436,648 +983,80 @@
         <charset val="128"/>
       </rPr>
       <t>ご移転元と水道契約名義が同一</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="BIZ UDゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>の場合に限ります。
 　・　支払い方法で「新規口座振替払い」「新規クレジット払い」を選択された場合、郵送先住所へ申込書をお送りします。
 　　　※新規口座・クレジットカードの登録完了までは請求書でのお支払いになります。
 　・　「水道局による開栓作業を希望する」を選択しても、開栓に伺うのは水道局で元栓を閉めている場合に限られます。
 　　　※お水が出ない場合は、元栓を左に止まるまで回してからご使用ください。
 　・　発行物は水道使用場所に送付します。別住所への送付をご希望の場合は、「発行物の郵送先」欄にご記入願います。</t>
     </r>
     <rPh sb="4" eb="6">
       <t>チュウイ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>ジコウ</t>
     </rPh>
-    <rPh sb="21" eb="23">
-[...2 lines deleted...]
-    <rPh sb="264" eb="266">
+    <rPh sb="235" eb="237">
       <t>イテン</t>
     </rPh>
-    <rPh sb="389" eb="392">
+    <rPh sb="360" eb="363">
       <t>スイドウキョク</t>
     </rPh>
-    <rPh sb="406" eb="408">
+    <rPh sb="377" eb="379">
       <t>センタク</t>
     </rPh>
-    <rPh sb="415" eb="416">
+    <rPh sb="386" eb="387">
       <t>ウカガ</t>
     </rPh>
-    <rPh sb="431" eb="433">
+    <rPh sb="402" eb="404">
       <t>バアイ</t>
     </rPh>
-    <rPh sb="434" eb="435">
+    <rPh sb="405" eb="406">
       <t>カギ</t>
     </rPh>
-    <rPh sb="451" eb="453">
+    <rPh sb="422" eb="424">
       <t>バアイ</t>
     </rPh>
-    <rPh sb="482" eb="485">
+    <rPh sb="453" eb="456">
       <t>ハッコウブツ</t>
     </rPh>
-    <rPh sb="493" eb="495">
+    <rPh sb="464" eb="466">
       <t>ソウフ</t>
     </rPh>
-    <rPh sb="516" eb="518">
+    <rPh sb="487" eb="489">
       <t>ハッコウ</t>
     </rPh>
-    <phoneticPr fontId="12"/>
-[...563 lines deleted...]
-    <t>10</t>
     <phoneticPr fontId="12"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="176" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
     <numFmt numFmtId="177" formatCode="00\-000000\-00"/>
     <numFmt numFmtId="178" formatCode="000\-0000"/>
   </numFmts>
   <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
@@ -2344,135 +2323,449 @@
     <xf numFmtId="49" fontId="20" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="29" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="30" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="31" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="32" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="16" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="4" borderId="66" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    <xf numFmtId="49" fontId="4" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="4" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="5" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="6" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="10" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="11" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="12" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="7" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="13" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="21" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="22" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="23" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="3" borderId="24" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="3" borderId="11" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="3" borderId="20" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="24" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="3" borderId="25" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="26" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="27" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="28" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="29" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="30" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="14" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="15" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="16" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="18" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="4" borderId="31" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="4" borderId="40" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="4" borderId="70" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="32" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="33" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="34" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="35" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="36" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="37" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="4" borderId="48" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="4" borderId="49" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="50" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="36" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="37" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="48" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="49" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="50" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="26" fillId="0" borderId="55" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="42" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="43" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="56" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="49" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="52" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="57" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="58" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="59" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="36" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="48" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="52" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="38" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="43" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="53" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="39" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="49" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="54" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="41" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="42" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="43" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="44" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="45" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="46" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="47" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="51" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="45" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="46" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="44" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="47" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="8" fillId="3" borderId="60" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="8" fillId="3" borderId="62" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="63" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="64" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="65" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="66" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="67" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="68" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="66" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="67" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="68" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="66" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="67" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="68" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="69" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="176" fontId="20" fillId="0" borderId="48" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="20" fillId="0" borderId="49" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="19" fillId="0" borderId="48" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="19" fillId="0" borderId="49" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="19" fillId="0" borderId="52" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="28" fillId="0" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="56" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
-    </xf>
-    <xf numFmtId="49" fontId="28" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="50" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="48" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="49" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="50" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="8" fillId="3" borderId="61" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="177" fontId="26" fillId="0" borderId="43" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="177" fontId="26" fillId="0" borderId="53" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="56" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="49" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="4" borderId="50" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="4" borderId="51" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="4" borderId="45" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="4" borderId="47" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="178" fontId="27" fillId="0" borderId="71" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="178" fontId="27" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
@@ -2501,372 +2794,58 @@
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="4" borderId="42" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...137 lines deleted...]
-    <xf numFmtId="49" fontId="19" fillId="0" borderId="56" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="28" fillId="0" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="49" fontId="19" fillId="0" borderId="50" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
-      <protection locked="0"/>
-[...72 lines deleted...]
-    <xf numFmtId="49" fontId="6" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="0" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
-      <protection locked="0"/>
-[...101 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="計算" xfId="1" builtinId="22"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="3" xr:uid="{97322F8A-99C4-4FD0-A171-4EFF09D564AE}"/>
     <cellStyle name="標準 2 2" xfId="2" xr:uid="{AA704958-2D5E-4325-842A-0D370CD11606}"/>
   </cellStyles>
   <dxfs count="63">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.34998626667073579"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor auto="1"/>
           <bgColor theme="0" tint="-0.34998626667073579"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
@@ -3618,112 +3597,112 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{84877FA6-0E45-4403-86E2-C11F34CEBBD5}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:CL81"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="85" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
-      <selection activeCell="W16" sqref="W16:Z16"/>
+      <selection activeCell="P7" sqref="P7:Y7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="2.125" style="1" customWidth="1"/>
     <col min="2" max="47" width="5.625" style="1" customWidth="1"/>
     <col min="48" max="50" width="5.625" style="2" hidden="1" customWidth="1"/>
     <col min="51" max="53" width="5.625" style="2" customWidth="1"/>
     <col min="54" max="54" width="5.625" style="3" customWidth="1"/>
     <col min="55" max="90" width="5.625" style="1" customWidth="1"/>
     <col min="91" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:90" ht="30" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B1" s="165" t="s">
+      <c r="B1" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="165"/>
-[...42 lines deleted...]
-      <c r="AT1" s="165"/>
+      <c r="C1" s="49"/>
+      <c r="D1" s="49"/>
+      <c r="E1" s="49"/>
+      <c r="F1" s="49"/>
+      <c r="G1" s="49"/>
+      <c r="H1" s="49"/>
+      <c r="I1" s="49"/>
+      <c r="J1" s="49"/>
+      <c r="K1" s="49"/>
+      <c r="L1" s="49"/>
+      <c r="M1" s="49"/>
+      <c r="N1" s="49"/>
+      <c r="O1" s="49"/>
+      <c r="P1" s="49"/>
+      <c r="Q1" s="49"/>
+      <c r="R1" s="49"/>
+      <c r="S1" s="49"/>
+      <c r="T1" s="49"/>
+      <c r="U1" s="49"/>
+      <c r="V1" s="49"/>
+      <c r="W1" s="49"/>
+      <c r="X1" s="49"/>
+      <c r="Y1" s="49"/>
+      <c r="Z1" s="49"/>
+      <c r="AA1" s="49"/>
+      <c r="AB1" s="49"/>
+      <c r="AC1" s="49"/>
+      <c r="AD1" s="49"/>
+      <c r="AE1" s="49"/>
+      <c r="AF1" s="49"/>
+      <c r="AG1" s="49"/>
+      <c r="AH1" s="49"/>
+      <c r="AI1" s="49"/>
+      <c r="AJ1" s="49"/>
+      <c r="AK1" s="49"/>
+      <c r="AL1" s="49"/>
+      <c r="AM1" s="49"/>
+      <c r="AN1" s="49"/>
+      <c r="AO1" s="49"/>
+      <c r="AP1" s="49"/>
+      <c r="AQ1" s="49"/>
+      <c r="AR1" s="49"/>
+      <c r="AS1" s="49"/>
+      <c r="AT1" s="49"/>
     </row>
     <row r="2" spans="1:90" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
       <c r="K2" s="4"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="4"/>
       <c r="O2" s="4"/>
       <c r="P2" s="4"/>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
       <c r="S2" s="4"/>
       <c r="T2" s="4"/>
       <c r="U2" s="4"/>
       <c r="V2" s="4"/>
       <c r="W2" s="4"/>
       <c r="X2" s="4"/>
@@ -3768,339 +3747,339 @@
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="7"/>
       <c r="K3" s="7"/>
       <c r="L3" s="7"/>
       <c r="M3" s="7"/>
       <c r="N3" s="7"/>
       <c r="O3" s="7"/>
       <c r="P3" s="7"/>
       <c r="Q3" s="7"/>
       <c r="R3" s="7"/>
       <c r="S3" s="7"/>
       <c r="T3" s="7"/>
       <c r="U3" s="7"/>
       <c r="V3" s="7"/>
       <c r="W3" s="7"/>
       <c r="X3" s="7"/>
       <c r="Y3" s="7"/>
       <c r="Z3" s="7"/>
       <c r="AA3" s="7"/>
       <c r="AB3" s="7"/>
       <c r="AC3" s="7"/>
       <c r="AD3" s="7"/>
       <c r="AE3" s="7"/>
       <c r="AF3" s="7"/>
-      <c r="AG3" s="166" t="s">
+      <c r="AG3" s="50" t="s">
         <v>4</v>
       </c>
-      <c r="AH3" s="167"/>
-[...5 lines deleted...]
-      <c r="AN3" s="176" t="s">
+      <c r="AH3" s="51"/>
+      <c r="AI3" s="54"/>
+      <c r="AJ3" s="55"/>
+      <c r="AK3" s="55"/>
+      <c r="AL3" s="55"/>
+      <c r="AM3" s="56"/>
+      <c r="AN3" s="60" t="s">
         <v>6</v>
       </c>
-      <c r="AO3" s="178"/>
-[...1 lines deleted...]
-      <c r="AQ3" s="176" t="s">
+      <c r="AO3" s="62"/>
+      <c r="AP3" s="62"/>
+      <c r="AQ3" s="60" t="s">
         <v>7</v>
       </c>
-      <c r="AR3" s="178"/>
-[...1 lines deleted...]
-      <c r="AT3" s="180" t="s">
+      <c r="AR3" s="62"/>
+      <c r="AS3" s="62"/>
+      <c r="AT3" s="64" t="s">
         <v>9</v>
       </c>
       <c r="AV3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="AW3" s="2"/>
       <c r="AX3" s="8" t="s">
         <v>11</v>
       </c>
       <c r="AY3" s="2"/>
     </row>
     <row r="4" spans="1:90" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B4" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="10"/>
       <c r="D4" s="10"/>
       <c r="E4" s="10"/>
       <c r="F4" s="10"/>
       <c r="G4" s="10"/>
       <c r="H4" s="11"/>
       <c r="I4" s="11"/>
       <c r="J4" s="11"/>
       <c r="K4" s="12"/>
       <c r="L4" s="11"/>
       <c r="M4" s="11"/>
       <c r="N4" s="11"/>
       <c r="O4" s="11"/>
       <c r="P4" s="11"/>
       <c r="Q4" s="11"/>
       <c r="R4" s="11"/>
       <c r="S4" s="11"/>
       <c r="T4" s="11"/>
       <c r="U4" s="11"/>
       <c r="V4" s="11"/>
       <c r="W4" s="11"/>
       <c r="X4" s="11"/>
       <c r="Y4" s="11"/>
       <c r="Z4" s="11"/>
       <c r="AA4" s="11"/>
       <c r="AB4" s="11"/>
       <c r="AC4" s="11"/>
       <c r="AD4" s="11"/>
       <c r="AE4" s="11"/>
       <c r="AF4" s="11"/>
-      <c r="AG4" s="168"/>
-[...12 lines deleted...]
-      <c r="AT4" s="181"/>
+      <c r="AG4" s="52"/>
+      <c r="AH4" s="53"/>
+      <c r="AI4" s="57"/>
+      <c r="AJ4" s="58"/>
+      <c r="AK4" s="58"/>
+      <c r="AL4" s="58"/>
+      <c r="AM4" s="59"/>
+      <c r="AN4" s="61"/>
+      <c r="AO4" s="63"/>
+      <c r="AP4" s="63"/>
+      <c r="AQ4" s="61"/>
+      <c r="AR4" s="63"/>
+      <c r="AS4" s="63"/>
+      <c r="AT4" s="65"/>
       <c r="AV4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="AX4" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:90" s="14" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A5" s="13"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
       <c r="F5" s="10"/>
       <c r="G5" s="10"/>
       <c r="H5" s="11"/>
       <c r="I5" s="11"/>
       <c r="J5" s="15"/>
       <c r="K5" s="16"/>
       <c r="L5" s="16"/>
       <c r="M5" s="11"/>
       <c r="N5" s="16"/>
       <c r="O5" s="11"/>
       <c r="P5" s="16"/>
       <c r="Q5" s="17"/>
       <c r="S5" s="18"/>
       <c r="T5" s="17"/>
       <c r="U5" s="11"/>
       <c r="V5" s="11"/>
       <c r="W5" s="11"/>
       <c r="X5" s="11"/>
       <c r="Y5" s="11"/>
       <c r="Z5" s="17"/>
       <c r="AA5" s="17"/>
       <c r="AB5" s="17"/>
       <c r="AC5" s="17"/>
       <c r="AD5" s="17"/>
       <c r="AE5" s="17"/>
       <c r="AF5" s="17"/>
       <c r="AG5" s="17"/>
       <c r="AH5" s="17"/>
       <c r="AI5" s="17"/>
       <c r="AJ5" s="17"/>
       <c r="AK5" s="17"/>
       <c r="AL5" s="17"/>
-      <c r="AM5" s="159"/>
-[...1 lines deleted...]
-      <c r="AO5" s="159"/>
+      <c r="AM5" s="82"/>
+      <c r="AN5" s="82"/>
+      <c r="AO5" s="82"/>
       <c r="AP5" s="19"/>
       <c r="AQ5" s="19"/>
       <c r="AR5" s="19"/>
       <c r="AS5" s="19"/>
       <c r="AT5" s="19"/>
       <c r="AV5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="AW5" s="2"/>
       <c r="AX5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="AY5" s="2"/>
       <c r="AZ5" s="2"/>
       <c r="BA5" s="2"/>
       <c r="BB5" s="5"/>
       <c r="BC5" s="20"/>
       <c r="BE5" s="20"/>
       <c r="BF5" s="20"/>
       <c r="BG5" s="20"/>
       <c r="BH5" s="20"/>
       <c r="BI5" s="20"/>
       <c r="BJ5" s="20"/>
       <c r="BK5" s="20"/>
       <c r="BL5" s="20"/>
       <c r="BM5" s="20"/>
       <c r="BN5" s="20"/>
       <c r="BO5" s="20"/>
       <c r="BP5" s="20"/>
       <c r="BQ5" s="20"/>
       <c r="BR5" s="20"/>
       <c r="BS5" s="20"/>
       <c r="BT5" s="20"/>
       <c r="BU5" s="20"/>
       <c r="BV5" s="20"/>
       <c r="BW5" s="20"/>
       <c r="BX5" s="20"/>
       <c r="BY5" s="20"/>
       <c r="BZ5" s="20"/>
       <c r="CA5" s="20"/>
       <c r="CB5" s="20"/>
       <c r="CC5" s="20"/>
       <c r="CD5" s="20"/>
       <c r="CE5" s="20"/>
       <c r="CF5" s="20"/>
       <c r="CG5" s="20"/>
       <c r="CH5" s="20"/>
     </row>
     <row r="6" spans="1:90" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A6" s="21"/>
-      <c r="B6" s="160" t="s">
+      <c r="B6" s="83" t="s">
         <v>17</v>
       </c>
-      <c r="C6" s="161"/>
-[...7 lines deleted...]
-      <c r="K6" s="163" t="s">
+      <c r="C6" s="84"/>
+      <c r="D6" s="84"/>
+      <c r="E6" s="84"/>
+      <c r="F6" s="84"/>
+      <c r="G6" s="84"/>
+      <c r="H6" s="84"/>
+      <c r="I6" s="84"/>
+      <c r="J6" s="85"/>
+      <c r="K6" s="86" t="s">
         <v>18</v>
       </c>
-      <c r="L6" s="161"/>
-[...3 lines deleted...]
-      <c r="P6" s="163" t="s">
+      <c r="L6" s="84"/>
+      <c r="M6" s="84"/>
+      <c r="N6" s="84"/>
+      <c r="O6" s="85"/>
+      <c r="P6" s="86" t="s">
         <v>19</v>
       </c>
-      <c r="Q6" s="161"/>
-[...8 lines deleted...]
-      <c r="Z6" s="163" t="s">
+      <c r="Q6" s="84"/>
+      <c r="R6" s="84"/>
+      <c r="S6" s="84"/>
+      <c r="T6" s="84"/>
+      <c r="U6" s="84"/>
+      <c r="V6" s="84"/>
+      <c r="W6" s="84"/>
+      <c r="X6" s="84"/>
+      <c r="Y6" s="85"/>
+      <c r="Z6" s="86" t="s">
         <v>20</v>
       </c>
-      <c r="AA6" s="161"/>
-[...11 lines deleted...]
-      <c r="AM6" s="163" t="s">
+      <c r="AA6" s="84"/>
+      <c r="AB6" s="84"/>
+      <c r="AC6" s="84"/>
+      <c r="AD6" s="84"/>
+      <c r="AE6" s="84"/>
+      <c r="AF6" s="84"/>
+      <c r="AG6" s="84"/>
+      <c r="AH6" s="84"/>
+      <c r="AI6" s="84"/>
+      <c r="AJ6" s="84"/>
+      <c r="AK6" s="84"/>
+      <c r="AL6" s="85"/>
+      <c r="AM6" s="86" t="s">
         <v>21</v>
       </c>
-      <c r="AN6" s="161"/>
-[...5 lines deleted...]
-      <c r="AT6" s="164"/>
+      <c r="AN6" s="84"/>
+      <c r="AO6" s="84"/>
+      <c r="AP6" s="84"/>
+      <c r="AQ6" s="84"/>
+      <c r="AR6" s="84"/>
+      <c r="AS6" s="84"/>
+      <c r="AT6" s="87"/>
       <c r="AV6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="AX6" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:90" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A7" s="22"/>
-      <c r="B7" s="182"/>
-[...13 lines deleted...]
-      <c r="P7" s="188" t="s">
+      <c r="B7" s="66"/>
+      <c r="C7" s="67"/>
+      <c r="D7" s="67"/>
+      <c r="E7" s="67"/>
+      <c r="F7" s="67"/>
+      <c r="G7" s="67"/>
+      <c r="H7" s="67"/>
+      <c r="I7" s="67"/>
+      <c r="J7" s="68"/>
+      <c r="K7" s="69"/>
+      <c r="L7" s="70"/>
+      <c r="M7" s="70"/>
+      <c r="N7" s="70"/>
+      <c r="O7" s="71"/>
+      <c r="P7" s="72" t="s">
         <v>2</v>
       </c>
-      <c r="Q7" s="189"/>
-[...21 lines deleted...]
-      <c r="AM7" s="188" t="s">
+      <c r="Q7" s="73"/>
+      <c r="R7" s="73"/>
+      <c r="S7" s="73"/>
+      <c r="T7" s="73"/>
+      <c r="U7" s="73"/>
+      <c r="V7" s="73"/>
+      <c r="W7" s="73"/>
+      <c r="X7" s="73"/>
+      <c r="Y7" s="74"/>
+      <c r="Z7" s="75"/>
+      <c r="AA7" s="67"/>
+      <c r="AB7" s="67"/>
+      <c r="AC7" s="67"/>
+      <c r="AD7" s="67"/>
+      <c r="AE7" s="67"/>
+      <c r="AF7" s="67"/>
+      <c r="AG7" s="67"/>
+      <c r="AH7" s="67"/>
+      <c r="AI7" s="67"/>
+      <c r="AJ7" s="67"/>
+      <c r="AK7" s="67"/>
+      <c r="AL7" s="68"/>
+      <c r="AM7" s="72" t="s">
         <v>2</v>
       </c>
-      <c r="AN7" s="189"/>
-[...5 lines deleted...]
-      <c r="AT7" s="192"/>
+      <c r="AN7" s="73"/>
+      <c r="AO7" s="73"/>
+      <c r="AP7" s="73"/>
+      <c r="AQ7" s="73"/>
+      <c r="AR7" s="73"/>
+      <c r="AS7" s="73"/>
+      <c r="AT7" s="76"/>
       <c r="AV7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="AX7" s="8" t="s">
         <v>24</v>
       </c>
       <c r="BI7" s="20"/>
       <c r="BJ7" s="20"/>
       <c r="BK7" s="20"/>
       <c r="BL7" s="20"/>
       <c r="BM7" s="20"/>
       <c r="BN7" s="20"/>
       <c r="BO7" s="20"/>
       <c r="BP7" s="20"/>
       <c r="BQ7" s="20"/>
       <c r="BR7" s="20"/>
       <c r="BS7" s="20"/>
       <c r="BT7" s="20"/>
       <c r="BU7" s="20"/>
       <c r="BV7" s="20"/>
       <c r="BW7" s="20"/>
       <c r="BX7" s="20"/>
       <c r="BY7" s="20"/>
       <c r="BZ7" s="20"/>
       <c r="CA7" s="20"/>
@@ -4175,104 +4154,104 @@
       <c r="BM8" s="20"/>
       <c r="BN8" s="20"/>
       <c r="BO8" s="20"/>
       <c r="BP8" s="20"/>
       <c r="BQ8" s="20"/>
       <c r="BR8" s="20"/>
       <c r="BS8" s="20"/>
       <c r="BT8" s="20"/>
       <c r="BU8" s="20"/>
       <c r="BV8" s="20"/>
       <c r="BW8" s="20"/>
       <c r="BX8" s="20"/>
       <c r="BY8" s="20"/>
       <c r="BZ8" s="20"/>
       <c r="CA8" s="20"/>
       <c r="CB8" s="20"/>
       <c r="CC8" s="20"/>
       <c r="CD8" s="20"/>
       <c r="CE8" s="20"/>
       <c r="CF8" s="20"/>
       <c r="CG8" s="20"/>
       <c r="CH8" s="20"/>
     </row>
     <row r="9" spans="1:90" ht="170.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A9" s="22"/>
-      <c r="B9" s="154" t="s">
+      <c r="B9" s="77" t="s">
+        <v>98</v>
+      </c>
+      <c r="C9" s="78"/>
+      <c r="D9" s="78"/>
+      <c r="E9" s="78"/>
+      <c r="F9" s="78"/>
+      <c r="G9" s="78"/>
+      <c r="H9" s="78"/>
+      <c r="I9" s="78"/>
+      <c r="J9" s="78"/>
+      <c r="K9" s="78"/>
+      <c r="L9" s="78"/>
+      <c r="M9" s="78"/>
+      <c r="N9" s="78"/>
+      <c r="O9" s="78"/>
+      <c r="P9" s="78"/>
+      <c r="Q9" s="78"/>
+      <c r="R9" s="78"/>
+      <c r="S9" s="78"/>
+      <c r="T9" s="78"/>
+      <c r="U9" s="78"/>
+      <c r="V9" s="78"/>
+      <c r="W9" s="78"/>
+      <c r="X9" s="78"/>
+      <c r="Y9" s="78"/>
+      <c r="Z9" s="78"/>
+      <c r="AA9" s="78"/>
+      <c r="AB9" s="79"/>
+      <c r="AC9" s="80" t="s">
         <v>25</v>
       </c>
-      <c r="C9" s="155"/>
-[...44 lines deleted...]
-      <c r="AT9" s="158"/>
+      <c r="AD9" s="78"/>
+      <c r="AE9" s="78"/>
+      <c r="AF9" s="78"/>
+      <c r="AG9" s="78"/>
+      <c r="AH9" s="78"/>
+      <c r="AI9" s="78"/>
+      <c r="AJ9" s="78"/>
+      <c r="AK9" s="78"/>
+      <c r="AL9" s="78"/>
+      <c r="AM9" s="78"/>
+      <c r="AN9" s="78"/>
+      <c r="AO9" s="78"/>
+      <c r="AP9" s="78"/>
+      <c r="AQ9" s="78"/>
+      <c r="AR9" s="78"/>
+      <c r="AS9" s="78"/>
+      <c r="AT9" s="81"/>
       <c r="AV9" s="2">
         <v>1</v>
       </c>
       <c r="AW9" s="2" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="AX9" s="5" t="s">
         <v>2</v>
       </c>
       <c r="BS9" s="28"/>
       <c r="BT9" s="28"/>
       <c r="BU9" s="28"/>
       <c r="BV9" s="28"/>
       <c r="BW9" s="28"/>
       <c r="BX9" s="28"/>
       <c r="BZ9" s="20"/>
       <c r="CA9" s="20"/>
       <c r="CB9" s="20"/>
       <c r="CC9" s="20"/>
       <c r="CD9" s="20"/>
       <c r="CE9" s="20"/>
       <c r="CF9" s="20"/>
       <c r="CG9" s="20"/>
       <c r="CH9" s="20"/>
     </row>
     <row r="10" spans="1:90" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A10" s="22"/>
       <c r="B10" s="29"/>
       <c r="C10" s="29"/>
       <c r="D10" s="29"/>
@@ -4298,502 +4277,500 @@
       <c r="Y10" s="27"/>
       <c r="Z10" s="27"/>
       <c r="AA10" s="27"/>
       <c r="AB10" s="27"/>
       <c r="AC10" s="27"/>
       <c r="AE10" s="30"/>
       <c r="AF10" s="30"/>
       <c r="AG10" s="30"/>
       <c r="AH10" s="30"/>
       <c r="AI10" s="30"/>
       <c r="AJ10" s="30"/>
       <c r="AK10" s="30"/>
       <c r="AL10" s="30"/>
       <c r="AM10" s="27"/>
       <c r="AN10" s="27"/>
       <c r="AO10" s="27"/>
       <c r="AP10" s="27"/>
       <c r="AQ10" s="27"/>
       <c r="AR10" s="27"/>
       <c r="AS10" s="27"/>
       <c r="AT10" s="27"/>
       <c r="AV10" s="2">
         <v>2</v>
       </c>
       <c r="AW10" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="AX10" s="2" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="BC10" s="20"/>
       <c r="BV10" s="28"/>
       <c r="BW10" s="28"/>
       <c r="BX10" s="28"/>
       <c r="BZ10" s="20"/>
       <c r="CA10" s="20"/>
       <c r="CB10" s="20"/>
       <c r="CC10" s="20"/>
       <c r="CD10" s="20"/>
       <c r="CE10" s="20"/>
       <c r="CF10" s="20"/>
       <c r="CG10" s="20"/>
       <c r="CH10" s="20"/>
     </row>
     <row r="11" spans="1:90" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A11" s="31"/>
-      <c r="B11" s="107">
+      <c r="B11" s="88">
         <v>1</v>
       </c>
-      <c r="C11" s="110" t="s">
+      <c r="C11" s="91" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" s="91"/>
+      <c r="E11" s="91"/>
+      <c r="F11" s="92" t="s">
         <v>30</v>
       </c>
-      <c r="D11" s="110"/>
-[...1 lines deleted...]
-      <c r="F11" s="111" t="s">
+      <c r="G11" s="93"/>
+      <c r="H11" s="93"/>
+      <c r="I11" s="93"/>
+      <c r="J11" s="93"/>
+      <c r="K11" s="93"/>
+      <c r="L11" s="93"/>
+      <c r="M11" s="93"/>
+      <c r="N11" s="93"/>
+      <c r="O11" s="93"/>
+      <c r="P11" s="93"/>
+      <c r="Q11" s="93"/>
+      <c r="R11" s="93"/>
+      <c r="S11" s="93"/>
+      <c r="T11" s="93"/>
+      <c r="U11" s="94"/>
+      <c r="V11" s="95" t="s">
         <v>31</v>
       </c>
-      <c r="G11" s="112"/>
-[...14 lines deleted...]
-      <c r="V11" s="114" t="s">
+      <c r="W11" s="96"/>
+      <c r="X11" s="96"/>
+      <c r="Y11" s="97"/>
+      <c r="Z11" s="92" t="s">
         <v>32</v>
       </c>
-      <c r="W11" s="115"/>
-[...2 lines deleted...]
-      <c r="Z11" s="111" t="s">
+      <c r="AA11" s="93"/>
+      <c r="AB11" s="93"/>
+      <c r="AC11" s="93"/>
+      <c r="AD11" s="93"/>
+      <c r="AE11" s="93"/>
+      <c r="AF11" s="93"/>
+      <c r="AG11" s="93"/>
+      <c r="AH11" s="93"/>
+      <c r="AI11" s="94"/>
+      <c r="AJ11" s="101" t="s">
         <v>33</v>
       </c>
-      <c r="AA11" s="112"/>
-[...8 lines deleted...]
-      <c r="AJ11" s="120" t="s">
+      <c r="AK11" s="102"/>
+      <c r="AL11" s="102"/>
+      <c r="AM11" s="103"/>
+      <c r="AN11" s="116" t="s">
         <v>34</v>
       </c>
-      <c r="AK11" s="121"/>
-[...2 lines deleted...]
-      <c r="AN11" s="126" t="s">
+      <c r="AO11" s="117"/>
+      <c r="AP11" s="120" t="s">
         <v>35</v>
       </c>
-      <c r="AO11" s="127"/>
-      <c r="AP11" s="129" t="s">
+      <c r="AQ11" s="120"/>
+      <c r="AR11" s="121"/>
+      <c r="AS11" s="124" t="s">
         <v>36</v>
       </c>
-      <c r="AQ11" s="129"/>
-[...4 lines deleted...]
-      <c r="AT11" s="134"/>
+      <c r="AT11" s="125"/>
       <c r="AV11" s="3">
         <v>3</v>
       </c>
       <c r="AW11" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="AX11" s="3" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="BV11" s="32"/>
       <c r="BW11" s="32"/>
       <c r="BX11" s="32"/>
     </row>
     <row r="12" spans="1:90" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B12" s="108"/>
-      <c r="C12" s="103" t="s">
+      <c r="B12" s="89"/>
+      <c r="C12" s="128" t="s">
+        <v>39</v>
+      </c>
+      <c r="D12" s="128"/>
+      <c r="E12" s="128"/>
+      <c r="F12" s="129" t="s">
         <v>40</v>
       </c>
-      <c r="D12" s="103"/>
-[...1 lines deleted...]
-      <c r="F12" s="92" t="s">
+      <c r="G12" s="130"/>
+      <c r="H12" s="131" t="s">
         <v>41</v>
       </c>
-      <c r="G12" s="93"/>
-      <c r="H12" s="94" t="s">
+      <c r="I12" s="132"/>
+      <c r="J12" s="133"/>
+      <c r="K12" s="33" t="s">
         <v>42</v>
       </c>
-      <c r="I12" s="95"/>
-[...1 lines deleted...]
-      <c r="K12" s="33" t="s">
+      <c r="L12" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="L12" s="33" t="s">
+      <c r="M12" s="33" t="s">
         <v>44</v>
       </c>
-      <c r="M12" s="33" t="s">
+      <c r="N12" s="33" t="s">
         <v>45</v>
       </c>
-      <c r="N12" s="33" t="s">
+      <c r="O12" s="34" t="s">
         <v>46</v>
       </c>
-      <c r="O12" s="34" t="s">
+      <c r="P12" s="131" t="s">
         <v>47</v>
       </c>
-      <c r="P12" s="94" t="s">
+      <c r="Q12" s="132"/>
+      <c r="R12" s="132"/>
+      <c r="S12" s="132"/>
+      <c r="T12" s="132"/>
+      <c r="U12" s="134"/>
+      <c r="V12" s="98"/>
+      <c r="W12" s="99"/>
+      <c r="X12" s="99"/>
+      <c r="Y12" s="100"/>
+      <c r="Z12" s="135" t="s">
         <v>48</v>
       </c>
-      <c r="Q12" s="95"/>
-[...8 lines deleted...]
-      <c r="Z12" s="100" t="s">
+      <c r="AA12" s="136"/>
+      <c r="AB12" s="136"/>
+      <c r="AC12" s="136"/>
+      <c r="AD12" s="137"/>
+      <c r="AE12" s="138" t="s">
         <v>49</v>
       </c>
-      <c r="AA12" s="101"/>
-[...20 lines deleted...]
-      <c r="AT12" s="55"/>
+      <c r="AF12" s="136"/>
+      <c r="AG12" s="136"/>
+      <c r="AH12" s="136"/>
+      <c r="AI12" s="139"/>
+      <c r="AJ12" s="104"/>
+      <c r="AK12" s="105"/>
+      <c r="AL12" s="105"/>
+      <c r="AM12" s="106"/>
+      <c r="AN12" s="118"/>
+      <c r="AO12" s="119"/>
+      <c r="AP12" s="122"/>
+      <c r="AQ12" s="122"/>
+      <c r="AR12" s="123"/>
+      <c r="AS12" s="126"/>
+      <c r="AT12" s="127"/>
       <c r="AV12" s="3">
         <v>4</v>
       </c>
       <c r="AW12" s="3" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="BV12" s="32"/>
       <c r="BW12" s="32"/>
       <c r="BX12" s="32"/>
     </row>
     <row r="13" spans="1:90" s="14" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A13" s="22"/>
-      <c r="B13" s="108"/>
-[...7 lines deleted...]
-      <c r="J13" s="61"/>
+      <c r="B13" s="89"/>
+      <c r="C13" s="107"/>
+      <c r="D13" s="107"/>
+      <c r="E13" s="107"/>
+      <c r="F13" s="108"/>
+      <c r="G13" s="109"/>
+      <c r="H13" s="110"/>
+      <c r="I13" s="111"/>
+      <c r="J13" s="112"/>
       <c r="K13" s="35"/>
       <c r="L13" s="35"/>
       <c r="M13" s="35"/>
       <c r="N13" s="35"/>
       <c r="O13" s="36"/>
-      <c r="P13" s="62"/>
-[...22 lines deleted...]
-      <c r="AM13" s="139"/>
+      <c r="P13" s="113"/>
+      <c r="Q13" s="114"/>
+      <c r="R13" s="114"/>
+      <c r="S13" s="114"/>
+      <c r="T13" s="114"/>
+      <c r="U13" s="115"/>
+      <c r="V13" s="155"/>
+      <c r="W13" s="156"/>
+      <c r="X13" s="156"/>
+      <c r="Y13" s="156"/>
+      <c r="Z13" s="157"/>
+      <c r="AA13" s="158"/>
+      <c r="AB13" s="158"/>
+      <c r="AC13" s="158"/>
+      <c r="AD13" s="159"/>
+      <c r="AE13" s="160"/>
+      <c r="AF13" s="158"/>
+      <c r="AG13" s="158"/>
+      <c r="AH13" s="158"/>
+      <c r="AI13" s="161"/>
+      <c r="AJ13" s="162"/>
+      <c r="AK13" s="163"/>
+      <c r="AL13" s="163"/>
+      <c r="AM13" s="164"/>
       <c r="AN13" s="140" t="s">
         <v>2</v>
       </c>
-      <c r="AO13" s="141"/>
-[...2 lines deleted...]
-      <c r="AR13" s="143"/>
+      <c r="AO13" s="165"/>
+      <c r="AP13" s="166"/>
+      <c r="AQ13" s="166"/>
+      <c r="AR13" s="167"/>
       <c r="AS13" s="140" t="s">
         <v>2</v>
       </c>
-      <c r="AT13" s="144"/>
+      <c r="AT13" s="141"/>
       <c r="AV13" s="2">
         <v>5</v>
       </c>
       <c r="AW13" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AX13" s="8" t="s">
         <v>2</v>
       </c>
       <c r="BT13" s="28"/>
       <c r="BU13" s="28"/>
       <c r="BV13" s="28"/>
       <c r="BW13" s="28"/>
       <c r="BX13" s="28"/>
     </row>
     <row r="14" spans="1:90" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B14" s="108"/>
-      <c r="C14" s="145" t="s">
+      <c r="B14" s="89"/>
+      <c r="C14" s="142"/>
+      <c r="D14" s="143"/>
+      <c r="E14" s="143"/>
+      <c r="F14" s="143"/>
+      <c r="G14" s="143"/>
+      <c r="H14" s="143"/>
+      <c r="I14" s="143"/>
+      <c r="J14" s="143"/>
+      <c r="K14" s="143"/>
+      <c r="L14" s="143"/>
+      <c r="M14" s="143"/>
+      <c r="N14" s="143"/>
+      <c r="O14" s="143"/>
+      <c r="P14" s="143"/>
+      <c r="Q14" s="143"/>
+      <c r="R14" s="143"/>
+      <c r="S14" s="143"/>
+      <c r="T14" s="143"/>
+      <c r="U14" s="143"/>
+      <c r="V14" s="144"/>
+      <c r="W14" s="145" t="s">
         <v>53</v>
       </c>
-      <c r="D14" s="146"/>
-[...18 lines deleted...]
-      <c r="W14" s="148" t="s">
+      <c r="X14" s="146"/>
+      <c r="Y14" s="146"/>
+      <c r="Z14" s="147"/>
+      <c r="AA14" s="148" t="s">
         <v>54</v>
       </c>
-      <c r="X14" s="149"/>
-[...2 lines deleted...]
-      <c r="AA14" s="151" t="s">
+      <c r="AB14" s="149"/>
+      <c r="AC14" s="149"/>
+      <c r="AD14" s="149"/>
+      <c r="AE14" s="149"/>
+      <c r="AF14" s="149"/>
+      <c r="AG14" s="149"/>
+      <c r="AH14" s="149"/>
+      <c r="AI14" s="149"/>
+      <c r="AJ14" s="149"/>
+      <c r="AK14" s="150"/>
+      <c r="AL14" s="151" t="s">
         <v>55</v>
       </c>
-      <c r="AB14" s="152"/>
-[...9 lines deleted...]
-      <c r="AL14" s="49" t="s">
+      <c r="AM14" s="152"/>
+      <c r="AN14" s="152"/>
+      <c r="AO14" s="152"/>
+      <c r="AP14" s="152"/>
+      <c r="AQ14" s="153"/>
+      <c r="AR14" s="151" t="s">
         <v>56</v>
       </c>
-      <c r="AM14" s="50"/>
-[...8 lines deleted...]
-      <c r="AT14" s="52"/>
+      <c r="AS14" s="152"/>
+      <c r="AT14" s="154"/>
       <c r="AV14" s="3">
         <v>6</v>
       </c>
       <c r="AW14" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="AX14" s="21" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="BU14" s="32"/>
       <c r="BV14" s="32"/>
       <c r="BW14" s="32"/>
       <c r="BX14" s="32"/>
       <c r="CD14" s="37"/>
       <c r="CE14" s="37"/>
       <c r="CF14" s="37"/>
       <c r="CG14" s="37"/>
       <c r="CH14" s="37"/>
     </row>
     <row r="15" spans="1:90" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B15" s="108"/>
-      <c r="C15" s="92" t="s">
+      <c r="B15" s="89"/>
+      <c r="C15" s="129" t="s">
+        <v>59</v>
+      </c>
+      <c r="D15" s="130"/>
+      <c r="E15" s="130" t="s">
         <v>60</v>
       </c>
-      <c r="D15" s="93"/>
-      <c r="E15" s="93" t="s">
+      <c r="F15" s="130"/>
+      <c r="G15" s="130" t="s">
+        <v>40</v>
+      </c>
+      <c r="H15" s="130"/>
+      <c r="I15" s="131" t="s">
+        <v>41</v>
+      </c>
+      <c r="J15" s="132"/>
+      <c r="K15" s="133"/>
+      <c r="L15" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="M15" s="33" t="s">
+        <v>43</v>
+      </c>
+      <c r="N15" s="33" t="s">
+        <v>44</v>
+      </c>
+      <c r="O15" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="P15" s="38" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q15" s="168" t="s">
+        <v>47</v>
+      </c>
+      <c r="R15" s="169"/>
+      <c r="S15" s="169"/>
+      <c r="T15" s="169"/>
+      <c r="U15" s="169"/>
+      <c r="V15" s="170"/>
+      <c r="W15" s="98"/>
+      <c r="X15" s="99"/>
+      <c r="Y15" s="99"/>
+      <c r="Z15" s="100"/>
+      <c r="AA15" s="135" t="s">
         <v>61</v>
       </c>
-      <c r="F15" s="93"/>
-[...36 lines deleted...]
-      <c r="AA15" s="100" t="s">
+      <c r="AB15" s="136"/>
+      <c r="AC15" s="136"/>
+      <c r="AD15" s="136"/>
+      <c r="AE15" s="136"/>
+      <c r="AF15" s="136"/>
+      <c r="AG15" s="136"/>
+      <c r="AH15" s="136"/>
+      <c r="AI15" s="136"/>
+      <c r="AJ15" s="136"/>
+      <c r="AK15" s="139"/>
+      <c r="AL15" s="171" t="s">
         <v>62</v>
       </c>
-      <c r="AB15" s="101"/>
-[...19 lines deleted...]
-      <c r="AT15" s="55"/>
+      <c r="AM15" s="172"/>
+      <c r="AN15" s="172"/>
+      <c r="AO15" s="172"/>
+      <c r="AP15" s="172"/>
+      <c r="AQ15" s="173"/>
+      <c r="AR15" s="118"/>
+      <c r="AS15" s="126"/>
+      <c r="AT15" s="127"/>
       <c r="AV15" s="3">
         <v>7</v>
       </c>
       <c r="AW15" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="AX15" s="21" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:90" s="14" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B16" s="109"/>
-[...8 lines deleted...]
-      <c r="K16" s="82"/>
+      <c r="B16" s="90"/>
+      <c r="C16" s="174"/>
+      <c r="D16" s="175"/>
+      <c r="E16" s="176"/>
+      <c r="F16" s="176"/>
+      <c r="G16" s="177"/>
+      <c r="H16" s="177"/>
+      <c r="I16" s="178"/>
+      <c r="J16" s="179"/>
+      <c r="K16" s="180"/>
       <c r="L16" s="39"/>
       <c r="M16" s="39"/>
       <c r="N16" s="39"/>
       <c r="O16" s="40"/>
       <c r="P16" s="41"/>
-      <c r="Q16" s="83"/>
-[...26 lines deleted...]
-      <c r="AR16" s="70" t="s">
+      <c r="Q16" s="181"/>
+      <c r="R16" s="182"/>
+      <c r="S16" s="182"/>
+      <c r="T16" s="182"/>
+      <c r="U16" s="182"/>
+      <c r="V16" s="182"/>
+      <c r="W16" s="183"/>
+      <c r="X16" s="184"/>
+      <c r="Y16" s="184"/>
+      <c r="Z16" s="185"/>
+      <c r="AA16" s="186"/>
+      <c r="AB16" s="179"/>
+      <c r="AC16" s="179"/>
+      <c r="AD16" s="179"/>
+      <c r="AE16" s="179"/>
+      <c r="AF16" s="179"/>
+      <c r="AG16" s="179"/>
+      <c r="AH16" s="179"/>
+      <c r="AI16" s="179"/>
+      <c r="AJ16" s="179"/>
+      <c r="AK16" s="187"/>
+      <c r="AL16" s="188"/>
+      <c r="AM16" s="189"/>
+      <c r="AN16" s="189"/>
+      <c r="AO16" s="189"/>
+      <c r="AP16" s="189"/>
+      <c r="AQ16" s="189"/>
+      <c r="AR16" s="190" t="s">
         <v>2</v>
       </c>
-      <c r="AS16" s="71"/>
-      <c r="AT16" s="72"/>
+      <c r="AS16" s="191"/>
+      <c r="AT16" s="192"/>
       <c r="AV16" s="2">
         <v>8</v>
       </c>
       <c r="AW16" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="AX16" s="42" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="17" spans="1:65" s="14" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B17" s="7"/>
       <c r="C17" s="43"/>
       <c r="D17" s="43"/>
       <c r="E17" s="43"/>
       <c r="F17" s="43"/>
       <c r="G17" s="43"/>
       <c r="H17" s="43"/>
       <c r="I17" s="43"/>
       <c r="J17" s="43"/>
       <c r="K17" s="43"/>
       <c r="L17" s="43"/>
       <c r="M17" s="43"/>
       <c r="N17" s="43"/>
       <c r="O17" s="43"/>
       <c r="P17" s="43"/>
       <c r="Q17" s="43"/>
       <c r="R17" s="43"/>
       <c r="S17" s="43"/>
       <c r="T17" s="43"/>
       <c r="U17" s="43"/>
       <c r="V17" s="44"/>
       <c r="W17" s="7"/>
@@ -4802,3905 +4779,3905 @@
       <c r="Z17" s="7"/>
       <c r="AA17" s="7"/>
       <c r="AB17" s="7"/>
       <c r="AC17" s="7"/>
       <c r="AD17" s="7"/>
       <c r="AE17" s="7"/>
       <c r="AF17" s="7"/>
       <c r="AG17" s="7"/>
       <c r="AH17" s="7"/>
       <c r="AI17" s="7"/>
       <c r="AJ17" s="7"/>
       <c r="AK17" s="7"/>
       <c r="AL17" s="7"/>
       <c r="AM17" s="17"/>
       <c r="AN17" s="17"/>
       <c r="AO17" s="17"/>
       <c r="AP17" s="17"/>
       <c r="AQ17" s="17"/>
       <c r="AR17" s="17"/>
       <c r="AS17" s="17"/>
       <c r="AT17" s="17"/>
       <c r="AV17" s="2">
         <v>9</v>
       </c>
       <c r="AW17" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:65" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B18" s="107">
+      <c r="B18" s="88">
         <v>2</v>
       </c>
-      <c r="C18" s="110" t="s">
+      <c r="C18" s="91" t="s">
+        <v>29</v>
+      </c>
+      <c r="D18" s="91"/>
+      <c r="E18" s="91"/>
+      <c r="F18" s="92" t="s">
         <v>30</v>
       </c>
-      <c r="D18" s="110"/>
-[...1 lines deleted...]
-      <c r="F18" s="111" t="s">
+      <c r="G18" s="93"/>
+      <c r="H18" s="93"/>
+      <c r="I18" s="93"/>
+      <c r="J18" s="93"/>
+      <c r="K18" s="93"/>
+      <c r="L18" s="93"/>
+      <c r="M18" s="93"/>
+      <c r="N18" s="93"/>
+      <c r="O18" s="93"/>
+      <c r="P18" s="93"/>
+      <c r="Q18" s="93"/>
+      <c r="R18" s="93"/>
+      <c r="S18" s="93"/>
+      <c r="T18" s="93"/>
+      <c r="U18" s="94"/>
+      <c r="V18" s="95" t="s">
         <v>31</v>
       </c>
-      <c r="G18" s="112"/>
-[...14 lines deleted...]
-      <c r="V18" s="114" t="s">
+      <c r="W18" s="96"/>
+      <c r="X18" s="96"/>
+      <c r="Y18" s="97"/>
+      <c r="Z18" s="92" t="s">
         <v>32</v>
       </c>
-      <c r="W18" s="115"/>
-[...2 lines deleted...]
-      <c r="Z18" s="111" t="s">
+      <c r="AA18" s="93"/>
+      <c r="AB18" s="93"/>
+      <c r="AC18" s="93"/>
+      <c r="AD18" s="93"/>
+      <c r="AE18" s="93"/>
+      <c r="AF18" s="93"/>
+      <c r="AG18" s="93"/>
+      <c r="AH18" s="93"/>
+      <c r="AI18" s="94"/>
+      <c r="AJ18" s="101" t="s">
         <v>33</v>
       </c>
-      <c r="AA18" s="112"/>
-[...8 lines deleted...]
-      <c r="AJ18" s="120" t="s">
+      <c r="AK18" s="102"/>
+      <c r="AL18" s="102"/>
+      <c r="AM18" s="103"/>
+      <c r="AN18" s="116" t="s">
         <v>34</v>
       </c>
-      <c r="AK18" s="121"/>
-[...2 lines deleted...]
-      <c r="AN18" s="126" t="s">
+      <c r="AO18" s="117"/>
+      <c r="AP18" s="120" t="s">
         <v>35</v>
       </c>
-      <c r="AO18" s="127"/>
-      <c r="AP18" s="129" t="s">
+      <c r="AQ18" s="120"/>
+      <c r="AR18" s="121"/>
+      <c r="AS18" s="124" t="s">
         <v>36</v>
       </c>
-      <c r="AQ18" s="129"/>
-[...4 lines deleted...]
-      <c r="AT18" s="134"/>
+      <c r="AT18" s="125"/>
       <c r="AV18" s="2">
         <v>10</v>
       </c>
       <c r="AW18" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="AX18" s="2" t="s">
         <v>2</v>
       </c>
       <c r="AY18" s="14"/>
       <c r="AZ18" s="14"/>
       <c r="BA18" s="14"/>
       <c r="BB18" s="2"/>
       <c r="BC18" s="14"/>
       <c r="BH18" s="20"/>
       <c r="BI18" s="20"/>
       <c r="BJ18" s="20"/>
       <c r="BK18" s="20"/>
       <c r="BL18" s="20"/>
       <c r="BM18" s="20"/>
     </row>
     <row r="19" spans="1:65" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B19" s="108"/>
-      <c r="C19" s="103" t="s">
+      <c r="B19" s="89"/>
+      <c r="C19" s="128" t="s">
+        <v>39</v>
+      </c>
+      <c r="D19" s="128"/>
+      <c r="E19" s="128"/>
+      <c r="F19" s="129" t="s">
         <v>40</v>
       </c>
-      <c r="D19" s="103"/>
-[...1 lines deleted...]
-      <c r="F19" s="92" t="s">
+      <c r="G19" s="130"/>
+      <c r="H19" s="131" t="s">
         <v>41</v>
       </c>
-      <c r="G19" s="93"/>
-      <c r="H19" s="94" t="s">
+      <c r="I19" s="132"/>
+      <c r="J19" s="133"/>
+      <c r="K19" s="33" t="s">
         <v>42</v>
       </c>
-      <c r="I19" s="95"/>
-[...1 lines deleted...]
-      <c r="K19" s="33" t="s">
+      <c r="L19" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="L19" s="33" t="s">
+      <c r="M19" s="33" t="s">
         <v>44</v>
       </c>
-      <c r="M19" s="33" t="s">
+      <c r="N19" s="33" t="s">
         <v>45</v>
       </c>
-      <c r="N19" s="33" t="s">
+      <c r="O19" s="34" t="s">
         <v>46</v>
       </c>
-      <c r="O19" s="34" t="s">
+      <c r="P19" s="131" t="s">
         <v>47</v>
       </c>
-      <c r="P19" s="94" t="s">
+      <c r="Q19" s="132"/>
+      <c r="R19" s="132"/>
+      <c r="S19" s="132"/>
+      <c r="T19" s="132"/>
+      <c r="U19" s="134"/>
+      <c r="V19" s="98"/>
+      <c r="W19" s="99"/>
+      <c r="X19" s="99"/>
+      <c r="Y19" s="100"/>
+      <c r="Z19" s="135" t="s">
         <v>48</v>
       </c>
-      <c r="Q19" s="95"/>
-[...8 lines deleted...]
-      <c r="Z19" s="100" t="s">
+      <c r="AA19" s="136"/>
+      <c r="AB19" s="136"/>
+      <c r="AC19" s="136"/>
+      <c r="AD19" s="137"/>
+      <c r="AE19" s="138" t="s">
         <v>49</v>
       </c>
-      <c r="AA19" s="101"/>
-[...20 lines deleted...]
-      <c r="AT19" s="55"/>
+      <c r="AF19" s="136"/>
+      <c r="AG19" s="136"/>
+      <c r="AH19" s="136"/>
+      <c r="AI19" s="139"/>
+      <c r="AJ19" s="104"/>
+      <c r="AK19" s="105"/>
+      <c r="AL19" s="105"/>
+      <c r="AM19" s="106"/>
+      <c r="AN19" s="118"/>
+      <c r="AO19" s="119"/>
+      <c r="AP19" s="122"/>
+      <c r="AQ19" s="122"/>
+      <c r="AR19" s="123"/>
+      <c r="AS19" s="126"/>
+      <c r="AT19" s="127"/>
       <c r="AV19" s="2">
         <v>11</v>
       </c>
       <c r="AW19" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="AX19" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="BB19" s="46"/>
       <c r="BC19" s="45"/>
       <c r="BH19" s="14"/>
       <c r="BI19" s="14"/>
       <c r="BJ19" s="14"/>
       <c r="BK19" s="14"/>
       <c r="BL19" s="14"/>
       <c r="BM19" s="14"/>
     </row>
     <row r="20" spans="1:65" ht="45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B20" s="108"/>
-[...7 lines deleted...]
-      <c r="J20" s="61"/>
+      <c r="B20" s="89"/>
+      <c r="C20" s="107"/>
+      <c r="D20" s="107"/>
+      <c r="E20" s="107"/>
+      <c r="F20" s="108"/>
+      <c r="G20" s="109"/>
+      <c r="H20" s="110"/>
+      <c r="I20" s="111"/>
+      <c r="J20" s="112"/>
       <c r="K20" s="35"/>
       <c r="L20" s="35"/>
       <c r="M20" s="35"/>
       <c r="N20" s="35"/>
       <c r="O20" s="36"/>
-      <c r="P20" s="62"/>
-[...22 lines deleted...]
-      <c r="AM20" s="139"/>
+      <c r="P20" s="113"/>
+      <c r="Q20" s="114"/>
+      <c r="R20" s="114"/>
+      <c r="S20" s="114"/>
+      <c r="T20" s="114"/>
+      <c r="U20" s="115"/>
+      <c r="V20" s="155"/>
+      <c r="W20" s="156"/>
+      <c r="X20" s="156"/>
+      <c r="Y20" s="156"/>
+      <c r="Z20" s="157"/>
+      <c r="AA20" s="158"/>
+      <c r="AB20" s="158"/>
+      <c r="AC20" s="158"/>
+      <c r="AD20" s="159"/>
+      <c r="AE20" s="160"/>
+      <c r="AF20" s="158"/>
+      <c r="AG20" s="158"/>
+      <c r="AH20" s="158"/>
+      <c r="AI20" s="161"/>
+      <c r="AJ20" s="162"/>
+      <c r="AK20" s="163"/>
+      <c r="AL20" s="163"/>
+      <c r="AM20" s="164"/>
       <c r="AN20" s="140" t="s">
         <v>2</v>
       </c>
-      <c r="AO20" s="141"/>
-[...2 lines deleted...]
-      <c r="AR20" s="143"/>
+      <c r="AO20" s="165"/>
+      <c r="AP20" s="166"/>
+      <c r="AQ20" s="166"/>
+      <c r="AR20" s="167"/>
       <c r="AS20" s="140" t="s">
         <v>2</v>
       </c>
-      <c r="AT20" s="144"/>
+      <c r="AT20" s="141"/>
       <c r="AV20" s="2">
         <v>12</v>
       </c>
       <c r="AW20" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="AX20" s="2" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="BH20" s="14"/>
       <c r="BI20" s="14"/>
       <c r="BJ20" s="14"/>
       <c r="BK20" s="14"/>
       <c r="BL20" s="14"/>
       <c r="BM20" s="14"/>
     </row>
     <row r="21" spans="1:65" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B21" s="108"/>
-      <c r="C21" s="145" t="s">
+      <c r="B21" s="89"/>
+      <c r="C21" s="142" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" s="143"/>
+      <c r="E21" s="143"/>
+      <c r="F21" s="143"/>
+      <c r="G21" s="143"/>
+      <c r="H21" s="143"/>
+      <c r="I21" s="143"/>
+      <c r="J21" s="143"/>
+      <c r="K21" s="143"/>
+      <c r="L21" s="143"/>
+      <c r="M21" s="143"/>
+      <c r="N21" s="143"/>
+      <c r="O21" s="143"/>
+      <c r="P21" s="143"/>
+      <c r="Q21" s="143"/>
+      <c r="R21" s="143"/>
+      <c r="S21" s="143"/>
+      <c r="T21" s="143"/>
+      <c r="U21" s="143"/>
+      <c r="V21" s="144"/>
+      <c r="W21" s="145" t="s">
         <v>53</v>
       </c>
-      <c r="D21" s="146"/>
-[...18 lines deleted...]
-      <c r="W21" s="148" t="s">
+      <c r="X21" s="146"/>
+      <c r="Y21" s="146"/>
+      <c r="Z21" s="147"/>
+      <c r="AA21" s="148" t="s">
         <v>54</v>
       </c>
-      <c r="X21" s="149"/>
-[...2 lines deleted...]
-      <c r="AA21" s="151" t="s">
+      <c r="AB21" s="149"/>
+      <c r="AC21" s="149"/>
+      <c r="AD21" s="149"/>
+      <c r="AE21" s="149"/>
+      <c r="AF21" s="149"/>
+      <c r="AG21" s="149"/>
+      <c r="AH21" s="149"/>
+      <c r="AI21" s="149"/>
+      <c r="AJ21" s="149"/>
+      <c r="AK21" s="150"/>
+      <c r="AL21" s="151" t="s">
         <v>55</v>
       </c>
-      <c r="AB21" s="152"/>
-[...9 lines deleted...]
-      <c r="AL21" s="49" t="s">
+      <c r="AM21" s="152"/>
+      <c r="AN21" s="152"/>
+      <c r="AO21" s="152"/>
+      <c r="AP21" s="152"/>
+      <c r="AQ21" s="153"/>
+      <c r="AR21" s="151" t="s">
         <v>56</v>
       </c>
-      <c r="AM21" s="50"/>
-[...8 lines deleted...]
-      <c r="AT21" s="52"/>
+      <c r="AS21" s="152"/>
+      <c r="AT21" s="154"/>
       <c r="AV21" s="2"/>
       <c r="AW21" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="AX21" s="2"/>
       <c r="AY21" s="2"/>
       <c r="AZ21" s="2"/>
       <c r="BA21" s="2"/>
       <c r="BB21" s="3"/>
       <c r="BC21" s="1"/>
     </row>
     <row r="22" spans="1:65" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A22" s="47"/>
-      <c r="B22" s="108"/>
-      <c r="C22" s="92" t="s">
+      <c r="B22" s="89"/>
+      <c r="C22" s="129" t="s">
+        <v>59</v>
+      </c>
+      <c r="D22" s="130"/>
+      <c r="E22" s="130" t="s">
         <v>60</v>
       </c>
-      <c r="D22" s="93"/>
-      <c r="E22" s="93" t="s">
+      <c r="F22" s="130"/>
+      <c r="G22" s="130" t="s">
+        <v>40</v>
+      </c>
+      <c r="H22" s="130"/>
+      <c r="I22" s="131" t="s">
+        <v>41</v>
+      </c>
+      <c r="J22" s="132"/>
+      <c r="K22" s="133"/>
+      <c r="L22" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="M22" s="33" t="s">
+        <v>43</v>
+      </c>
+      <c r="N22" s="33" t="s">
+        <v>44</v>
+      </c>
+      <c r="O22" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="P22" s="38" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q22" s="168" t="s">
+        <v>47</v>
+      </c>
+      <c r="R22" s="169"/>
+      <c r="S22" s="169"/>
+      <c r="T22" s="169"/>
+      <c r="U22" s="169"/>
+      <c r="V22" s="170"/>
+      <c r="W22" s="98"/>
+      <c r="X22" s="99"/>
+      <c r="Y22" s="99"/>
+      <c r="Z22" s="100"/>
+      <c r="AA22" s="135" t="s">
         <v>61</v>
       </c>
-      <c r="F22" s="93"/>
-[...36 lines deleted...]
-      <c r="AA22" s="100" t="s">
+      <c r="AB22" s="136"/>
+      <c r="AC22" s="136"/>
+      <c r="AD22" s="136"/>
+      <c r="AE22" s="136"/>
+      <c r="AF22" s="136"/>
+      <c r="AG22" s="136"/>
+      <c r="AH22" s="136"/>
+      <c r="AI22" s="136"/>
+      <c r="AJ22" s="136"/>
+      <c r="AK22" s="139"/>
+      <c r="AL22" s="171" t="s">
         <v>62</v>
       </c>
-      <c r="AB22" s="101"/>
-[...19 lines deleted...]
-      <c r="AT22" s="55"/>
+      <c r="AM22" s="172"/>
+      <c r="AN22" s="172"/>
+      <c r="AO22" s="172"/>
+      <c r="AP22" s="172"/>
+      <c r="AQ22" s="173"/>
+      <c r="AR22" s="118"/>
+      <c r="AS22" s="126"/>
+      <c r="AT22" s="127"/>
       <c r="AW22" s="2" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="AX22" s="2" t="s">
         <v>2</v>
       </c>
       <c r="BB22" s="46"/>
       <c r="BC22" s="45"/>
     </row>
     <row r="23" spans="1:65" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A23" s="48"/>
-      <c r="B23" s="109"/>
-[...8 lines deleted...]
-      <c r="K23" s="82"/>
+      <c r="B23" s="90"/>
+      <c r="C23" s="174"/>
+      <c r="D23" s="175"/>
+      <c r="E23" s="176"/>
+      <c r="F23" s="176"/>
+      <c r="G23" s="177"/>
+      <c r="H23" s="177"/>
+      <c r="I23" s="178"/>
+      <c r="J23" s="179"/>
+      <c r="K23" s="180"/>
       <c r="L23" s="39"/>
       <c r="M23" s="39"/>
       <c r="N23" s="39"/>
       <c r="O23" s="40"/>
       <c r="P23" s="41"/>
-      <c r="Q23" s="83"/>
-[...26 lines deleted...]
-      <c r="AR23" s="70" t="s">
+      <c r="Q23" s="181"/>
+      <c r="R23" s="182"/>
+      <c r="S23" s="182"/>
+      <c r="T23" s="182"/>
+      <c r="U23" s="182"/>
+      <c r="V23" s="182"/>
+      <c r="W23" s="183"/>
+      <c r="X23" s="184"/>
+      <c r="Y23" s="184"/>
+      <c r="Z23" s="185"/>
+      <c r="AA23" s="186"/>
+      <c r="AB23" s="179"/>
+      <c r="AC23" s="179"/>
+      <c r="AD23" s="179"/>
+      <c r="AE23" s="179"/>
+      <c r="AF23" s="179"/>
+      <c r="AG23" s="179"/>
+      <c r="AH23" s="179"/>
+      <c r="AI23" s="179"/>
+      <c r="AJ23" s="179"/>
+      <c r="AK23" s="187"/>
+      <c r="AL23" s="188"/>
+      <c r="AM23" s="189"/>
+      <c r="AN23" s="189"/>
+      <c r="AO23" s="189"/>
+      <c r="AP23" s="189"/>
+      <c r="AQ23" s="189"/>
+      <c r="AR23" s="190" t="s">
         <v>2</v>
       </c>
-      <c r="AS23" s="71"/>
-      <c r="AT23" s="72"/>
+      <c r="AS23" s="191"/>
+      <c r="AT23" s="192"/>
       <c r="AW23" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="AX23" s="2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="24" spans="1:65" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A24" s="48"/>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="7"/>
       <c r="I24" s="7"/>
       <c r="J24" s="7"/>
       <c r="K24" s="7"/>
       <c r="L24" s="7"/>
       <c r="M24" s="7"/>
       <c r="N24" s="7"/>
       <c r="O24" s="7"/>
       <c r="P24" s="7"/>
       <c r="Q24" s="7"/>
       <c r="R24" s="7"/>
       <c r="S24" s="7"/>
       <c r="T24" s="7"/>
       <c r="U24" s="7"/>
       <c r="V24" s="7"/>
       <c r="W24" s="7"/>
       <c r="X24" s="7"/>
       <c r="Y24" s="7"/>
       <c r="Z24" s="7"/>
       <c r="AA24" s="7"/>
       <c r="AB24" s="7"/>
       <c r="AC24" s="7"/>
       <c r="AD24" s="7"/>
       <c r="AE24" s="7"/>
       <c r="AF24" s="7"/>
       <c r="AG24" s="7"/>
       <c r="AH24" s="7"/>
       <c r="AI24" s="7"/>
       <c r="AJ24" s="7"/>
       <c r="AK24" s="7"/>
       <c r="AL24" s="7"/>
       <c r="AM24" s="27"/>
       <c r="AN24" s="27"/>
       <c r="AO24" s="27"/>
       <c r="AP24" s="27"/>
       <c r="AQ24" s="27"/>
       <c r="AR24" s="27"/>
       <c r="AS24" s="27"/>
       <c r="AT24" s="27"/>
       <c r="AW24" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="AX24" s="2" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="25" spans="1:65" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B25" s="107">
+      <c r="B25" s="88">
         <v>3</v>
       </c>
-      <c r="C25" s="110" t="s">
+      <c r="C25" s="91" t="s">
+        <v>29</v>
+      </c>
+      <c r="D25" s="91"/>
+      <c r="E25" s="91"/>
+      <c r="F25" s="92" t="s">
         <v>30</v>
       </c>
-      <c r="D25" s="110"/>
-[...1 lines deleted...]
-      <c r="F25" s="111" t="s">
+      <c r="G25" s="93"/>
+      <c r="H25" s="93"/>
+      <c r="I25" s="93"/>
+      <c r="J25" s="93"/>
+      <c r="K25" s="93"/>
+      <c r="L25" s="93"/>
+      <c r="M25" s="93"/>
+      <c r="N25" s="93"/>
+      <c r="O25" s="93"/>
+      <c r="P25" s="93"/>
+      <c r="Q25" s="93"/>
+      <c r="R25" s="93"/>
+      <c r="S25" s="93"/>
+      <c r="T25" s="93"/>
+      <c r="U25" s="94"/>
+      <c r="V25" s="95" t="s">
         <v>31</v>
       </c>
-      <c r="G25" s="112"/>
-[...14 lines deleted...]
-      <c r="V25" s="114" t="s">
+      <c r="W25" s="96"/>
+      <c r="X25" s="96"/>
+      <c r="Y25" s="97"/>
+      <c r="Z25" s="92" t="s">
         <v>32</v>
       </c>
-      <c r="W25" s="115"/>
-[...2 lines deleted...]
-      <c r="Z25" s="111" t="s">
+      <c r="AA25" s="93"/>
+      <c r="AB25" s="93"/>
+      <c r="AC25" s="93"/>
+      <c r="AD25" s="93"/>
+      <c r="AE25" s="93"/>
+      <c r="AF25" s="93"/>
+      <c r="AG25" s="93"/>
+      <c r="AH25" s="93"/>
+      <c r="AI25" s="94"/>
+      <c r="AJ25" s="101" t="s">
         <v>33</v>
       </c>
-      <c r="AA25" s="112"/>
-[...8 lines deleted...]
-      <c r="AJ25" s="120" t="s">
+      <c r="AK25" s="102"/>
+      <c r="AL25" s="102"/>
+      <c r="AM25" s="103"/>
+      <c r="AN25" s="116" t="s">
         <v>34</v>
       </c>
-      <c r="AK25" s="121"/>
-[...2 lines deleted...]
-      <c r="AN25" s="126" t="s">
+      <c r="AO25" s="117"/>
+      <c r="AP25" s="120" t="s">
         <v>35</v>
       </c>
-      <c r="AO25" s="127"/>
-      <c r="AP25" s="129" t="s">
+      <c r="AQ25" s="120"/>
+      <c r="AR25" s="121"/>
+      <c r="AS25" s="124" t="s">
         <v>36</v>
       </c>
-      <c r="AQ25" s="129"/>
-[...4 lines deleted...]
-      <c r="AT25" s="134"/>
+      <c r="AT25" s="125"/>
       <c r="AV25" s="2"/>
       <c r="AW25" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="AX25" s="2" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="AY25" s="2"/>
       <c r="AZ25" s="2"/>
       <c r="BA25" s="2"/>
       <c r="BB25" s="3"/>
       <c r="BC25" s="1"/>
     </row>
     <row r="26" spans="1:65" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B26" s="108"/>
-      <c r="C26" s="103" t="s">
+      <c r="B26" s="89"/>
+      <c r="C26" s="128" t="s">
+        <v>39</v>
+      </c>
+      <c r="D26" s="128"/>
+      <c r="E26" s="128"/>
+      <c r="F26" s="129" t="s">
         <v>40</v>
       </c>
-      <c r="D26" s="103"/>
-[...1 lines deleted...]
-      <c r="F26" s="92" t="s">
+      <c r="G26" s="130"/>
+      <c r="H26" s="131" t="s">
         <v>41</v>
       </c>
-      <c r="G26" s="93"/>
-      <c r="H26" s="94" t="s">
+      <c r="I26" s="132"/>
+      <c r="J26" s="133"/>
+      <c r="K26" s="33" t="s">
         <v>42</v>
       </c>
-      <c r="I26" s="95"/>
-[...1 lines deleted...]
-      <c r="K26" s="33" t="s">
+      <c r="L26" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="L26" s="33" t="s">
+      <c r="M26" s="33" t="s">
         <v>44</v>
       </c>
-      <c r="M26" s="33" t="s">
+      <c r="N26" s="33" t="s">
         <v>45</v>
       </c>
-      <c r="N26" s="33" t="s">
+      <c r="O26" s="34" t="s">
         <v>46</v>
       </c>
-      <c r="O26" s="34" t="s">
+      <c r="P26" s="131" t="s">
         <v>47</v>
       </c>
-      <c r="P26" s="94" t="s">
+      <c r="Q26" s="132"/>
+      <c r="R26" s="132"/>
+      <c r="S26" s="132"/>
+      <c r="T26" s="132"/>
+      <c r="U26" s="134"/>
+      <c r="V26" s="98"/>
+      <c r="W26" s="99"/>
+      <c r="X26" s="99"/>
+      <c r="Y26" s="100"/>
+      <c r="Z26" s="135" t="s">
         <v>48</v>
       </c>
-      <c r="Q26" s="95"/>
-[...8 lines deleted...]
-      <c r="Z26" s="100" t="s">
+      <c r="AA26" s="136"/>
+      <c r="AB26" s="136"/>
+      <c r="AC26" s="136"/>
+      <c r="AD26" s="137"/>
+      <c r="AE26" s="138" t="s">
         <v>49</v>
       </c>
-      <c r="AA26" s="101"/>
-[...20 lines deleted...]
-      <c r="AT26" s="55"/>
+      <c r="AF26" s="136"/>
+      <c r="AG26" s="136"/>
+      <c r="AH26" s="136"/>
+      <c r="AI26" s="139"/>
+      <c r="AJ26" s="104"/>
+      <c r="AK26" s="105"/>
+      <c r="AL26" s="105"/>
+      <c r="AM26" s="106"/>
+      <c r="AN26" s="118"/>
+      <c r="AO26" s="119"/>
+      <c r="AP26" s="122"/>
+      <c r="AQ26" s="122"/>
+      <c r="AR26" s="123"/>
+      <c r="AS26" s="126"/>
+      <c r="AT26" s="127"/>
       <c r="AW26" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="AX26" s="2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="BB26" s="46"/>
       <c r="BC26" s="45"/>
     </row>
     <row r="27" spans="1:65" ht="45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B27" s="108"/>
-[...7 lines deleted...]
-      <c r="J27" s="61"/>
+      <c r="B27" s="89"/>
+      <c r="C27" s="107"/>
+      <c r="D27" s="107"/>
+      <c r="E27" s="107"/>
+      <c r="F27" s="108"/>
+      <c r="G27" s="109"/>
+      <c r="H27" s="110"/>
+      <c r="I27" s="111"/>
+      <c r="J27" s="112"/>
       <c r="K27" s="35"/>
       <c r="L27" s="35"/>
       <c r="M27" s="35"/>
       <c r="N27" s="35"/>
       <c r="O27" s="36"/>
-      <c r="P27" s="62"/>
-[...22 lines deleted...]
-      <c r="AM27" s="139"/>
+      <c r="P27" s="113"/>
+      <c r="Q27" s="114"/>
+      <c r="R27" s="114"/>
+      <c r="S27" s="114"/>
+      <c r="T27" s="114"/>
+      <c r="U27" s="115"/>
+      <c r="V27" s="155"/>
+      <c r="W27" s="156"/>
+      <c r="X27" s="156"/>
+      <c r="Y27" s="156"/>
+      <c r="Z27" s="157"/>
+      <c r="AA27" s="158"/>
+      <c r="AB27" s="158"/>
+      <c r="AC27" s="158"/>
+      <c r="AD27" s="159"/>
+      <c r="AE27" s="160"/>
+      <c r="AF27" s="158"/>
+      <c r="AG27" s="158"/>
+      <c r="AH27" s="158"/>
+      <c r="AI27" s="161"/>
+      <c r="AJ27" s="162"/>
+      <c r="AK27" s="163"/>
+      <c r="AL27" s="163"/>
+      <c r="AM27" s="164"/>
       <c r="AN27" s="140" t="s">
         <v>2</v>
       </c>
-      <c r="AO27" s="141"/>
-[...2 lines deleted...]
-      <c r="AR27" s="143"/>
+      <c r="AO27" s="165"/>
+      <c r="AP27" s="166"/>
+      <c r="AQ27" s="166"/>
+      <c r="AR27" s="167"/>
       <c r="AS27" s="140" t="s">
         <v>2</v>
       </c>
-      <c r="AT27" s="144"/>
+      <c r="AT27" s="141"/>
       <c r="AW27" s="2" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="28" spans="1:65" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B28" s="108"/>
-      <c r="C28" s="145" t="s">
+      <c r="B28" s="89"/>
+      <c r="C28" s="142" t="s">
+        <v>52</v>
+      </c>
+      <c r="D28" s="143"/>
+      <c r="E28" s="143"/>
+      <c r="F28" s="143"/>
+      <c r="G28" s="143"/>
+      <c r="H28" s="143"/>
+      <c r="I28" s="143"/>
+      <c r="J28" s="143"/>
+      <c r="K28" s="143"/>
+      <c r="L28" s="143"/>
+      <c r="M28" s="143"/>
+      <c r="N28" s="143"/>
+      <c r="O28" s="143"/>
+      <c r="P28" s="143"/>
+      <c r="Q28" s="143"/>
+      <c r="R28" s="143"/>
+      <c r="S28" s="143"/>
+      <c r="T28" s="143"/>
+      <c r="U28" s="143"/>
+      <c r="V28" s="144"/>
+      <c r="W28" s="145" t="s">
         <v>53</v>
       </c>
-      <c r="D28" s="146"/>
-[...18 lines deleted...]
-      <c r="W28" s="148" t="s">
+      <c r="X28" s="146"/>
+      <c r="Y28" s="146"/>
+      <c r="Z28" s="147"/>
+      <c r="AA28" s="148" t="s">
         <v>54</v>
       </c>
-      <c r="X28" s="149"/>
-[...2 lines deleted...]
-      <c r="AA28" s="151" t="s">
+      <c r="AB28" s="149"/>
+      <c r="AC28" s="149"/>
+      <c r="AD28" s="149"/>
+      <c r="AE28" s="149"/>
+      <c r="AF28" s="149"/>
+      <c r="AG28" s="149"/>
+      <c r="AH28" s="149"/>
+      <c r="AI28" s="149"/>
+      <c r="AJ28" s="149"/>
+      <c r="AK28" s="150"/>
+      <c r="AL28" s="151" t="s">
         <v>55</v>
       </c>
-      <c r="AB28" s="152"/>
-[...9 lines deleted...]
-      <c r="AL28" s="49" t="s">
+      <c r="AM28" s="152"/>
+      <c r="AN28" s="152"/>
+      <c r="AO28" s="152"/>
+      <c r="AP28" s="152"/>
+      <c r="AQ28" s="153"/>
+      <c r="AR28" s="151" t="s">
         <v>56</v>
       </c>
-      <c r="AM28" s="50"/>
-[...8 lines deleted...]
-      <c r="AT28" s="52"/>
+      <c r="AS28" s="152"/>
+      <c r="AT28" s="154"/>
       <c r="AV28" s="2"/>
       <c r="AW28" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="AY28" s="2"/>
       <c r="AZ28" s="2"/>
       <c r="BA28" s="2"/>
       <c r="BB28" s="3"/>
       <c r="BC28" s="1"/>
     </row>
     <row r="29" spans="1:65" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B29" s="108"/>
-      <c r="C29" s="92" t="s">
+      <c r="B29" s="89"/>
+      <c r="C29" s="129" t="s">
+        <v>59</v>
+      </c>
+      <c r="D29" s="130"/>
+      <c r="E29" s="130" t="s">
         <v>60</v>
       </c>
-      <c r="D29" s="93"/>
-      <c r="E29" s="93" t="s">
+      <c r="F29" s="130"/>
+      <c r="G29" s="130" t="s">
+        <v>40</v>
+      </c>
+      <c r="H29" s="130"/>
+      <c r="I29" s="131" t="s">
+        <v>41</v>
+      </c>
+      <c r="J29" s="132"/>
+      <c r="K29" s="133"/>
+      <c r="L29" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="M29" s="33" t="s">
+        <v>43</v>
+      </c>
+      <c r="N29" s="33" t="s">
+        <v>44</v>
+      </c>
+      <c r="O29" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="P29" s="38" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q29" s="168" t="s">
+        <v>47</v>
+      </c>
+      <c r="R29" s="169"/>
+      <c r="S29" s="169"/>
+      <c r="T29" s="169"/>
+      <c r="U29" s="169"/>
+      <c r="V29" s="170"/>
+      <c r="W29" s="98"/>
+      <c r="X29" s="99"/>
+      <c r="Y29" s="99"/>
+      <c r="Z29" s="100"/>
+      <c r="AA29" s="135" t="s">
         <v>61</v>
       </c>
-      <c r="F29" s="93"/>
-[...36 lines deleted...]
-      <c r="AA29" s="100" t="s">
+      <c r="AB29" s="136"/>
+      <c r="AC29" s="136"/>
+      <c r="AD29" s="136"/>
+      <c r="AE29" s="136"/>
+      <c r="AF29" s="136"/>
+      <c r="AG29" s="136"/>
+      <c r="AH29" s="136"/>
+      <c r="AI29" s="136"/>
+      <c r="AJ29" s="136"/>
+      <c r="AK29" s="139"/>
+      <c r="AL29" s="171" t="s">
         <v>62</v>
       </c>
-      <c r="AB29" s="101"/>
-[...19 lines deleted...]
-      <c r="AT29" s="55"/>
+      <c r="AM29" s="172"/>
+      <c r="AN29" s="172"/>
+      <c r="AO29" s="172"/>
+      <c r="AP29" s="172"/>
+      <c r="AQ29" s="173"/>
+      <c r="AR29" s="118"/>
+      <c r="AS29" s="126"/>
+      <c r="AT29" s="127"/>
       <c r="AW29" s="2" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB29" s="46"/>
       <c r="BC29" s="45"/>
     </row>
     <row r="30" spans="1:65" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B30" s="109"/>
-[...8 lines deleted...]
-      <c r="K30" s="82"/>
+      <c r="B30" s="90"/>
+      <c r="C30" s="174"/>
+      <c r="D30" s="175"/>
+      <c r="E30" s="176"/>
+      <c r="F30" s="176"/>
+      <c r="G30" s="177"/>
+      <c r="H30" s="177"/>
+      <c r="I30" s="178"/>
+      <c r="J30" s="179"/>
+      <c r="K30" s="180"/>
       <c r="L30" s="39"/>
       <c r="M30" s="39"/>
       <c r="N30" s="39"/>
       <c r="O30" s="40"/>
       <c r="P30" s="41"/>
-      <c r="Q30" s="83"/>
-[...26 lines deleted...]
-      <c r="AR30" s="70" t="s">
+      <c r="Q30" s="181"/>
+      <c r="R30" s="182"/>
+      <c r="S30" s="182"/>
+      <c r="T30" s="182"/>
+      <c r="U30" s="182"/>
+      <c r="V30" s="182"/>
+      <c r="W30" s="183"/>
+      <c r="X30" s="184"/>
+      <c r="Y30" s="184"/>
+      <c r="Z30" s="185"/>
+      <c r="AA30" s="186"/>
+      <c r="AB30" s="179"/>
+      <c r="AC30" s="179"/>
+      <c r="AD30" s="179"/>
+      <c r="AE30" s="179"/>
+      <c r="AF30" s="179"/>
+      <c r="AG30" s="179"/>
+      <c r="AH30" s="179"/>
+      <c r="AI30" s="179"/>
+      <c r="AJ30" s="179"/>
+      <c r="AK30" s="187"/>
+      <c r="AL30" s="188"/>
+      <c r="AM30" s="189"/>
+      <c r="AN30" s="189"/>
+      <c r="AO30" s="189"/>
+      <c r="AP30" s="189"/>
+      <c r="AQ30" s="189"/>
+      <c r="AR30" s="190" t="s">
         <v>2</v>
       </c>
-      <c r="AS30" s="71"/>
-      <c r="AT30" s="72"/>
+      <c r="AS30" s="191"/>
+      <c r="AT30" s="192"/>
       <c r="AW30" s="2" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="31" spans="1:65" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B31" s="7"/>
       <c r="C31" s="7"/>
       <c r="D31" s="7"/>
       <c r="E31" s="7"/>
       <c r="F31" s="7"/>
       <c r="G31" s="7"/>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
       <c r="T31" s="7"/>
       <c r="U31" s="7"/>
       <c r="V31" s="7"/>
       <c r="W31" s="7"/>
       <c r="X31" s="7"/>
       <c r="Y31" s="7"/>
       <c r="Z31" s="7"/>
       <c r="AA31" s="7"/>
       <c r="AB31" s="7"/>
       <c r="AC31" s="7"/>
       <c r="AD31" s="7"/>
       <c r="AE31" s="7"/>
       <c r="AF31" s="7"/>
       <c r="AG31" s="7"/>
       <c r="AH31" s="7"/>
       <c r="AI31" s="7"/>
       <c r="AJ31" s="7"/>
       <c r="AK31" s="7"/>
       <c r="AL31" s="7"/>
       <c r="AM31" s="27"/>
       <c r="AN31" s="27"/>
       <c r="AO31" s="27"/>
       <c r="AP31" s="27"/>
       <c r="AQ31" s="27"/>
       <c r="AR31" s="27"/>
       <c r="AS31" s="27"/>
       <c r="AT31" s="27"/>
       <c r="AW31" s="2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="32" spans="1:65" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B32" s="107">
+      <c r="B32" s="88">
         <v>4</v>
       </c>
-      <c r="C32" s="110" t="s">
+      <c r="C32" s="91" t="s">
+        <v>29</v>
+      </c>
+      <c r="D32" s="91"/>
+      <c r="E32" s="91"/>
+      <c r="F32" s="92" t="s">
         <v>30</v>
       </c>
-      <c r="D32" s="110"/>
-[...1 lines deleted...]
-      <c r="F32" s="111" t="s">
+      <c r="G32" s="93"/>
+      <c r="H32" s="93"/>
+      <c r="I32" s="93"/>
+      <c r="J32" s="93"/>
+      <c r="K32" s="93"/>
+      <c r="L32" s="93"/>
+      <c r="M32" s="93"/>
+      <c r="N32" s="93"/>
+      <c r="O32" s="93"/>
+      <c r="P32" s="93"/>
+      <c r="Q32" s="93"/>
+      <c r="R32" s="93"/>
+      <c r="S32" s="93"/>
+      <c r="T32" s="93"/>
+      <c r="U32" s="94"/>
+      <c r="V32" s="95" t="s">
         <v>31</v>
       </c>
-      <c r="G32" s="112"/>
-[...14 lines deleted...]
-      <c r="V32" s="114" t="s">
+      <c r="W32" s="96"/>
+      <c r="X32" s="96"/>
+      <c r="Y32" s="97"/>
+      <c r="Z32" s="92" t="s">
         <v>32</v>
       </c>
-      <c r="W32" s="115"/>
-[...2 lines deleted...]
-      <c r="Z32" s="111" t="s">
+      <c r="AA32" s="93"/>
+      <c r="AB32" s="93"/>
+      <c r="AC32" s="93"/>
+      <c r="AD32" s="93"/>
+      <c r="AE32" s="93"/>
+      <c r="AF32" s="93"/>
+      <c r="AG32" s="93"/>
+      <c r="AH32" s="93"/>
+      <c r="AI32" s="94"/>
+      <c r="AJ32" s="101" t="s">
         <v>33</v>
       </c>
-      <c r="AA32" s="112"/>
-[...8 lines deleted...]
-      <c r="AJ32" s="120" t="s">
+      <c r="AK32" s="102"/>
+      <c r="AL32" s="102"/>
+      <c r="AM32" s="103"/>
+      <c r="AN32" s="116" t="s">
         <v>34</v>
       </c>
-      <c r="AK32" s="121"/>
-[...2 lines deleted...]
-      <c r="AN32" s="126" t="s">
+      <c r="AO32" s="117"/>
+      <c r="AP32" s="120" t="s">
         <v>35</v>
       </c>
-      <c r="AO32" s="127"/>
-      <c r="AP32" s="129" t="s">
+      <c r="AQ32" s="120"/>
+      <c r="AR32" s="121"/>
+      <c r="AS32" s="124" t="s">
         <v>36</v>
       </c>
-      <c r="AQ32" s="129"/>
-[...4 lines deleted...]
-      <c r="AT32" s="134"/>
+      <c r="AT32" s="125"/>
       <c r="AV32" s="2"/>
       <c r="AW32" s="2" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="AX32" s="2"/>
       <c r="AY32" s="2"/>
       <c r="AZ32" s="2"/>
       <c r="BA32" s="2"/>
       <c r="BB32" s="46"/>
     </row>
     <row r="33" spans="2:54" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B33" s="108"/>
-      <c r="C33" s="103" t="s">
+      <c r="B33" s="89"/>
+      <c r="C33" s="128" t="s">
+        <v>39</v>
+      </c>
+      <c r="D33" s="128"/>
+      <c r="E33" s="128"/>
+      <c r="F33" s="129" t="s">
         <v>40</v>
       </c>
-      <c r="D33" s="103"/>
-[...1 lines deleted...]
-      <c r="F33" s="92" t="s">
+      <c r="G33" s="130"/>
+      <c r="H33" s="131" t="s">
         <v>41</v>
       </c>
-      <c r="G33" s="93"/>
-      <c r="H33" s="94" t="s">
+      <c r="I33" s="132"/>
+      <c r="J33" s="133"/>
+      <c r="K33" s="33" t="s">
         <v>42</v>
       </c>
-      <c r="I33" s="95"/>
-[...1 lines deleted...]
-      <c r="K33" s="33" t="s">
+      <c r="L33" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="L33" s="33" t="s">
+      <c r="M33" s="33" t="s">
         <v>44</v>
       </c>
-      <c r="M33" s="33" t="s">
+      <c r="N33" s="33" t="s">
         <v>45</v>
       </c>
-      <c r="N33" s="33" t="s">
+      <c r="O33" s="34" t="s">
         <v>46</v>
       </c>
-      <c r="O33" s="34" t="s">
+      <c r="P33" s="131" t="s">
         <v>47</v>
       </c>
-      <c r="P33" s="94" t="s">
+      <c r="Q33" s="132"/>
+      <c r="R33" s="132"/>
+      <c r="S33" s="132"/>
+      <c r="T33" s="132"/>
+      <c r="U33" s="134"/>
+      <c r="V33" s="98"/>
+      <c r="W33" s="99"/>
+      <c r="X33" s="99"/>
+      <c r="Y33" s="100"/>
+      <c r="Z33" s="135" t="s">
         <v>48</v>
       </c>
-      <c r="Q33" s="95"/>
-[...8 lines deleted...]
-      <c r="Z33" s="100" t="s">
+      <c r="AA33" s="136"/>
+      <c r="AB33" s="136"/>
+      <c r="AC33" s="136"/>
+      <c r="AD33" s="137"/>
+      <c r="AE33" s="138" t="s">
         <v>49</v>
       </c>
-      <c r="AA33" s="101"/>
-[...20 lines deleted...]
-      <c r="AT33" s="55"/>
+      <c r="AF33" s="136"/>
+      <c r="AG33" s="136"/>
+      <c r="AH33" s="136"/>
+      <c r="AI33" s="139"/>
+      <c r="AJ33" s="104"/>
+      <c r="AK33" s="105"/>
+      <c r="AL33" s="105"/>
+      <c r="AM33" s="106"/>
+      <c r="AN33" s="118"/>
+      <c r="AO33" s="119"/>
+      <c r="AP33" s="122"/>
+      <c r="AQ33" s="122"/>
+      <c r="AR33" s="123"/>
+      <c r="AS33" s="126"/>
+      <c r="AT33" s="127"/>
       <c r="AW33" s="2" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="34" spans="2:54" ht="45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B34" s="108"/>
-[...7 lines deleted...]
-      <c r="J34" s="61"/>
+      <c r="B34" s="89"/>
+      <c r="C34" s="107"/>
+      <c r="D34" s="107"/>
+      <c r="E34" s="107"/>
+      <c r="F34" s="108"/>
+      <c r="G34" s="109"/>
+      <c r="H34" s="110"/>
+      <c r="I34" s="111"/>
+      <c r="J34" s="112"/>
       <c r="K34" s="35"/>
       <c r="L34" s="35"/>
       <c r="M34" s="35"/>
       <c r="N34" s="35"/>
       <c r="O34" s="36"/>
-      <c r="P34" s="62"/>
-[...22 lines deleted...]
-      <c r="AM34" s="139"/>
+      <c r="P34" s="113"/>
+      <c r="Q34" s="114"/>
+      <c r="R34" s="114"/>
+      <c r="S34" s="114"/>
+      <c r="T34" s="114"/>
+      <c r="U34" s="115"/>
+      <c r="V34" s="155"/>
+      <c r="W34" s="156"/>
+      <c r="X34" s="156"/>
+      <c r="Y34" s="156"/>
+      <c r="Z34" s="157"/>
+      <c r="AA34" s="158"/>
+      <c r="AB34" s="158"/>
+      <c r="AC34" s="158"/>
+      <c r="AD34" s="159"/>
+      <c r="AE34" s="160"/>
+      <c r="AF34" s="158"/>
+      <c r="AG34" s="158"/>
+      <c r="AH34" s="158"/>
+      <c r="AI34" s="161"/>
+      <c r="AJ34" s="162"/>
+      <c r="AK34" s="163"/>
+      <c r="AL34" s="163"/>
+      <c r="AM34" s="164"/>
       <c r="AN34" s="140" t="s">
         <v>2</v>
       </c>
-      <c r="AO34" s="141"/>
-[...2 lines deleted...]
-      <c r="AR34" s="143"/>
+      <c r="AO34" s="165"/>
+      <c r="AP34" s="166"/>
+      <c r="AQ34" s="166"/>
+      <c r="AR34" s="167"/>
       <c r="AS34" s="140" t="s">
         <v>2</v>
       </c>
-      <c r="AT34" s="144"/>
+      <c r="AT34" s="141"/>
       <c r="AW34" s="2" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="35" spans="2:54" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B35" s="108"/>
-      <c r="C35" s="145" t="s">
+      <c r="B35" s="89"/>
+      <c r="C35" s="142" t="s">
+        <v>52</v>
+      </c>
+      <c r="D35" s="143"/>
+      <c r="E35" s="143"/>
+      <c r="F35" s="143"/>
+      <c r="G35" s="143"/>
+      <c r="H35" s="143"/>
+      <c r="I35" s="143"/>
+      <c r="J35" s="143"/>
+      <c r="K35" s="143"/>
+      <c r="L35" s="143"/>
+      <c r="M35" s="143"/>
+      <c r="N35" s="143"/>
+      <c r="O35" s="143"/>
+      <c r="P35" s="143"/>
+      <c r="Q35" s="143"/>
+      <c r="R35" s="143"/>
+      <c r="S35" s="143"/>
+      <c r="T35" s="143"/>
+      <c r="U35" s="143"/>
+      <c r="V35" s="144"/>
+      <c r="W35" s="145" t="s">
         <v>53</v>
       </c>
-      <c r="D35" s="146"/>
-[...18 lines deleted...]
-      <c r="W35" s="148" t="s">
+      <c r="X35" s="146"/>
+      <c r="Y35" s="146"/>
+      <c r="Z35" s="147"/>
+      <c r="AA35" s="148" t="s">
         <v>54</v>
       </c>
-      <c r="X35" s="149"/>
-[...2 lines deleted...]
-      <c r="AA35" s="151" t="s">
+      <c r="AB35" s="149"/>
+      <c r="AC35" s="149"/>
+      <c r="AD35" s="149"/>
+      <c r="AE35" s="149"/>
+      <c r="AF35" s="149"/>
+      <c r="AG35" s="149"/>
+      <c r="AH35" s="149"/>
+      <c r="AI35" s="149"/>
+      <c r="AJ35" s="149"/>
+      <c r="AK35" s="150"/>
+      <c r="AL35" s="151" t="s">
         <v>55</v>
       </c>
-      <c r="AB35" s="152"/>
-[...9 lines deleted...]
-      <c r="AL35" s="49" t="s">
+      <c r="AM35" s="152"/>
+      <c r="AN35" s="152"/>
+      <c r="AO35" s="152"/>
+      <c r="AP35" s="152"/>
+      <c r="AQ35" s="153"/>
+      <c r="AR35" s="151" t="s">
         <v>56</v>
       </c>
-      <c r="AM35" s="50"/>
-[...8 lines deleted...]
-      <c r="AT35" s="52"/>
+      <c r="AS35" s="152"/>
+      <c r="AT35" s="154"/>
       <c r="AV35" s="2"/>
       <c r="AW35" s="2" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="AX35" s="2"/>
       <c r="AY35" s="2"/>
       <c r="AZ35" s="2"/>
       <c r="BA35" s="2"/>
       <c r="BB35" s="46"/>
     </row>
     <row r="36" spans="2:54" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B36" s="108"/>
-      <c r="C36" s="92" t="s">
+      <c r="B36" s="89"/>
+      <c r="C36" s="129" t="s">
+        <v>59</v>
+      </c>
+      <c r="D36" s="130"/>
+      <c r="E36" s="130" t="s">
         <v>60</v>
       </c>
-      <c r="D36" s="93"/>
-      <c r="E36" s="93" t="s">
+      <c r="F36" s="130"/>
+      <c r="G36" s="130" t="s">
+        <v>40</v>
+      </c>
+      <c r="H36" s="130"/>
+      <c r="I36" s="131" t="s">
+        <v>41</v>
+      </c>
+      <c r="J36" s="132"/>
+      <c r="K36" s="133"/>
+      <c r="L36" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="M36" s="33" t="s">
+        <v>43</v>
+      </c>
+      <c r="N36" s="33" t="s">
+        <v>44</v>
+      </c>
+      <c r="O36" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="P36" s="38" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q36" s="168" t="s">
+        <v>47</v>
+      </c>
+      <c r="R36" s="169"/>
+      <c r="S36" s="169"/>
+      <c r="T36" s="169"/>
+      <c r="U36" s="169"/>
+      <c r="V36" s="170"/>
+      <c r="W36" s="98"/>
+      <c r="X36" s="99"/>
+      <c r="Y36" s="99"/>
+      <c r="Z36" s="100"/>
+      <c r="AA36" s="135" t="s">
         <v>61</v>
       </c>
-      <c r="F36" s="93"/>
-[...36 lines deleted...]
-      <c r="AA36" s="100" t="s">
+      <c r="AB36" s="136"/>
+      <c r="AC36" s="136"/>
+      <c r="AD36" s="136"/>
+      <c r="AE36" s="136"/>
+      <c r="AF36" s="136"/>
+      <c r="AG36" s="136"/>
+      <c r="AH36" s="136"/>
+      <c r="AI36" s="136"/>
+      <c r="AJ36" s="136"/>
+      <c r="AK36" s="139"/>
+      <c r="AL36" s="171" t="s">
         <v>62</v>
       </c>
-      <c r="AB36" s="101"/>
-[...19 lines deleted...]
-      <c r="AT36" s="55"/>
+      <c r="AM36" s="172"/>
+      <c r="AN36" s="172"/>
+      <c r="AO36" s="172"/>
+      <c r="AP36" s="172"/>
+      <c r="AQ36" s="173"/>
+      <c r="AR36" s="118"/>
+      <c r="AS36" s="126"/>
+      <c r="AT36" s="127"/>
       <c r="AW36" s="2" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="37" spans="2:54" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B37" s="109"/>
-[...8 lines deleted...]
-      <c r="K37" s="82"/>
+      <c r="B37" s="90"/>
+      <c r="C37" s="174"/>
+      <c r="D37" s="175"/>
+      <c r="E37" s="176"/>
+      <c r="F37" s="176"/>
+      <c r="G37" s="177"/>
+      <c r="H37" s="177"/>
+      <c r="I37" s="178"/>
+      <c r="J37" s="179"/>
+      <c r="K37" s="180"/>
       <c r="L37" s="39"/>
       <c r="M37" s="39"/>
       <c r="N37" s="39"/>
       <c r="O37" s="40"/>
       <c r="P37" s="41"/>
-      <c r="Q37" s="83"/>
-[...26 lines deleted...]
-      <c r="AR37" s="70" t="s">
+      <c r="Q37" s="181"/>
+      <c r="R37" s="182"/>
+      <c r="S37" s="182"/>
+      <c r="T37" s="182"/>
+      <c r="U37" s="182"/>
+      <c r="V37" s="182"/>
+      <c r="W37" s="183"/>
+      <c r="X37" s="184"/>
+      <c r="Y37" s="184"/>
+      <c r="Z37" s="185"/>
+      <c r="AA37" s="186"/>
+      <c r="AB37" s="179"/>
+      <c r="AC37" s="179"/>
+      <c r="AD37" s="179"/>
+      <c r="AE37" s="179"/>
+      <c r="AF37" s="179"/>
+      <c r="AG37" s="179"/>
+      <c r="AH37" s="179"/>
+      <c r="AI37" s="179"/>
+      <c r="AJ37" s="179"/>
+      <c r="AK37" s="187"/>
+      <c r="AL37" s="188"/>
+      <c r="AM37" s="189"/>
+      <c r="AN37" s="189"/>
+      <c r="AO37" s="189"/>
+      <c r="AP37" s="189"/>
+      <c r="AQ37" s="189"/>
+      <c r="AR37" s="190" t="s">
         <v>2</v>
       </c>
-      <c r="AS37" s="71"/>
-      <c r="AT37" s="72"/>
+      <c r="AS37" s="191"/>
+      <c r="AT37" s="192"/>
       <c r="AW37" s="2" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="38" spans="2:54" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B38" s="7"/>
       <c r="C38" s="7"/>
       <c r="D38" s="7"/>
       <c r="E38" s="7"/>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
       <c r="T38" s="7"/>
       <c r="U38" s="7"/>
       <c r="V38" s="7"/>
       <c r="W38" s="7"/>
       <c r="X38" s="7"/>
       <c r="Y38" s="7"/>
       <c r="Z38" s="7"/>
       <c r="AA38" s="7"/>
       <c r="AB38" s="7"/>
       <c r="AC38" s="7"/>
       <c r="AD38" s="7"/>
       <c r="AE38" s="7"/>
       <c r="AF38" s="7"/>
       <c r="AG38" s="7"/>
       <c r="AH38" s="7"/>
       <c r="AI38" s="7"/>
       <c r="AJ38" s="7"/>
       <c r="AK38" s="7"/>
       <c r="AL38" s="7"/>
       <c r="AM38" s="27"/>
       <c r="AN38" s="27"/>
       <c r="AO38" s="27"/>
       <c r="AP38" s="27"/>
       <c r="AQ38" s="27"/>
       <c r="AR38" s="27"/>
       <c r="AS38" s="27"/>
       <c r="AT38" s="27"/>
       <c r="AW38" s="2" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="39" spans="2:54" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B39" s="107">
+      <c r="B39" s="88">
         <v>5</v>
       </c>
-      <c r="C39" s="110" t="s">
+      <c r="C39" s="91" t="s">
+        <v>29</v>
+      </c>
+      <c r="D39" s="91"/>
+      <c r="E39" s="91"/>
+      <c r="F39" s="92" t="s">
         <v>30</v>
       </c>
-      <c r="D39" s="110"/>
-[...1 lines deleted...]
-      <c r="F39" s="111" t="s">
+      <c r="G39" s="93"/>
+      <c r="H39" s="93"/>
+      <c r="I39" s="93"/>
+      <c r="J39" s="93"/>
+      <c r="K39" s="93"/>
+      <c r="L39" s="93"/>
+      <c r="M39" s="93"/>
+      <c r="N39" s="93"/>
+      <c r="O39" s="93"/>
+      <c r="P39" s="93"/>
+      <c r="Q39" s="93"/>
+      <c r="R39" s="93"/>
+      <c r="S39" s="93"/>
+      <c r="T39" s="93"/>
+      <c r="U39" s="94"/>
+      <c r="V39" s="95" t="s">
         <v>31</v>
       </c>
-      <c r="G39" s="112"/>
-[...14 lines deleted...]
-      <c r="V39" s="114" t="s">
+      <c r="W39" s="96"/>
+      <c r="X39" s="96"/>
+      <c r="Y39" s="97"/>
+      <c r="Z39" s="92" t="s">
         <v>32</v>
       </c>
-      <c r="W39" s="115"/>
-[...2 lines deleted...]
-      <c r="Z39" s="111" t="s">
+      <c r="AA39" s="93"/>
+      <c r="AB39" s="93"/>
+      <c r="AC39" s="93"/>
+      <c r="AD39" s="93"/>
+      <c r="AE39" s="93"/>
+      <c r="AF39" s="93"/>
+      <c r="AG39" s="93"/>
+      <c r="AH39" s="93"/>
+      <c r="AI39" s="94"/>
+      <c r="AJ39" s="101" t="s">
         <v>33</v>
       </c>
-      <c r="AA39" s="112"/>
-[...8 lines deleted...]
-      <c r="AJ39" s="120" t="s">
+      <c r="AK39" s="102"/>
+      <c r="AL39" s="102"/>
+      <c r="AM39" s="103"/>
+      <c r="AN39" s="116" t="s">
         <v>34</v>
       </c>
-      <c r="AK39" s="121"/>
-[...2 lines deleted...]
-      <c r="AN39" s="126" t="s">
+      <c r="AO39" s="117"/>
+      <c r="AP39" s="120" t="s">
         <v>35</v>
       </c>
-      <c r="AO39" s="127"/>
-      <c r="AP39" s="129" t="s">
+      <c r="AQ39" s="120"/>
+      <c r="AR39" s="121"/>
+      <c r="AS39" s="124" t="s">
         <v>36</v>
       </c>
-      <c r="AQ39" s="129"/>
-[...4 lines deleted...]
-      <c r="AT39" s="134"/>
+      <c r="AT39" s="125"/>
       <c r="AV39" s="2"/>
       <c r="AW39" s="2" t="s">
         <v>8</v>
       </c>
       <c r="AX39" s="2"/>
       <c r="AY39" s="2"/>
       <c r="AZ39" s="2"/>
       <c r="BA39" s="2"/>
       <c r="BB39" s="46"/>
     </row>
     <row r="40" spans="2:54" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B40" s="108"/>
-      <c r="C40" s="103" t="s">
+      <c r="B40" s="89"/>
+      <c r="C40" s="128" t="s">
+        <v>39</v>
+      </c>
+      <c r="D40" s="128"/>
+      <c r="E40" s="128"/>
+      <c r="F40" s="129" t="s">
         <v>40</v>
       </c>
-      <c r="D40" s="103"/>
-[...1 lines deleted...]
-      <c r="F40" s="92" t="s">
+      <c r="G40" s="130"/>
+      <c r="H40" s="131" t="s">
         <v>41</v>
       </c>
-      <c r="G40" s="93"/>
-      <c r="H40" s="94" t="s">
+      <c r="I40" s="132"/>
+      <c r="J40" s="133"/>
+      <c r="K40" s="33" t="s">
         <v>42</v>
       </c>
-      <c r="I40" s="95"/>
-[...1 lines deleted...]
-      <c r="K40" s="33" t="s">
+      <c r="L40" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="L40" s="33" t="s">
+      <c r="M40" s="33" t="s">
         <v>44</v>
       </c>
-      <c r="M40" s="33" t="s">
+      <c r="N40" s="33" t="s">
         <v>45</v>
       </c>
-      <c r="N40" s="33" t="s">
+      <c r="O40" s="34" t="s">
         <v>46</v>
       </c>
-      <c r="O40" s="34" t="s">
+      <c r="P40" s="131" t="s">
         <v>47</v>
       </c>
-      <c r="P40" s="94" t="s">
+      <c r="Q40" s="132"/>
+      <c r="R40" s="132"/>
+      <c r="S40" s="132"/>
+      <c r="T40" s="132"/>
+      <c r="U40" s="134"/>
+      <c r="V40" s="98"/>
+      <c r="W40" s="99"/>
+      <c r="X40" s="99"/>
+      <c r="Y40" s="100"/>
+      <c r="Z40" s="135" t="s">
         <v>48</v>
       </c>
-      <c r="Q40" s="95"/>
-[...8 lines deleted...]
-      <c r="Z40" s="100" t="s">
+      <c r="AA40" s="136"/>
+      <c r="AB40" s="136"/>
+      <c r="AC40" s="136"/>
+      <c r="AD40" s="137"/>
+      <c r="AE40" s="138" t="s">
         <v>49</v>
       </c>
-      <c r="AA40" s="101"/>
-[...20 lines deleted...]
-      <c r="AT40" s="55"/>
+      <c r="AF40" s="136"/>
+      <c r="AG40" s="136"/>
+      <c r="AH40" s="136"/>
+      <c r="AI40" s="139"/>
+      <c r="AJ40" s="104"/>
+      <c r="AK40" s="105"/>
+      <c r="AL40" s="105"/>
+      <c r="AM40" s="106"/>
+      <c r="AN40" s="118"/>
+      <c r="AO40" s="119"/>
+      <c r="AP40" s="122"/>
+      <c r="AQ40" s="122"/>
+      <c r="AR40" s="123"/>
+      <c r="AS40" s="126"/>
+      <c r="AT40" s="127"/>
     </row>
     <row r="41" spans="2:54" ht="45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B41" s="108"/>
-[...7 lines deleted...]
-      <c r="J41" s="61"/>
+      <c r="B41" s="89"/>
+      <c r="C41" s="107"/>
+      <c r="D41" s="107"/>
+      <c r="E41" s="107"/>
+      <c r="F41" s="108"/>
+      <c r="G41" s="109"/>
+      <c r="H41" s="110"/>
+      <c r="I41" s="111"/>
+      <c r="J41" s="112"/>
       <c r="K41" s="35"/>
       <c r="L41" s="35"/>
       <c r="M41" s="35"/>
       <c r="N41" s="35"/>
       <c r="O41" s="36"/>
-      <c r="P41" s="62"/>
-[...22 lines deleted...]
-      <c r="AM41" s="139"/>
+      <c r="P41" s="113"/>
+      <c r="Q41" s="114"/>
+      <c r="R41" s="114"/>
+      <c r="S41" s="114"/>
+      <c r="T41" s="114"/>
+      <c r="U41" s="115"/>
+      <c r="V41" s="155"/>
+      <c r="W41" s="156"/>
+      <c r="X41" s="156"/>
+      <c r="Y41" s="156"/>
+      <c r="Z41" s="157"/>
+      <c r="AA41" s="158"/>
+      <c r="AB41" s="158"/>
+      <c r="AC41" s="158"/>
+      <c r="AD41" s="159"/>
+      <c r="AE41" s="160"/>
+      <c r="AF41" s="158"/>
+      <c r="AG41" s="158"/>
+      <c r="AH41" s="158"/>
+      <c r="AI41" s="161"/>
+      <c r="AJ41" s="162"/>
+      <c r="AK41" s="163"/>
+      <c r="AL41" s="163"/>
+      <c r="AM41" s="164"/>
       <c r="AN41" s="140" t="s">
         <v>2</v>
       </c>
-      <c r="AO41" s="141"/>
-[...2 lines deleted...]
-      <c r="AR41" s="143"/>
+      <c r="AO41" s="165"/>
+      <c r="AP41" s="166"/>
+      <c r="AQ41" s="166"/>
+      <c r="AR41" s="167"/>
       <c r="AS41" s="140" t="s">
         <v>2</v>
       </c>
-      <c r="AT41" s="144"/>
+      <c r="AT41" s="141"/>
     </row>
     <row r="42" spans="2:54" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B42" s="108"/>
-      <c r="C42" s="145" t="s">
+      <c r="B42" s="89"/>
+      <c r="C42" s="142" t="s">
+        <v>52</v>
+      </c>
+      <c r="D42" s="143"/>
+      <c r="E42" s="143"/>
+      <c r="F42" s="143"/>
+      <c r="G42" s="143"/>
+      <c r="H42" s="143"/>
+      <c r="I42" s="143"/>
+      <c r="J42" s="143"/>
+      <c r="K42" s="143"/>
+      <c r="L42" s="143"/>
+      <c r="M42" s="143"/>
+      <c r="N42" s="143"/>
+      <c r="O42" s="143"/>
+      <c r="P42" s="143"/>
+      <c r="Q42" s="143"/>
+      <c r="R42" s="143"/>
+      <c r="S42" s="143"/>
+      <c r="T42" s="143"/>
+      <c r="U42" s="143"/>
+      <c r="V42" s="144"/>
+      <c r="W42" s="145" t="s">
         <v>53</v>
       </c>
-      <c r="D42" s="146"/>
-[...18 lines deleted...]
-      <c r="W42" s="148" t="s">
+      <c r="X42" s="146"/>
+      <c r="Y42" s="146"/>
+      <c r="Z42" s="147"/>
+      <c r="AA42" s="148" t="s">
         <v>54</v>
       </c>
-      <c r="X42" s="149"/>
-[...2 lines deleted...]
-      <c r="AA42" s="151" t="s">
+      <c r="AB42" s="149"/>
+      <c r="AC42" s="149"/>
+      <c r="AD42" s="149"/>
+      <c r="AE42" s="149"/>
+      <c r="AF42" s="149"/>
+      <c r="AG42" s="149"/>
+      <c r="AH42" s="149"/>
+      <c r="AI42" s="149"/>
+      <c r="AJ42" s="149"/>
+      <c r="AK42" s="150"/>
+      <c r="AL42" s="151" t="s">
         <v>55</v>
       </c>
-      <c r="AB42" s="152"/>
-[...9 lines deleted...]
-      <c r="AL42" s="49" t="s">
+      <c r="AM42" s="152"/>
+      <c r="AN42" s="152"/>
+      <c r="AO42" s="152"/>
+      <c r="AP42" s="152"/>
+      <c r="AQ42" s="153"/>
+      <c r="AR42" s="151" t="s">
         <v>56</v>
       </c>
-      <c r="AM42" s="50"/>
-[...8 lines deleted...]
-      <c r="AT42" s="52"/>
+      <c r="AS42" s="152"/>
+      <c r="AT42" s="154"/>
       <c r="AV42" s="2"/>
       <c r="AW42" s="2"/>
       <c r="AX42" s="2"/>
       <c r="AY42" s="2"/>
       <c r="AZ42" s="2"/>
       <c r="BA42" s="2"/>
       <c r="BB42" s="46"/>
     </row>
     <row r="43" spans="2:54" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B43" s="108"/>
-      <c r="C43" s="92" t="s">
+      <c r="B43" s="89"/>
+      <c r="C43" s="129" t="s">
+        <v>59</v>
+      </c>
+      <c r="D43" s="130"/>
+      <c r="E43" s="130" t="s">
         <v>60</v>
       </c>
-      <c r="D43" s="93"/>
-      <c r="E43" s="93" t="s">
+      <c r="F43" s="130"/>
+      <c r="G43" s="130" t="s">
+        <v>40</v>
+      </c>
+      <c r="H43" s="130"/>
+      <c r="I43" s="131" t="s">
+        <v>41</v>
+      </c>
+      <c r="J43" s="132"/>
+      <c r="K43" s="133"/>
+      <c r="L43" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="M43" s="33" t="s">
+        <v>43</v>
+      </c>
+      <c r="N43" s="33" t="s">
+        <v>44</v>
+      </c>
+      <c r="O43" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="P43" s="38" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q43" s="168" t="s">
+        <v>47</v>
+      </c>
+      <c r="R43" s="169"/>
+      <c r="S43" s="169"/>
+      <c r="T43" s="169"/>
+      <c r="U43" s="169"/>
+      <c r="V43" s="170"/>
+      <c r="W43" s="98"/>
+      <c r="X43" s="99"/>
+      <c r="Y43" s="99"/>
+      <c r="Z43" s="100"/>
+      <c r="AA43" s="135" t="s">
         <v>61</v>
       </c>
-      <c r="F43" s="93"/>
-[...36 lines deleted...]
-      <c r="AA43" s="100" t="s">
+      <c r="AB43" s="136"/>
+      <c r="AC43" s="136"/>
+      <c r="AD43" s="136"/>
+      <c r="AE43" s="136"/>
+      <c r="AF43" s="136"/>
+      <c r="AG43" s="136"/>
+      <c r="AH43" s="136"/>
+      <c r="AI43" s="136"/>
+      <c r="AJ43" s="136"/>
+      <c r="AK43" s="139"/>
+      <c r="AL43" s="171" t="s">
         <v>62</v>
       </c>
-      <c r="AB43" s="101"/>
-[...19 lines deleted...]
-      <c r="AT43" s="55"/>
+      <c r="AM43" s="172"/>
+      <c r="AN43" s="172"/>
+      <c r="AO43" s="172"/>
+      <c r="AP43" s="172"/>
+      <c r="AQ43" s="173"/>
+      <c r="AR43" s="118"/>
+      <c r="AS43" s="126"/>
+      <c r="AT43" s="127"/>
     </row>
     <row r="44" spans="2:54" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B44" s="109"/>
-[...8 lines deleted...]
-      <c r="K44" s="82"/>
+      <c r="B44" s="90"/>
+      <c r="C44" s="174"/>
+      <c r="D44" s="175"/>
+      <c r="E44" s="176"/>
+      <c r="F44" s="176"/>
+      <c r="G44" s="177"/>
+      <c r="H44" s="177"/>
+      <c r="I44" s="178"/>
+      <c r="J44" s="179"/>
+      <c r="K44" s="180"/>
       <c r="L44" s="39"/>
       <c r="M44" s="39"/>
       <c r="N44" s="39"/>
       <c r="O44" s="40"/>
       <c r="P44" s="41"/>
-      <c r="Q44" s="83"/>
-[...26 lines deleted...]
-      <c r="AR44" s="70" t="s">
+      <c r="Q44" s="181"/>
+      <c r="R44" s="182"/>
+      <c r="S44" s="182"/>
+      <c r="T44" s="182"/>
+      <c r="U44" s="182"/>
+      <c r="V44" s="182"/>
+      <c r="W44" s="183"/>
+      <c r="X44" s="184"/>
+      <c r="Y44" s="184"/>
+      <c r="Z44" s="185"/>
+      <c r="AA44" s="186"/>
+      <c r="AB44" s="179"/>
+      <c r="AC44" s="179"/>
+      <c r="AD44" s="179"/>
+      <c r="AE44" s="179"/>
+      <c r="AF44" s="179"/>
+      <c r="AG44" s="179"/>
+      <c r="AH44" s="179"/>
+      <c r="AI44" s="179"/>
+      <c r="AJ44" s="179"/>
+      <c r="AK44" s="187"/>
+      <c r="AL44" s="188"/>
+      <c r="AM44" s="189"/>
+      <c r="AN44" s="189"/>
+      <c r="AO44" s="189"/>
+      <c r="AP44" s="189"/>
+      <c r="AQ44" s="189"/>
+      <c r="AR44" s="190" t="s">
         <v>2</v>
       </c>
-      <c r="AS44" s="71"/>
-      <c r="AT44" s="72"/>
+      <c r="AS44" s="191"/>
+      <c r="AT44" s="192"/>
     </row>
     <row r="45" spans="2:54" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B45" s="7"/>
       <c r="C45" s="7"/>
       <c r="D45" s="7"/>
       <c r="E45" s="7"/>
       <c r="F45" s="7"/>
       <c r="G45" s="7"/>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
       <c r="T45" s="7"/>
       <c r="U45" s="7"/>
       <c r="V45" s="7"/>
       <c r="W45" s="7"/>
       <c r="X45" s="7"/>
       <c r="Y45" s="7"/>
       <c r="Z45" s="7"/>
       <c r="AA45" s="7"/>
       <c r="AB45" s="7"/>
       <c r="AC45" s="7"/>
       <c r="AD45" s="7"/>
       <c r="AE45" s="7"/>
       <c r="AF45" s="7"/>
       <c r="AG45" s="7"/>
       <c r="AH45" s="7"/>
       <c r="AI45" s="7"/>
       <c r="AJ45" s="7"/>
       <c r="AK45" s="7"/>
       <c r="AL45" s="7"/>
       <c r="AM45" s="27"/>
       <c r="AN45" s="27"/>
       <c r="AO45" s="27"/>
       <c r="AP45" s="27"/>
       <c r="AQ45" s="27"/>
       <c r="AR45" s="27"/>
       <c r="AS45" s="27"/>
       <c r="AT45" s="27"/>
     </row>
     <row r="46" spans="2:54" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B46" s="107">
+      <c r="B46" s="88">
         <v>6</v>
       </c>
-      <c r="C46" s="110" t="s">
+      <c r="C46" s="91" t="s">
+        <v>29</v>
+      </c>
+      <c r="D46" s="91"/>
+      <c r="E46" s="91"/>
+      <c r="F46" s="92" t="s">
         <v>30</v>
       </c>
-      <c r="D46" s="110"/>
-[...1 lines deleted...]
-      <c r="F46" s="111" t="s">
+      <c r="G46" s="93"/>
+      <c r="H46" s="93"/>
+      <c r="I46" s="93"/>
+      <c r="J46" s="93"/>
+      <c r="K46" s="93"/>
+      <c r="L46" s="93"/>
+      <c r="M46" s="93"/>
+      <c r="N46" s="93"/>
+      <c r="O46" s="93"/>
+      <c r="P46" s="93"/>
+      <c r="Q46" s="93"/>
+      <c r="R46" s="93"/>
+      <c r="S46" s="93"/>
+      <c r="T46" s="93"/>
+      <c r="U46" s="94"/>
+      <c r="V46" s="95" t="s">
         <v>31</v>
       </c>
-      <c r="G46" s="112"/>
-[...14 lines deleted...]
-      <c r="V46" s="114" t="s">
+      <c r="W46" s="96"/>
+      <c r="X46" s="96"/>
+      <c r="Y46" s="97"/>
+      <c r="Z46" s="92" t="s">
         <v>32</v>
       </c>
-      <c r="W46" s="115"/>
-[...2 lines deleted...]
-      <c r="Z46" s="111" t="s">
+      <c r="AA46" s="93"/>
+      <c r="AB46" s="93"/>
+      <c r="AC46" s="93"/>
+      <c r="AD46" s="93"/>
+      <c r="AE46" s="93"/>
+      <c r="AF46" s="93"/>
+      <c r="AG46" s="93"/>
+      <c r="AH46" s="93"/>
+      <c r="AI46" s="94"/>
+      <c r="AJ46" s="101" t="s">
         <v>33</v>
       </c>
-      <c r="AA46" s="112"/>
-[...8 lines deleted...]
-      <c r="AJ46" s="120" t="s">
+      <c r="AK46" s="102"/>
+      <c r="AL46" s="102"/>
+      <c r="AM46" s="103"/>
+      <c r="AN46" s="116" t="s">
         <v>34</v>
       </c>
-      <c r="AK46" s="121"/>
-[...2 lines deleted...]
-      <c r="AN46" s="126" t="s">
+      <c r="AO46" s="117"/>
+      <c r="AP46" s="120" t="s">
         <v>35</v>
       </c>
-      <c r="AO46" s="127"/>
-      <c r="AP46" s="129" t="s">
+      <c r="AQ46" s="120"/>
+      <c r="AR46" s="121"/>
+      <c r="AS46" s="124" t="s">
         <v>36</v>
       </c>
-      <c r="AQ46" s="129"/>
-[...4 lines deleted...]
-      <c r="AT46" s="134"/>
+      <c r="AT46" s="125"/>
       <c r="AV46" s="2"/>
       <c r="AW46" s="2"/>
       <c r="AX46" s="2"/>
       <c r="AY46" s="2"/>
       <c r="AZ46" s="2"/>
       <c r="BA46" s="2"/>
       <c r="BB46" s="46"/>
     </row>
     <row r="47" spans="2:54" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B47" s="108"/>
-      <c r="C47" s="103" t="s">
+      <c r="B47" s="89"/>
+      <c r="C47" s="128" t="s">
+        <v>39</v>
+      </c>
+      <c r="D47" s="128"/>
+      <c r="E47" s="128"/>
+      <c r="F47" s="129" t="s">
         <v>40</v>
       </c>
-      <c r="D47" s="103"/>
-[...1 lines deleted...]
-      <c r="F47" s="92" t="s">
+      <c r="G47" s="130"/>
+      <c r="H47" s="131" t="s">
         <v>41</v>
       </c>
-      <c r="G47" s="93"/>
-      <c r="H47" s="94" t="s">
+      <c r="I47" s="132"/>
+      <c r="J47" s="133"/>
+      <c r="K47" s="33" t="s">
         <v>42</v>
       </c>
-      <c r="I47" s="95"/>
-[...1 lines deleted...]
-      <c r="K47" s="33" t="s">
+      <c r="L47" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="L47" s="33" t="s">
+      <c r="M47" s="33" t="s">
         <v>44</v>
       </c>
-      <c r="M47" s="33" t="s">
+      <c r="N47" s="33" t="s">
         <v>45</v>
       </c>
-      <c r="N47" s="33" t="s">
+      <c r="O47" s="34" t="s">
         <v>46</v>
       </c>
-      <c r="O47" s="34" t="s">
+      <c r="P47" s="131" t="s">
         <v>47</v>
       </c>
-      <c r="P47" s="94" t="s">
+      <c r="Q47" s="132"/>
+      <c r="R47" s="132"/>
+      <c r="S47" s="132"/>
+      <c r="T47" s="132"/>
+      <c r="U47" s="134"/>
+      <c r="V47" s="98"/>
+      <c r="W47" s="99"/>
+      <c r="X47" s="99"/>
+      <c r="Y47" s="100"/>
+      <c r="Z47" s="135" t="s">
         <v>48</v>
       </c>
-      <c r="Q47" s="95"/>
-[...8 lines deleted...]
-      <c r="Z47" s="100" t="s">
+      <c r="AA47" s="136"/>
+      <c r="AB47" s="136"/>
+      <c r="AC47" s="136"/>
+      <c r="AD47" s="137"/>
+      <c r="AE47" s="138" t="s">
         <v>49</v>
       </c>
-      <c r="AA47" s="101"/>
-[...20 lines deleted...]
-      <c r="AT47" s="55"/>
+      <c r="AF47" s="136"/>
+      <c r="AG47" s="136"/>
+      <c r="AH47" s="136"/>
+      <c r="AI47" s="139"/>
+      <c r="AJ47" s="104"/>
+      <c r="AK47" s="105"/>
+      <c r="AL47" s="105"/>
+      <c r="AM47" s="106"/>
+      <c r="AN47" s="118"/>
+      <c r="AO47" s="119"/>
+      <c r="AP47" s="122"/>
+      <c r="AQ47" s="122"/>
+      <c r="AR47" s="123"/>
+      <c r="AS47" s="126"/>
+      <c r="AT47" s="127"/>
     </row>
     <row r="48" spans="2:54" ht="45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B48" s="108"/>
-[...7 lines deleted...]
-      <c r="J48" s="61"/>
+      <c r="B48" s="89"/>
+      <c r="C48" s="107"/>
+      <c r="D48" s="107"/>
+      <c r="E48" s="107"/>
+      <c r="F48" s="108"/>
+      <c r="G48" s="109"/>
+      <c r="H48" s="110"/>
+      <c r="I48" s="111"/>
+      <c r="J48" s="112"/>
       <c r="K48" s="35"/>
       <c r="L48" s="35"/>
       <c r="M48" s="35"/>
       <c r="N48" s="35"/>
       <c r="O48" s="36"/>
-      <c r="P48" s="62"/>
-[...22 lines deleted...]
-      <c r="AM48" s="139"/>
+      <c r="P48" s="113"/>
+      <c r="Q48" s="114"/>
+      <c r="R48" s="114"/>
+      <c r="S48" s="114"/>
+      <c r="T48" s="114"/>
+      <c r="U48" s="115"/>
+      <c r="V48" s="155"/>
+      <c r="W48" s="156"/>
+      <c r="X48" s="156"/>
+      <c r="Y48" s="156"/>
+      <c r="Z48" s="157"/>
+      <c r="AA48" s="158"/>
+      <c r="AB48" s="158"/>
+      <c r="AC48" s="158"/>
+      <c r="AD48" s="159"/>
+      <c r="AE48" s="160"/>
+      <c r="AF48" s="158"/>
+      <c r="AG48" s="158"/>
+      <c r="AH48" s="158"/>
+      <c r="AI48" s="161"/>
+      <c r="AJ48" s="162"/>
+      <c r="AK48" s="163"/>
+      <c r="AL48" s="163"/>
+      <c r="AM48" s="164"/>
       <c r="AN48" s="140" t="s">
         <v>2</v>
       </c>
-      <c r="AO48" s="141"/>
-[...2 lines deleted...]
-      <c r="AR48" s="143"/>
+      <c r="AO48" s="165"/>
+      <c r="AP48" s="166"/>
+      <c r="AQ48" s="166"/>
+      <c r="AR48" s="167"/>
       <c r="AS48" s="140" t="s">
         <v>2</v>
       </c>
-      <c r="AT48" s="144"/>
+      <c r="AT48" s="141"/>
     </row>
     <row r="49" spans="2:54" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B49" s="108"/>
-      <c r="C49" s="145" t="s">
+      <c r="B49" s="89"/>
+      <c r="C49" s="142" t="s">
+        <v>52</v>
+      </c>
+      <c r="D49" s="143"/>
+      <c r="E49" s="143"/>
+      <c r="F49" s="143"/>
+      <c r="G49" s="143"/>
+      <c r="H49" s="143"/>
+      <c r="I49" s="143"/>
+      <c r="J49" s="143"/>
+      <c r="K49" s="143"/>
+      <c r="L49" s="143"/>
+      <c r="M49" s="143"/>
+      <c r="N49" s="143"/>
+      <c r="O49" s="143"/>
+      <c r="P49" s="143"/>
+      <c r="Q49" s="143"/>
+      <c r="R49" s="143"/>
+      <c r="S49" s="143"/>
+      <c r="T49" s="143"/>
+      <c r="U49" s="143"/>
+      <c r="V49" s="144"/>
+      <c r="W49" s="145" t="s">
         <v>53</v>
       </c>
-      <c r="D49" s="146"/>
-[...18 lines deleted...]
-      <c r="W49" s="148" t="s">
+      <c r="X49" s="146"/>
+      <c r="Y49" s="146"/>
+      <c r="Z49" s="147"/>
+      <c r="AA49" s="148" t="s">
         <v>54</v>
       </c>
-      <c r="X49" s="149"/>
-[...2 lines deleted...]
-      <c r="AA49" s="151" t="s">
+      <c r="AB49" s="149"/>
+      <c r="AC49" s="149"/>
+      <c r="AD49" s="149"/>
+      <c r="AE49" s="149"/>
+      <c r="AF49" s="149"/>
+      <c r="AG49" s="149"/>
+      <c r="AH49" s="149"/>
+      <c r="AI49" s="149"/>
+      <c r="AJ49" s="149"/>
+      <c r="AK49" s="150"/>
+      <c r="AL49" s="151" t="s">
         <v>55</v>
       </c>
-      <c r="AB49" s="152"/>
-[...9 lines deleted...]
-      <c r="AL49" s="49" t="s">
+      <c r="AM49" s="152"/>
+      <c r="AN49" s="152"/>
+      <c r="AO49" s="152"/>
+      <c r="AP49" s="152"/>
+      <c r="AQ49" s="153"/>
+      <c r="AR49" s="151" t="s">
         <v>56</v>
       </c>
-      <c r="AM49" s="50"/>
-[...8 lines deleted...]
-      <c r="AT49" s="52"/>
+      <c r="AS49" s="152"/>
+      <c r="AT49" s="154"/>
       <c r="AV49" s="2"/>
       <c r="AW49" s="2"/>
       <c r="AX49" s="2"/>
       <c r="AY49" s="2"/>
       <c r="AZ49" s="2"/>
       <c r="BA49" s="2"/>
       <c r="BB49" s="46"/>
     </row>
     <row r="50" spans="2:54" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B50" s="108"/>
-      <c r="C50" s="92" t="s">
+      <c r="B50" s="89"/>
+      <c r="C50" s="129" t="s">
+        <v>59</v>
+      </c>
+      <c r="D50" s="130"/>
+      <c r="E50" s="130" t="s">
         <v>60</v>
       </c>
-      <c r="D50" s="93"/>
-      <c r="E50" s="93" t="s">
+      <c r="F50" s="130"/>
+      <c r="G50" s="130" t="s">
+        <v>40</v>
+      </c>
+      <c r="H50" s="130"/>
+      <c r="I50" s="131" t="s">
+        <v>41</v>
+      </c>
+      <c r="J50" s="132"/>
+      <c r="K50" s="133"/>
+      <c r="L50" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="M50" s="33" t="s">
+        <v>43</v>
+      </c>
+      <c r="N50" s="33" t="s">
+        <v>44</v>
+      </c>
+      <c r="O50" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="P50" s="38" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q50" s="168" t="s">
+        <v>47</v>
+      </c>
+      <c r="R50" s="169"/>
+      <c r="S50" s="169"/>
+      <c r="T50" s="169"/>
+      <c r="U50" s="169"/>
+      <c r="V50" s="170"/>
+      <c r="W50" s="98"/>
+      <c r="X50" s="99"/>
+      <c r="Y50" s="99"/>
+      <c r="Z50" s="100"/>
+      <c r="AA50" s="135" t="s">
         <v>61</v>
       </c>
-      <c r="F50" s="93"/>
-[...36 lines deleted...]
-      <c r="AA50" s="100" t="s">
+      <c r="AB50" s="136"/>
+      <c r="AC50" s="136"/>
+      <c r="AD50" s="136"/>
+      <c r="AE50" s="136"/>
+      <c r="AF50" s="136"/>
+      <c r="AG50" s="136"/>
+      <c r="AH50" s="136"/>
+      <c r="AI50" s="136"/>
+      <c r="AJ50" s="136"/>
+      <c r="AK50" s="139"/>
+      <c r="AL50" s="171" t="s">
         <v>62</v>
       </c>
-      <c r="AB50" s="101"/>
-[...19 lines deleted...]
-      <c r="AT50" s="55"/>
+      <c r="AM50" s="172"/>
+      <c r="AN50" s="172"/>
+      <c r="AO50" s="172"/>
+      <c r="AP50" s="172"/>
+      <c r="AQ50" s="173"/>
+      <c r="AR50" s="118"/>
+      <c r="AS50" s="126"/>
+      <c r="AT50" s="127"/>
     </row>
     <row r="51" spans="2:54" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B51" s="109"/>
-[...8 lines deleted...]
-      <c r="K51" s="82"/>
+      <c r="B51" s="90"/>
+      <c r="C51" s="174"/>
+      <c r="D51" s="175"/>
+      <c r="E51" s="176"/>
+      <c r="F51" s="176"/>
+      <c r="G51" s="177"/>
+      <c r="H51" s="177"/>
+      <c r="I51" s="178"/>
+      <c r="J51" s="179"/>
+      <c r="K51" s="180"/>
       <c r="L51" s="39"/>
       <c r="M51" s="39"/>
       <c r="N51" s="39"/>
       <c r="O51" s="40"/>
       <c r="P51" s="41"/>
-      <c r="Q51" s="83"/>
-[...26 lines deleted...]
-      <c r="AR51" s="70" t="s">
+      <c r="Q51" s="181"/>
+      <c r="R51" s="182"/>
+      <c r="S51" s="182"/>
+      <c r="T51" s="182"/>
+      <c r="U51" s="182"/>
+      <c r="V51" s="182"/>
+      <c r="W51" s="183"/>
+      <c r="X51" s="184"/>
+      <c r="Y51" s="184"/>
+      <c r="Z51" s="185"/>
+      <c r="AA51" s="186"/>
+      <c r="AB51" s="179"/>
+      <c r="AC51" s="179"/>
+      <c r="AD51" s="179"/>
+      <c r="AE51" s="179"/>
+      <c r="AF51" s="179"/>
+      <c r="AG51" s="179"/>
+      <c r="AH51" s="179"/>
+      <c r="AI51" s="179"/>
+      <c r="AJ51" s="179"/>
+      <c r="AK51" s="187"/>
+      <c r="AL51" s="188"/>
+      <c r="AM51" s="189"/>
+      <c r="AN51" s="189"/>
+      <c r="AO51" s="189"/>
+      <c r="AP51" s="189"/>
+      <c r="AQ51" s="189"/>
+      <c r="AR51" s="190" t="s">
         <v>2</v>
       </c>
-      <c r="AS51" s="71"/>
-      <c r="AT51" s="72"/>
+      <c r="AS51" s="191"/>
+      <c r="AT51" s="192"/>
     </row>
     <row r="52" spans="2:54" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B52" s="7"/>
       <c r="C52" s="7"/>
       <c r="D52" s="7"/>
       <c r="E52" s="7"/>
       <c r="F52" s="7"/>
       <c r="G52" s="7"/>
       <c r="H52" s="7"/>
       <c r="I52" s="7"/>
       <c r="J52" s="7"/>
       <c r="K52" s="7"/>
       <c r="L52" s="7"/>
       <c r="M52" s="7"/>
       <c r="N52" s="7"/>
       <c r="O52" s="7"/>
       <c r="P52" s="7"/>
       <c r="Q52" s="7"/>
       <c r="R52" s="7"/>
       <c r="S52" s="7"/>
       <c r="T52" s="7"/>
       <c r="U52" s="7"/>
       <c r="V52" s="7"/>
       <c r="W52" s="7"/>
       <c r="X52" s="7"/>
       <c r="Y52" s="7"/>
       <c r="Z52" s="7"/>
       <c r="AA52" s="7"/>
       <c r="AB52" s="7"/>
       <c r="AC52" s="7"/>
       <c r="AD52" s="7"/>
       <c r="AE52" s="7"/>
       <c r="AF52" s="7"/>
       <c r="AG52" s="7"/>
       <c r="AH52" s="7"/>
       <c r="AI52" s="7"/>
       <c r="AJ52" s="7"/>
       <c r="AK52" s="7"/>
       <c r="AL52" s="7"/>
       <c r="AM52" s="27"/>
       <c r="AN52" s="27"/>
       <c r="AO52" s="27"/>
       <c r="AP52" s="27"/>
       <c r="AQ52" s="27"/>
       <c r="AR52" s="27"/>
       <c r="AS52" s="27"/>
       <c r="AT52" s="27"/>
     </row>
     <row r="53" spans="2:54" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B53" s="107">
+      <c r="B53" s="88">
         <v>7</v>
       </c>
-      <c r="C53" s="110" t="s">
+      <c r="C53" s="91" t="s">
+        <v>29</v>
+      </c>
+      <c r="D53" s="91"/>
+      <c r="E53" s="91"/>
+      <c r="F53" s="92" t="s">
         <v>30</v>
       </c>
-      <c r="D53" s="110"/>
-[...1 lines deleted...]
-      <c r="F53" s="111" t="s">
+      <c r="G53" s="93"/>
+      <c r="H53" s="93"/>
+      <c r="I53" s="93"/>
+      <c r="J53" s="93"/>
+      <c r="K53" s="93"/>
+      <c r="L53" s="93"/>
+      <c r="M53" s="93"/>
+      <c r="N53" s="93"/>
+      <c r="O53" s="93"/>
+      <c r="P53" s="93"/>
+      <c r="Q53" s="93"/>
+      <c r="R53" s="93"/>
+      <c r="S53" s="93"/>
+      <c r="T53" s="93"/>
+      <c r="U53" s="94"/>
+      <c r="V53" s="95" t="s">
         <v>31</v>
       </c>
-      <c r="G53" s="112"/>
-[...14 lines deleted...]
-      <c r="V53" s="114" t="s">
+      <c r="W53" s="96"/>
+      <c r="X53" s="96"/>
+      <c r="Y53" s="97"/>
+      <c r="Z53" s="92" t="s">
         <v>32</v>
       </c>
-      <c r="W53" s="115"/>
-[...2 lines deleted...]
-      <c r="Z53" s="111" t="s">
+      <c r="AA53" s="93"/>
+      <c r="AB53" s="93"/>
+      <c r="AC53" s="93"/>
+      <c r="AD53" s="93"/>
+      <c r="AE53" s="93"/>
+      <c r="AF53" s="93"/>
+      <c r="AG53" s="93"/>
+      <c r="AH53" s="93"/>
+      <c r="AI53" s="94"/>
+      <c r="AJ53" s="101" t="s">
         <v>33</v>
       </c>
-      <c r="AA53" s="112"/>
-[...8 lines deleted...]
-      <c r="AJ53" s="120" t="s">
+      <c r="AK53" s="102"/>
+      <c r="AL53" s="102"/>
+      <c r="AM53" s="103"/>
+      <c r="AN53" s="116" t="s">
         <v>34</v>
       </c>
-      <c r="AK53" s="121"/>
-[...2 lines deleted...]
-      <c r="AN53" s="126" t="s">
+      <c r="AO53" s="117"/>
+      <c r="AP53" s="120" t="s">
         <v>35</v>
       </c>
-      <c r="AO53" s="127"/>
-      <c r="AP53" s="129" t="s">
+      <c r="AQ53" s="120"/>
+      <c r="AR53" s="121"/>
+      <c r="AS53" s="124" t="s">
         <v>36</v>
       </c>
-      <c r="AQ53" s="129"/>
-[...4 lines deleted...]
-      <c r="AT53" s="134"/>
+      <c r="AT53" s="125"/>
       <c r="AV53" s="2"/>
       <c r="AW53" s="2"/>
       <c r="AX53" s="2"/>
       <c r="AY53" s="2"/>
       <c r="AZ53" s="2"/>
       <c r="BA53" s="2"/>
       <c r="BB53" s="46"/>
     </row>
     <row r="54" spans="2:54" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B54" s="108"/>
-      <c r="C54" s="103" t="s">
+      <c r="B54" s="89"/>
+      <c r="C54" s="128" t="s">
+        <v>39</v>
+      </c>
+      <c r="D54" s="128"/>
+      <c r="E54" s="128"/>
+      <c r="F54" s="129" t="s">
         <v>40</v>
       </c>
-      <c r="D54" s="103"/>
-[...1 lines deleted...]
-      <c r="F54" s="92" t="s">
+      <c r="G54" s="130"/>
+      <c r="H54" s="131" t="s">
         <v>41</v>
       </c>
-      <c r="G54" s="93"/>
-      <c r="H54" s="94" t="s">
+      <c r="I54" s="132"/>
+      <c r="J54" s="133"/>
+      <c r="K54" s="33" t="s">
         <v>42</v>
       </c>
-      <c r="I54" s="95"/>
-[...1 lines deleted...]
-      <c r="K54" s="33" t="s">
+      <c r="L54" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="L54" s="33" t="s">
+      <c r="M54" s="33" t="s">
         <v>44</v>
       </c>
-      <c r="M54" s="33" t="s">
+      <c r="N54" s="33" t="s">
         <v>45</v>
       </c>
-      <c r="N54" s="33" t="s">
+      <c r="O54" s="34" t="s">
         <v>46</v>
       </c>
-      <c r="O54" s="34" t="s">
+      <c r="P54" s="131" t="s">
         <v>47</v>
       </c>
-      <c r="P54" s="94" t="s">
+      <c r="Q54" s="132"/>
+      <c r="R54" s="132"/>
+      <c r="S54" s="132"/>
+      <c r="T54" s="132"/>
+      <c r="U54" s="134"/>
+      <c r="V54" s="98"/>
+      <c r="W54" s="99"/>
+      <c r="X54" s="99"/>
+      <c r="Y54" s="100"/>
+      <c r="Z54" s="135" t="s">
         <v>48</v>
       </c>
-      <c r="Q54" s="95"/>
-[...8 lines deleted...]
-      <c r="Z54" s="100" t="s">
+      <c r="AA54" s="136"/>
+      <c r="AB54" s="136"/>
+      <c r="AC54" s="136"/>
+      <c r="AD54" s="137"/>
+      <c r="AE54" s="138" t="s">
         <v>49</v>
       </c>
-      <c r="AA54" s="101"/>
-[...20 lines deleted...]
-      <c r="AT54" s="55"/>
+      <c r="AF54" s="136"/>
+      <c r="AG54" s="136"/>
+      <c r="AH54" s="136"/>
+      <c r="AI54" s="139"/>
+      <c r="AJ54" s="104"/>
+      <c r="AK54" s="105"/>
+      <c r="AL54" s="105"/>
+      <c r="AM54" s="106"/>
+      <c r="AN54" s="118"/>
+      <c r="AO54" s="119"/>
+      <c r="AP54" s="122"/>
+      <c r="AQ54" s="122"/>
+      <c r="AR54" s="123"/>
+      <c r="AS54" s="126"/>
+      <c r="AT54" s="127"/>
     </row>
     <row r="55" spans="2:54" ht="45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B55" s="108"/>
-[...7 lines deleted...]
-      <c r="J55" s="61"/>
+      <c r="B55" s="89"/>
+      <c r="C55" s="107"/>
+      <c r="D55" s="107"/>
+      <c r="E55" s="107"/>
+      <c r="F55" s="108"/>
+      <c r="G55" s="109"/>
+      <c r="H55" s="110"/>
+      <c r="I55" s="111"/>
+      <c r="J55" s="112"/>
       <c r="K55" s="35"/>
       <c r="L55" s="35"/>
       <c r="M55" s="35"/>
       <c r="N55" s="35"/>
       <c r="O55" s="36"/>
-      <c r="P55" s="62"/>
-[...22 lines deleted...]
-      <c r="AM55" s="139"/>
+      <c r="P55" s="113"/>
+      <c r="Q55" s="114"/>
+      <c r="R55" s="114"/>
+      <c r="S55" s="114"/>
+      <c r="T55" s="114"/>
+      <c r="U55" s="115"/>
+      <c r="V55" s="155"/>
+      <c r="W55" s="156"/>
+      <c r="X55" s="156"/>
+      <c r="Y55" s="156"/>
+      <c r="Z55" s="157"/>
+      <c r="AA55" s="158"/>
+      <c r="AB55" s="158"/>
+      <c r="AC55" s="158"/>
+      <c r="AD55" s="159"/>
+      <c r="AE55" s="160"/>
+      <c r="AF55" s="158"/>
+      <c r="AG55" s="158"/>
+      <c r="AH55" s="158"/>
+      <c r="AI55" s="161"/>
+      <c r="AJ55" s="162"/>
+      <c r="AK55" s="163"/>
+      <c r="AL55" s="163"/>
+      <c r="AM55" s="164"/>
       <c r="AN55" s="140" t="s">
         <v>2</v>
       </c>
-      <c r="AO55" s="141"/>
-[...2 lines deleted...]
-      <c r="AR55" s="143"/>
+      <c r="AO55" s="165"/>
+      <c r="AP55" s="166"/>
+      <c r="AQ55" s="166"/>
+      <c r="AR55" s="167"/>
       <c r="AS55" s="140" t="s">
         <v>2</v>
       </c>
-      <c r="AT55" s="144"/>
+      <c r="AT55" s="141"/>
     </row>
     <row r="56" spans="2:54" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B56" s="108"/>
-      <c r="C56" s="145" t="s">
+      <c r="B56" s="89"/>
+      <c r="C56" s="142" t="s">
+        <v>52</v>
+      </c>
+      <c r="D56" s="143"/>
+      <c r="E56" s="143"/>
+      <c r="F56" s="143"/>
+      <c r="G56" s="143"/>
+      <c r="H56" s="143"/>
+      <c r="I56" s="143"/>
+      <c r="J56" s="143"/>
+      <c r="K56" s="143"/>
+      <c r="L56" s="143"/>
+      <c r="M56" s="143"/>
+      <c r="N56" s="143"/>
+      <c r="O56" s="143"/>
+      <c r="P56" s="143"/>
+      <c r="Q56" s="143"/>
+      <c r="R56" s="143"/>
+      <c r="S56" s="143"/>
+      <c r="T56" s="143"/>
+      <c r="U56" s="143"/>
+      <c r="V56" s="144"/>
+      <c r="W56" s="145" t="s">
         <v>53</v>
       </c>
-      <c r="D56" s="146"/>
-[...18 lines deleted...]
-      <c r="W56" s="148" t="s">
+      <c r="X56" s="146"/>
+      <c r="Y56" s="146"/>
+      <c r="Z56" s="147"/>
+      <c r="AA56" s="148" t="s">
         <v>54</v>
       </c>
-      <c r="X56" s="149"/>
-[...2 lines deleted...]
-      <c r="AA56" s="151" t="s">
+      <c r="AB56" s="149"/>
+      <c r="AC56" s="149"/>
+      <c r="AD56" s="149"/>
+      <c r="AE56" s="149"/>
+      <c r="AF56" s="149"/>
+      <c r="AG56" s="149"/>
+      <c r="AH56" s="149"/>
+      <c r="AI56" s="149"/>
+      <c r="AJ56" s="149"/>
+      <c r="AK56" s="150"/>
+      <c r="AL56" s="151" t="s">
         <v>55</v>
       </c>
-      <c r="AB56" s="152"/>
-[...9 lines deleted...]
-      <c r="AL56" s="49" t="s">
+      <c r="AM56" s="152"/>
+      <c r="AN56" s="152"/>
+      <c r="AO56" s="152"/>
+      <c r="AP56" s="152"/>
+      <c r="AQ56" s="153"/>
+      <c r="AR56" s="151" t="s">
         <v>56</v>
       </c>
-      <c r="AM56" s="50"/>
-[...8 lines deleted...]
-      <c r="AT56" s="52"/>
+      <c r="AS56" s="152"/>
+      <c r="AT56" s="154"/>
       <c r="AV56" s="2"/>
       <c r="AW56" s="2"/>
       <c r="AX56" s="2"/>
       <c r="AY56" s="2"/>
       <c r="AZ56" s="2"/>
       <c r="BA56" s="2"/>
       <c r="BB56" s="46"/>
     </row>
     <row r="57" spans="2:54" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B57" s="108"/>
-      <c r="C57" s="92" t="s">
+      <c r="B57" s="89"/>
+      <c r="C57" s="129" t="s">
+        <v>59</v>
+      </c>
+      <c r="D57" s="130"/>
+      <c r="E57" s="130" t="s">
         <v>60</v>
       </c>
-      <c r="D57" s="93"/>
-      <c r="E57" s="93" t="s">
+      <c r="F57" s="130"/>
+      <c r="G57" s="130" t="s">
+        <v>40</v>
+      </c>
+      <c r="H57" s="130"/>
+      <c r="I57" s="131" t="s">
+        <v>41</v>
+      </c>
+      <c r="J57" s="132"/>
+      <c r="K57" s="133"/>
+      <c r="L57" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="M57" s="33" t="s">
+        <v>43</v>
+      </c>
+      <c r="N57" s="33" t="s">
+        <v>44</v>
+      </c>
+      <c r="O57" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="P57" s="38" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q57" s="168" t="s">
+        <v>47</v>
+      </c>
+      <c r="R57" s="169"/>
+      <c r="S57" s="169"/>
+      <c r="T57" s="169"/>
+      <c r="U57" s="169"/>
+      <c r="V57" s="170"/>
+      <c r="W57" s="98"/>
+      <c r="X57" s="99"/>
+      <c r="Y57" s="99"/>
+      <c r="Z57" s="100"/>
+      <c r="AA57" s="135" t="s">
         <v>61</v>
       </c>
-      <c r="F57" s="93"/>
-[...36 lines deleted...]
-      <c r="AA57" s="100" t="s">
+      <c r="AB57" s="136"/>
+      <c r="AC57" s="136"/>
+      <c r="AD57" s="136"/>
+      <c r="AE57" s="136"/>
+      <c r="AF57" s="136"/>
+      <c r="AG57" s="136"/>
+      <c r="AH57" s="136"/>
+      <c r="AI57" s="136"/>
+      <c r="AJ57" s="136"/>
+      <c r="AK57" s="139"/>
+      <c r="AL57" s="171" t="s">
         <v>62</v>
       </c>
-      <c r="AB57" s="101"/>
-[...19 lines deleted...]
-      <c r="AT57" s="55"/>
+      <c r="AM57" s="172"/>
+      <c r="AN57" s="172"/>
+      <c r="AO57" s="172"/>
+      <c r="AP57" s="172"/>
+      <c r="AQ57" s="173"/>
+      <c r="AR57" s="118"/>
+      <c r="AS57" s="126"/>
+      <c r="AT57" s="127"/>
     </row>
     <row r="58" spans="2:54" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B58" s="109"/>
-[...8 lines deleted...]
-      <c r="K58" s="82"/>
+      <c r="B58" s="90"/>
+      <c r="C58" s="174"/>
+      <c r="D58" s="175"/>
+      <c r="E58" s="176"/>
+      <c r="F58" s="176"/>
+      <c r="G58" s="177"/>
+      <c r="H58" s="177"/>
+      <c r="I58" s="178"/>
+      <c r="J58" s="179"/>
+      <c r="K58" s="180"/>
       <c r="L58" s="39"/>
       <c r="M58" s="39"/>
       <c r="N58" s="39"/>
       <c r="O58" s="40"/>
       <c r="P58" s="41"/>
-      <c r="Q58" s="83"/>
-[...26 lines deleted...]
-      <c r="AR58" s="70" t="s">
+      <c r="Q58" s="181"/>
+      <c r="R58" s="182"/>
+      <c r="S58" s="182"/>
+      <c r="T58" s="182"/>
+      <c r="U58" s="182"/>
+      <c r="V58" s="182"/>
+      <c r="W58" s="183"/>
+      <c r="X58" s="184"/>
+      <c r="Y58" s="184"/>
+      <c r="Z58" s="185"/>
+      <c r="AA58" s="186"/>
+      <c r="AB58" s="179"/>
+      <c r="AC58" s="179"/>
+      <c r="AD58" s="179"/>
+      <c r="AE58" s="179"/>
+      <c r="AF58" s="179"/>
+      <c r="AG58" s="179"/>
+      <c r="AH58" s="179"/>
+      <c r="AI58" s="179"/>
+      <c r="AJ58" s="179"/>
+      <c r="AK58" s="187"/>
+      <c r="AL58" s="188"/>
+      <c r="AM58" s="189"/>
+      <c r="AN58" s="189"/>
+      <c r="AO58" s="189"/>
+      <c r="AP58" s="189"/>
+      <c r="AQ58" s="189"/>
+      <c r="AR58" s="190" t="s">
         <v>2</v>
       </c>
-      <c r="AS58" s="71"/>
-      <c r="AT58" s="72"/>
+      <c r="AS58" s="191"/>
+      <c r="AT58" s="192"/>
     </row>
     <row r="59" spans="2:54" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B59" s="27"/>
       <c r="C59" s="27"/>
       <c r="D59" s="27"/>
       <c r="E59" s="27"/>
       <c r="F59" s="27"/>
       <c r="G59" s="27"/>
       <c r="H59" s="27"/>
       <c r="I59" s="27"/>
       <c r="J59" s="27"/>
       <c r="K59" s="27"/>
       <c r="L59" s="27"/>
       <c r="M59" s="27"/>
       <c r="N59" s="27"/>
       <c r="O59" s="27"/>
       <c r="P59" s="27"/>
       <c r="Q59" s="27"/>
       <c r="R59" s="27"/>
       <c r="S59" s="27"/>
       <c r="T59" s="27"/>
       <c r="U59" s="27"/>
       <c r="V59" s="27"/>
       <c r="W59" s="27"/>
       <c r="X59" s="27"/>
       <c r="Y59" s="27"/>
       <c r="Z59" s="27"/>
       <c r="AA59" s="27"/>
       <c r="AB59" s="27"/>
       <c r="AC59" s="27"/>
       <c r="AD59" s="27"/>
       <c r="AE59" s="27"/>
       <c r="AF59" s="27"/>
       <c r="AG59" s="27"/>
       <c r="AH59" s="27"/>
       <c r="AI59" s="27"/>
       <c r="AJ59" s="27"/>
       <c r="AK59" s="27"/>
       <c r="AL59" s="27"/>
       <c r="AM59" s="27"/>
       <c r="AN59" s="27"/>
       <c r="AO59" s="27"/>
       <c r="AP59" s="27"/>
       <c r="AQ59" s="27"/>
       <c r="AR59" s="27"/>
       <c r="AS59" s="27"/>
       <c r="AT59" s="27"/>
     </row>
     <row r="60" spans="2:54" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B60" s="107" t="s">
-[...2 lines deleted...]
-      <c r="C60" s="110" t="s">
+      <c r="B60" s="88" t="s">
+        <v>95</v>
+      </c>
+      <c r="C60" s="91" t="s">
+        <v>29</v>
+      </c>
+      <c r="D60" s="91"/>
+      <c r="E60" s="91"/>
+      <c r="F60" s="92" t="s">
         <v>30</v>
       </c>
-      <c r="D60" s="110"/>
-[...1 lines deleted...]
-      <c r="F60" s="111" t="s">
+      <c r="G60" s="93"/>
+      <c r="H60" s="93"/>
+      <c r="I60" s="93"/>
+      <c r="J60" s="93"/>
+      <c r="K60" s="93"/>
+      <c r="L60" s="93"/>
+      <c r="M60" s="93"/>
+      <c r="N60" s="93"/>
+      <c r="O60" s="93"/>
+      <c r="P60" s="93"/>
+      <c r="Q60" s="93"/>
+      <c r="R60" s="93"/>
+      <c r="S60" s="93"/>
+      <c r="T60" s="93"/>
+      <c r="U60" s="94"/>
+      <c r="V60" s="95" t="s">
         <v>31</v>
       </c>
-      <c r="G60" s="112"/>
-[...14 lines deleted...]
-      <c r="V60" s="114" t="s">
+      <c r="W60" s="96"/>
+      <c r="X60" s="96"/>
+      <c r="Y60" s="97"/>
+      <c r="Z60" s="92" t="s">
         <v>32</v>
       </c>
-      <c r="W60" s="115"/>
-[...2 lines deleted...]
-      <c r="Z60" s="111" t="s">
+      <c r="AA60" s="93"/>
+      <c r="AB60" s="93"/>
+      <c r="AC60" s="93"/>
+      <c r="AD60" s="93"/>
+      <c r="AE60" s="93"/>
+      <c r="AF60" s="93"/>
+      <c r="AG60" s="93"/>
+      <c r="AH60" s="93"/>
+      <c r="AI60" s="94"/>
+      <c r="AJ60" s="101" t="s">
         <v>33</v>
       </c>
-      <c r="AA60" s="112"/>
-[...8 lines deleted...]
-      <c r="AJ60" s="120" t="s">
+      <c r="AK60" s="102"/>
+      <c r="AL60" s="102"/>
+      <c r="AM60" s="103"/>
+      <c r="AN60" s="116" t="s">
         <v>34</v>
       </c>
-      <c r="AK60" s="121"/>
-[...2 lines deleted...]
-      <c r="AN60" s="126" t="s">
+      <c r="AO60" s="117"/>
+      <c r="AP60" s="120" t="s">
         <v>35</v>
       </c>
-      <c r="AO60" s="127"/>
-      <c r="AP60" s="129" t="s">
+      <c r="AQ60" s="120"/>
+      <c r="AR60" s="121"/>
+      <c r="AS60" s="124" t="s">
         <v>36</v>
       </c>
-      <c r="AQ60" s="129"/>
-[...4 lines deleted...]
-      <c r="AT60" s="134"/>
+      <c r="AT60" s="125"/>
       <c r="AV60" s="2"/>
       <c r="AW60" s="2"/>
       <c r="AX60" s="2"/>
       <c r="AY60" s="2"/>
       <c r="AZ60" s="2"/>
       <c r="BA60" s="2"/>
       <c r="BB60" s="46"/>
     </row>
     <row r="61" spans="2:54" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B61" s="108"/>
-      <c r="C61" s="103" t="s">
+      <c r="B61" s="89"/>
+      <c r="C61" s="128" t="s">
+        <v>39</v>
+      </c>
+      <c r="D61" s="128"/>
+      <c r="E61" s="128"/>
+      <c r="F61" s="129" t="s">
         <v>40</v>
       </c>
-      <c r="D61" s="103"/>
-[...1 lines deleted...]
-      <c r="F61" s="92" t="s">
+      <c r="G61" s="130"/>
+      <c r="H61" s="131" t="s">
         <v>41</v>
       </c>
-      <c r="G61" s="93"/>
-      <c r="H61" s="94" t="s">
+      <c r="I61" s="132"/>
+      <c r="J61" s="133"/>
+      <c r="K61" s="33" t="s">
         <v>42</v>
       </c>
-      <c r="I61" s="95"/>
-[...1 lines deleted...]
-      <c r="K61" s="33" t="s">
+      <c r="L61" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="L61" s="33" t="s">
+      <c r="M61" s="33" t="s">
         <v>44</v>
       </c>
-      <c r="M61" s="33" t="s">
+      <c r="N61" s="33" t="s">
         <v>45</v>
       </c>
-      <c r="N61" s="33" t="s">
+      <c r="O61" s="34" t="s">
         <v>46</v>
       </c>
-      <c r="O61" s="34" t="s">
+      <c r="P61" s="131" t="s">
         <v>47</v>
       </c>
-      <c r="P61" s="94" t="s">
+      <c r="Q61" s="132"/>
+      <c r="R61" s="132"/>
+      <c r="S61" s="132"/>
+      <c r="T61" s="132"/>
+      <c r="U61" s="134"/>
+      <c r="V61" s="98"/>
+      <c r="W61" s="99"/>
+      <c r="X61" s="99"/>
+      <c r="Y61" s="100"/>
+      <c r="Z61" s="135" t="s">
         <v>48</v>
       </c>
-      <c r="Q61" s="95"/>
-[...8 lines deleted...]
-      <c r="Z61" s="100" t="s">
+      <c r="AA61" s="136"/>
+      <c r="AB61" s="136"/>
+      <c r="AC61" s="136"/>
+      <c r="AD61" s="137"/>
+      <c r="AE61" s="138" t="s">
         <v>49</v>
       </c>
-      <c r="AA61" s="101"/>
-[...20 lines deleted...]
-      <c r="AT61" s="55"/>
+      <c r="AF61" s="136"/>
+      <c r="AG61" s="136"/>
+      <c r="AH61" s="136"/>
+      <c r="AI61" s="139"/>
+      <c r="AJ61" s="104"/>
+      <c r="AK61" s="105"/>
+      <c r="AL61" s="105"/>
+      <c r="AM61" s="106"/>
+      <c r="AN61" s="118"/>
+      <c r="AO61" s="119"/>
+      <c r="AP61" s="122"/>
+      <c r="AQ61" s="122"/>
+      <c r="AR61" s="123"/>
+      <c r="AS61" s="126"/>
+      <c r="AT61" s="127"/>
     </row>
     <row r="62" spans="2:54" ht="45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B62" s="108"/>
-[...7 lines deleted...]
-      <c r="J62" s="61"/>
+      <c r="B62" s="89"/>
+      <c r="C62" s="107"/>
+      <c r="D62" s="107"/>
+      <c r="E62" s="107"/>
+      <c r="F62" s="108"/>
+      <c r="G62" s="109"/>
+      <c r="H62" s="110"/>
+      <c r="I62" s="111"/>
+      <c r="J62" s="112"/>
       <c r="K62" s="35"/>
       <c r="L62" s="35"/>
       <c r="M62" s="35"/>
       <c r="N62" s="35"/>
       <c r="O62" s="36"/>
-      <c r="P62" s="62"/>
-[...22 lines deleted...]
-      <c r="AM62" s="139"/>
+      <c r="P62" s="113"/>
+      <c r="Q62" s="114"/>
+      <c r="R62" s="114"/>
+      <c r="S62" s="114"/>
+      <c r="T62" s="114"/>
+      <c r="U62" s="115"/>
+      <c r="V62" s="155"/>
+      <c r="W62" s="156"/>
+      <c r="X62" s="156"/>
+      <c r="Y62" s="156"/>
+      <c r="Z62" s="157"/>
+      <c r="AA62" s="158"/>
+      <c r="AB62" s="158"/>
+      <c r="AC62" s="158"/>
+      <c r="AD62" s="159"/>
+      <c r="AE62" s="160"/>
+      <c r="AF62" s="158"/>
+      <c r="AG62" s="158"/>
+      <c r="AH62" s="158"/>
+      <c r="AI62" s="161"/>
+      <c r="AJ62" s="162"/>
+      <c r="AK62" s="163"/>
+      <c r="AL62" s="163"/>
+      <c r="AM62" s="164"/>
       <c r="AN62" s="140" t="s">
         <v>2</v>
       </c>
-      <c r="AO62" s="141"/>
-[...2 lines deleted...]
-      <c r="AR62" s="143"/>
+      <c r="AO62" s="165"/>
+      <c r="AP62" s="166"/>
+      <c r="AQ62" s="166"/>
+      <c r="AR62" s="167"/>
       <c r="AS62" s="140" t="s">
         <v>2</v>
       </c>
-      <c r="AT62" s="144"/>
+      <c r="AT62" s="141"/>
     </row>
     <row r="63" spans="2:54" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B63" s="108"/>
-      <c r="C63" s="145" t="s">
+      <c r="B63" s="89"/>
+      <c r="C63" s="142" t="s">
+        <v>52</v>
+      </c>
+      <c r="D63" s="143"/>
+      <c r="E63" s="143"/>
+      <c r="F63" s="143"/>
+      <c r="G63" s="143"/>
+      <c r="H63" s="143"/>
+      <c r="I63" s="143"/>
+      <c r="J63" s="143"/>
+      <c r="K63" s="143"/>
+      <c r="L63" s="143"/>
+      <c r="M63" s="143"/>
+      <c r="N63" s="143"/>
+      <c r="O63" s="143"/>
+      <c r="P63" s="143"/>
+      <c r="Q63" s="143"/>
+      <c r="R63" s="143"/>
+      <c r="S63" s="143"/>
+      <c r="T63" s="143"/>
+      <c r="U63" s="143"/>
+      <c r="V63" s="144"/>
+      <c r="W63" s="145" t="s">
         <v>53</v>
       </c>
-      <c r="D63" s="146"/>
-[...18 lines deleted...]
-      <c r="W63" s="148" t="s">
+      <c r="X63" s="146"/>
+      <c r="Y63" s="146"/>
+      <c r="Z63" s="147"/>
+      <c r="AA63" s="148" t="s">
         <v>54</v>
       </c>
-      <c r="X63" s="149"/>
-[...2 lines deleted...]
-      <c r="AA63" s="151" t="s">
+      <c r="AB63" s="149"/>
+      <c r="AC63" s="149"/>
+      <c r="AD63" s="149"/>
+      <c r="AE63" s="149"/>
+      <c r="AF63" s="149"/>
+      <c r="AG63" s="149"/>
+      <c r="AH63" s="149"/>
+      <c r="AI63" s="149"/>
+      <c r="AJ63" s="149"/>
+      <c r="AK63" s="150"/>
+      <c r="AL63" s="151" t="s">
         <v>55</v>
       </c>
-      <c r="AB63" s="152"/>
-[...9 lines deleted...]
-      <c r="AL63" s="49" t="s">
+      <c r="AM63" s="152"/>
+      <c r="AN63" s="152"/>
+      <c r="AO63" s="152"/>
+      <c r="AP63" s="152"/>
+      <c r="AQ63" s="153"/>
+      <c r="AR63" s="151" t="s">
         <v>56</v>
       </c>
-      <c r="AM63" s="50"/>
-[...8 lines deleted...]
-      <c r="AT63" s="52"/>
+      <c r="AS63" s="152"/>
+      <c r="AT63" s="154"/>
       <c r="AV63" s="2"/>
       <c r="AW63" s="2"/>
       <c r="AX63" s="2"/>
       <c r="AY63" s="2"/>
       <c r="AZ63" s="2"/>
       <c r="BA63" s="2"/>
       <c r="BB63" s="46"/>
     </row>
     <row r="64" spans="2:54" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B64" s="108"/>
-      <c r="C64" s="92" t="s">
+      <c r="B64" s="89"/>
+      <c r="C64" s="129" t="s">
+        <v>59</v>
+      </c>
+      <c r="D64" s="130"/>
+      <c r="E64" s="130" t="s">
         <v>60</v>
       </c>
-      <c r="D64" s="93"/>
-      <c r="E64" s="93" t="s">
+      <c r="F64" s="130"/>
+      <c r="G64" s="130" t="s">
+        <v>40</v>
+      </c>
+      <c r="H64" s="130"/>
+      <c r="I64" s="131" t="s">
+        <v>41</v>
+      </c>
+      <c r="J64" s="132"/>
+      <c r="K64" s="133"/>
+      <c r="L64" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="M64" s="33" t="s">
+        <v>43</v>
+      </c>
+      <c r="N64" s="33" t="s">
+        <v>44</v>
+      </c>
+      <c r="O64" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="P64" s="38" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q64" s="168" t="s">
+        <v>47</v>
+      </c>
+      <c r="R64" s="169"/>
+      <c r="S64" s="169"/>
+      <c r="T64" s="169"/>
+      <c r="U64" s="169"/>
+      <c r="V64" s="170"/>
+      <c r="W64" s="98"/>
+      <c r="X64" s="99"/>
+      <c r="Y64" s="99"/>
+      <c r="Z64" s="100"/>
+      <c r="AA64" s="135" t="s">
         <v>61</v>
       </c>
-      <c r="F64" s="93"/>
-[...36 lines deleted...]
-      <c r="AA64" s="100" t="s">
+      <c r="AB64" s="136"/>
+      <c r="AC64" s="136"/>
+      <c r="AD64" s="136"/>
+      <c r="AE64" s="136"/>
+      <c r="AF64" s="136"/>
+      <c r="AG64" s="136"/>
+      <c r="AH64" s="136"/>
+      <c r="AI64" s="136"/>
+      <c r="AJ64" s="136"/>
+      <c r="AK64" s="139"/>
+      <c r="AL64" s="171" t="s">
         <v>62</v>
       </c>
-      <c r="AB64" s="101"/>
-[...19 lines deleted...]
-      <c r="AT64" s="55"/>
+      <c r="AM64" s="172"/>
+      <c r="AN64" s="172"/>
+      <c r="AO64" s="172"/>
+      <c r="AP64" s="172"/>
+      <c r="AQ64" s="173"/>
+      <c r="AR64" s="118"/>
+      <c r="AS64" s="126"/>
+      <c r="AT64" s="127"/>
     </row>
     <row r="65" spans="2:46" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B65" s="109"/>
-[...8 lines deleted...]
-      <c r="K65" s="82"/>
+      <c r="B65" s="90"/>
+      <c r="C65" s="174"/>
+      <c r="D65" s="175"/>
+      <c r="E65" s="176"/>
+      <c r="F65" s="176"/>
+      <c r="G65" s="177"/>
+      <c r="H65" s="177"/>
+      <c r="I65" s="178"/>
+      <c r="J65" s="179"/>
+      <c r="K65" s="180"/>
       <c r="L65" s="39"/>
       <c r="M65" s="39"/>
       <c r="N65" s="39"/>
       <c r="O65" s="40"/>
       <c r="P65" s="41"/>
-      <c r="Q65" s="83"/>
-[...26 lines deleted...]
-      <c r="AR65" s="70" t="s">
+      <c r="Q65" s="181"/>
+      <c r="R65" s="182"/>
+      <c r="S65" s="182"/>
+      <c r="T65" s="182"/>
+      <c r="U65" s="182"/>
+      <c r="V65" s="182"/>
+      <c r="W65" s="183"/>
+      <c r="X65" s="184"/>
+      <c r="Y65" s="184"/>
+      <c r="Z65" s="185"/>
+      <c r="AA65" s="186"/>
+      <c r="AB65" s="179"/>
+      <c r="AC65" s="179"/>
+      <c r="AD65" s="179"/>
+      <c r="AE65" s="179"/>
+      <c r="AF65" s="179"/>
+      <c r="AG65" s="179"/>
+      <c r="AH65" s="179"/>
+      <c r="AI65" s="179"/>
+      <c r="AJ65" s="179"/>
+      <c r="AK65" s="187"/>
+      <c r="AL65" s="188"/>
+      <c r="AM65" s="189"/>
+      <c r="AN65" s="189"/>
+      <c r="AO65" s="189"/>
+      <c r="AP65" s="189"/>
+      <c r="AQ65" s="189"/>
+      <c r="AR65" s="190" t="s">
         <v>2</v>
       </c>
-      <c r="AS65" s="71"/>
-      <c r="AT65" s="72"/>
+      <c r="AS65" s="191"/>
+      <c r="AT65" s="192"/>
     </row>
     <row r="66" spans="2:46" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B66" s="27"/>
       <c r="C66" s="27"/>
       <c r="D66" s="27"/>
       <c r="E66" s="27"/>
       <c r="F66" s="27"/>
       <c r="G66" s="27"/>
       <c r="H66" s="27"/>
       <c r="I66" s="27"/>
       <c r="J66" s="27"/>
       <c r="K66" s="27"/>
       <c r="L66" s="27"/>
       <c r="M66" s="27"/>
       <c r="N66" s="27"/>
       <c r="O66" s="27"/>
       <c r="P66" s="27"/>
       <c r="Q66" s="27"/>
       <c r="R66" s="27"/>
       <c r="S66" s="27"/>
       <c r="T66" s="27"/>
       <c r="U66" s="27"/>
       <c r="V66" s="27"/>
       <c r="W66" s="27"/>
       <c r="X66" s="27"/>
       <c r="Y66" s="27"/>
       <c r="Z66" s="27"/>
       <c r="AA66" s="27"/>
       <c r="AB66" s="27"/>
       <c r="AC66" s="27"/>
       <c r="AD66" s="27"/>
       <c r="AE66" s="27"/>
       <c r="AF66" s="27"/>
       <c r="AG66" s="27"/>
       <c r="AH66" s="27"/>
       <c r="AI66" s="27"/>
       <c r="AJ66" s="27"/>
       <c r="AK66" s="27"/>
       <c r="AL66" s="27"/>
       <c r="AM66" s="27"/>
       <c r="AN66" s="27"/>
       <c r="AO66" s="27"/>
       <c r="AP66" s="27"/>
       <c r="AQ66" s="27"/>
       <c r="AR66" s="27"/>
       <c r="AS66" s="27"/>
       <c r="AT66" s="27"/>
     </row>
     <row r="67" spans="2:46" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B67" s="107" t="s">
-[...2 lines deleted...]
-      <c r="C67" s="110" t="s">
+      <c r="B67" s="88" t="s">
+        <v>96</v>
+      </c>
+      <c r="C67" s="91" t="s">
+        <v>29</v>
+      </c>
+      <c r="D67" s="91"/>
+      <c r="E67" s="91"/>
+      <c r="F67" s="92" t="s">
         <v>30</v>
       </c>
-      <c r="D67" s="110"/>
-[...1 lines deleted...]
-      <c r="F67" s="111" t="s">
+      <c r="G67" s="93"/>
+      <c r="H67" s="93"/>
+      <c r="I67" s="93"/>
+      <c r="J67" s="93"/>
+      <c r="K67" s="93"/>
+      <c r="L67" s="93"/>
+      <c r="M67" s="93"/>
+      <c r="N67" s="93"/>
+      <c r="O67" s="93"/>
+      <c r="P67" s="93"/>
+      <c r="Q67" s="93"/>
+      <c r="R67" s="93"/>
+      <c r="S67" s="93"/>
+      <c r="T67" s="93"/>
+      <c r="U67" s="94"/>
+      <c r="V67" s="95" t="s">
         <v>31</v>
       </c>
-      <c r="G67" s="112"/>
-[...14 lines deleted...]
-      <c r="V67" s="114" t="s">
+      <c r="W67" s="96"/>
+      <c r="X67" s="96"/>
+      <c r="Y67" s="97"/>
+      <c r="Z67" s="92" t="s">
         <v>32</v>
       </c>
-      <c r="W67" s="115"/>
-[...2 lines deleted...]
-      <c r="Z67" s="111" t="s">
+      <c r="AA67" s="93"/>
+      <c r="AB67" s="93"/>
+      <c r="AC67" s="93"/>
+      <c r="AD67" s="93"/>
+      <c r="AE67" s="93"/>
+      <c r="AF67" s="93"/>
+      <c r="AG67" s="93"/>
+      <c r="AH67" s="93"/>
+      <c r="AI67" s="94"/>
+      <c r="AJ67" s="101" t="s">
         <v>33</v>
       </c>
-      <c r="AA67" s="112"/>
-[...8 lines deleted...]
-      <c r="AJ67" s="120" t="s">
+      <c r="AK67" s="102"/>
+      <c r="AL67" s="102"/>
+      <c r="AM67" s="103"/>
+      <c r="AN67" s="116" t="s">
         <v>34</v>
       </c>
-      <c r="AK67" s="121"/>
-[...2 lines deleted...]
-      <c r="AN67" s="126" t="s">
+      <c r="AO67" s="117"/>
+      <c r="AP67" s="120" t="s">
         <v>35</v>
       </c>
-      <c r="AO67" s="127"/>
-      <c r="AP67" s="129" t="s">
+      <c r="AQ67" s="120"/>
+      <c r="AR67" s="121"/>
+      <c r="AS67" s="124" t="s">
         <v>36</v>
       </c>
-      <c r="AQ67" s="129"/>
-[...4 lines deleted...]
-      <c r="AT67" s="134"/>
+      <c r="AT67" s="125"/>
     </row>
     <row r="68" spans="2:46" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B68" s="108"/>
-      <c r="C68" s="103" t="s">
+      <c r="B68" s="89"/>
+      <c r="C68" s="128" t="s">
+        <v>39</v>
+      </c>
+      <c r="D68" s="128"/>
+      <c r="E68" s="128"/>
+      <c r="F68" s="129" t="s">
         <v>40</v>
       </c>
-      <c r="D68" s="103"/>
-[...1 lines deleted...]
-      <c r="F68" s="92" t="s">
+      <c r="G68" s="130"/>
+      <c r="H68" s="131" t="s">
         <v>41</v>
       </c>
-      <c r="G68" s="93"/>
-      <c r="H68" s="94" t="s">
+      <c r="I68" s="132"/>
+      <c r="J68" s="133"/>
+      <c r="K68" s="33" t="s">
         <v>42</v>
       </c>
-      <c r="I68" s="95"/>
-[...1 lines deleted...]
-      <c r="K68" s="33" t="s">
+      <c r="L68" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="L68" s="33" t="s">
+      <c r="M68" s="33" t="s">
         <v>44</v>
       </c>
-      <c r="M68" s="33" t="s">
+      <c r="N68" s="33" t="s">
         <v>45</v>
       </c>
-      <c r="N68" s="33" t="s">
+      <c r="O68" s="34" t="s">
         <v>46</v>
       </c>
-      <c r="O68" s="34" t="s">
+      <c r="P68" s="131" t="s">
         <v>47</v>
       </c>
-      <c r="P68" s="94" t="s">
+      <c r="Q68" s="132"/>
+      <c r="R68" s="132"/>
+      <c r="S68" s="132"/>
+      <c r="T68" s="132"/>
+      <c r="U68" s="134"/>
+      <c r="V68" s="98"/>
+      <c r="W68" s="99"/>
+      <c r="X68" s="99"/>
+      <c r="Y68" s="100"/>
+      <c r="Z68" s="135" t="s">
         <v>48</v>
       </c>
-      <c r="Q68" s="95"/>
-[...8 lines deleted...]
-      <c r="Z68" s="100" t="s">
+      <c r="AA68" s="136"/>
+      <c r="AB68" s="136"/>
+      <c r="AC68" s="136"/>
+      <c r="AD68" s="137"/>
+      <c r="AE68" s="138" t="s">
         <v>49</v>
       </c>
-      <c r="AA68" s="101"/>
-[...20 lines deleted...]
-      <c r="AT68" s="55"/>
+      <c r="AF68" s="136"/>
+      <c r="AG68" s="136"/>
+      <c r="AH68" s="136"/>
+      <c r="AI68" s="139"/>
+      <c r="AJ68" s="104"/>
+      <c r="AK68" s="105"/>
+      <c r="AL68" s="105"/>
+      <c r="AM68" s="106"/>
+      <c r="AN68" s="118"/>
+      <c r="AO68" s="119"/>
+      <c r="AP68" s="122"/>
+      <c r="AQ68" s="122"/>
+      <c r="AR68" s="123"/>
+      <c r="AS68" s="126"/>
+      <c r="AT68" s="127"/>
     </row>
     <row r="69" spans="2:46" ht="45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B69" s="108"/>
-[...7 lines deleted...]
-      <c r="J69" s="61"/>
+      <c r="B69" s="89"/>
+      <c r="C69" s="107"/>
+      <c r="D69" s="107"/>
+      <c r="E69" s="107"/>
+      <c r="F69" s="108"/>
+      <c r="G69" s="109"/>
+      <c r="H69" s="110"/>
+      <c r="I69" s="111"/>
+      <c r="J69" s="112"/>
       <c r="K69" s="35"/>
       <c r="L69" s="35"/>
       <c r="M69" s="35"/>
       <c r="N69" s="35"/>
       <c r="O69" s="36"/>
-      <c r="P69" s="62"/>
-[...22 lines deleted...]
-      <c r="AM69" s="139"/>
+      <c r="P69" s="113"/>
+      <c r="Q69" s="114"/>
+      <c r="R69" s="114"/>
+      <c r="S69" s="114"/>
+      <c r="T69" s="114"/>
+      <c r="U69" s="115"/>
+      <c r="V69" s="155"/>
+      <c r="W69" s="156"/>
+      <c r="X69" s="156"/>
+      <c r="Y69" s="156"/>
+      <c r="Z69" s="157"/>
+      <c r="AA69" s="158"/>
+      <c r="AB69" s="158"/>
+      <c r="AC69" s="158"/>
+      <c r="AD69" s="159"/>
+      <c r="AE69" s="160"/>
+      <c r="AF69" s="158"/>
+      <c r="AG69" s="158"/>
+      <c r="AH69" s="158"/>
+      <c r="AI69" s="161"/>
+      <c r="AJ69" s="162"/>
+      <c r="AK69" s="163"/>
+      <c r="AL69" s="163"/>
+      <c r="AM69" s="164"/>
       <c r="AN69" s="140" t="s">
         <v>2</v>
       </c>
-      <c r="AO69" s="141"/>
-[...2 lines deleted...]
-      <c r="AR69" s="143"/>
+      <c r="AO69" s="165"/>
+      <c r="AP69" s="166"/>
+      <c r="AQ69" s="166"/>
+      <c r="AR69" s="167"/>
       <c r="AS69" s="140" t="s">
         <v>2</v>
       </c>
-      <c r="AT69" s="144"/>
+      <c r="AT69" s="141"/>
     </row>
     <row r="70" spans="2:46" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B70" s="108"/>
-      <c r="C70" s="145" t="s">
+      <c r="B70" s="89"/>
+      <c r="C70" s="142" t="s">
+        <v>52</v>
+      </c>
+      <c r="D70" s="143"/>
+      <c r="E70" s="143"/>
+      <c r="F70" s="143"/>
+      <c r="G70" s="143"/>
+      <c r="H70" s="143"/>
+      <c r="I70" s="143"/>
+      <c r="J70" s="143"/>
+      <c r="K70" s="143"/>
+      <c r="L70" s="143"/>
+      <c r="M70" s="143"/>
+      <c r="N70" s="143"/>
+      <c r="O70" s="143"/>
+      <c r="P70" s="143"/>
+      <c r="Q70" s="143"/>
+      <c r="R70" s="143"/>
+      <c r="S70" s="143"/>
+      <c r="T70" s="143"/>
+      <c r="U70" s="143"/>
+      <c r="V70" s="144"/>
+      <c r="W70" s="145" t="s">
         <v>53</v>
       </c>
-      <c r="D70" s="146"/>
-[...18 lines deleted...]
-      <c r="W70" s="148" t="s">
+      <c r="X70" s="146"/>
+      <c r="Y70" s="146"/>
+      <c r="Z70" s="147"/>
+      <c r="AA70" s="148" t="s">
         <v>54</v>
       </c>
-      <c r="X70" s="149"/>
-[...2 lines deleted...]
-      <c r="AA70" s="151" t="s">
+      <c r="AB70" s="149"/>
+      <c r="AC70" s="149"/>
+      <c r="AD70" s="149"/>
+      <c r="AE70" s="149"/>
+      <c r="AF70" s="149"/>
+      <c r="AG70" s="149"/>
+      <c r="AH70" s="149"/>
+      <c r="AI70" s="149"/>
+      <c r="AJ70" s="149"/>
+      <c r="AK70" s="150"/>
+      <c r="AL70" s="151" t="s">
         <v>55</v>
       </c>
-      <c r="AB70" s="152"/>
-[...9 lines deleted...]
-      <c r="AL70" s="49" t="s">
+      <c r="AM70" s="152"/>
+      <c r="AN70" s="152"/>
+      <c r="AO70" s="152"/>
+      <c r="AP70" s="152"/>
+      <c r="AQ70" s="153"/>
+      <c r="AR70" s="151" t="s">
         <v>56</v>
       </c>
-      <c r="AM70" s="50"/>
-[...8 lines deleted...]
-      <c r="AT70" s="52"/>
+      <c r="AS70" s="152"/>
+      <c r="AT70" s="154"/>
     </row>
     <row r="71" spans="2:46" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B71" s="108"/>
-      <c r="C71" s="92" t="s">
+      <c r="B71" s="89"/>
+      <c r="C71" s="129" t="s">
+        <v>59</v>
+      </c>
+      <c r="D71" s="130"/>
+      <c r="E71" s="130" t="s">
         <v>60</v>
       </c>
-      <c r="D71" s="93"/>
-      <c r="E71" s="93" t="s">
+      <c r="F71" s="130"/>
+      <c r="G71" s="130" t="s">
+        <v>40</v>
+      </c>
+      <c r="H71" s="130"/>
+      <c r="I71" s="131" t="s">
+        <v>41</v>
+      </c>
+      <c r="J71" s="132"/>
+      <c r="K71" s="133"/>
+      <c r="L71" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="M71" s="33" t="s">
+        <v>43</v>
+      </c>
+      <c r="N71" s="33" t="s">
+        <v>44</v>
+      </c>
+      <c r="O71" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="P71" s="38" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q71" s="168" t="s">
+        <v>47</v>
+      </c>
+      <c r="R71" s="169"/>
+      <c r="S71" s="169"/>
+      <c r="T71" s="169"/>
+      <c r="U71" s="169"/>
+      <c r="V71" s="170"/>
+      <c r="W71" s="98"/>
+      <c r="X71" s="99"/>
+      <c r="Y71" s="99"/>
+      <c r="Z71" s="100"/>
+      <c r="AA71" s="135" t="s">
         <v>61</v>
       </c>
-      <c r="F71" s="93"/>
-[...36 lines deleted...]
-      <c r="AA71" s="100" t="s">
+      <c r="AB71" s="136"/>
+      <c r="AC71" s="136"/>
+      <c r="AD71" s="136"/>
+      <c r="AE71" s="136"/>
+      <c r="AF71" s="136"/>
+      <c r="AG71" s="136"/>
+      <c r="AH71" s="136"/>
+      <c r="AI71" s="136"/>
+      <c r="AJ71" s="136"/>
+      <c r="AK71" s="139"/>
+      <c r="AL71" s="171" t="s">
         <v>62</v>
       </c>
-      <c r="AB71" s="101"/>
-[...19 lines deleted...]
-      <c r="AT71" s="55"/>
+      <c r="AM71" s="172"/>
+      <c r="AN71" s="172"/>
+      <c r="AO71" s="172"/>
+      <c r="AP71" s="172"/>
+      <c r="AQ71" s="173"/>
+      <c r="AR71" s="118"/>
+      <c r="AS71" s="126"/>
+      <c r="AT71" s="127"/>
     </row>
     <row r="72" spans="2:46" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B72" s="109"/>
-[...8 lines deleted...]
-      <c r="K72" s="82"/>
+      <c r="B72" s="90"/>
+      <c r="C72" s="174"/>
+      <c r="D72" s="175"/>
+      <c r="E72" s="176"/>
+      <c r="F72" s="176"/>
+      <c r="G72" s="177"/>
+      <c r="H72" s="177"/>
+      <c r="I72" s="178"/>
+      <c r="J72" s="179"/>
+      <c r="K72" s="180"/>
       <c r="L72" s="39"/>
       <c r="M72" s="39"/>
       <c r="N72" s="39"/>
       <c r="O72" s="40"/>
       <c r="P72" s="41"/>
-      <c r="Q72" s="83"/>
-[...26 lines deleted...]
-      <c r="AR72" s="70" t="s">
+      <c r="Q72" s="181"/>
+      <c r="R72" s="182"/>
+      <c r="S72" s="182"/>
+      <c r="T72" s="182"/>
+      <c r="U72" s="182"/>
+      <c r="V72" s="182"/>
+      <c r="W72" s="183"/>
+      <c r="X72" s="184"/>
+      <c r="Y72" s="184"/>
+      <c r="Z72" s="185"/>
+      <c r="AA72" s="186"/>
+      <c r="AB72" s="179"/>
+      <c r="AC72" s="179"/>
+      <c r="AD72" s="179"/>
+      <c r="AE72" s="179"/>
+      <c r="AF72" s="179"/>
+      <c r="AG72" s="179"/>
+      <c r="AH72" s="179"/>
+      <c r="AI72" s="179"/>
+      <c r="AJ72" s="179"/>
+      <c r="AK72" s="187"/>
+      <c r="AL72" s="188"/>
+      <c r="AM72" s="189"/>
+      <c r="AN72" s="189"/>
+      <c r="AO72" s="189"/>
+      <c r="AP72" s="189"/>
+      <c r="AQ72" s="189"/>
+      <c r="AR72" s="190" t="s">
         <v>2</v>
       </c>
-      <c r="AS72" s="71"/>
-      <c r="AT72" s="72"/>
+      <c r="AS72" s="191"/>
+      <c r="AT72" s="192"/>
     </row>
     <row r="73" spans="2:46" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B73" s="27"/>
       <c r="C73" s="27"/>
       <c r="D73" s="27"/>
       <c r="E73" s="27"/>
       <c r="F73" s="27"/>
       <c r="G73" s="27"/>
       <c r="H73" s="27"/>
       <c r="I73" s="27"/>
       <c r="J73" s="27"/>
       <c r="K73" s="27"/>
       <c r="L73" s="27"/>
       <c r="M73" s="27"/>
       <c r="N73" s="27"/>
       <c r="O73" s="27"/>
       <c r="P73" s="27"/>
       <c r="Q73" s="27"/>
       <c r="R73" s="27"/>
       <c r="S73" s="27"/>
       <c r="T73" s="27"/>
       <c r="U73" s="27"/>
       <c r="V73" s="27"/>
       <c r="W73" s="27"/>
       <c r="X73" s="27"/>
       <c r="Y73" s="27"/>
       <c r="Z73" s="27"/>
       <c r="AA73" s="27"/>
       <c r="AB73" s="27"/>
       <c r="AC73" s="27"/>
       <c r="AD73" s="27"/>
       <c r="AE73" s="27"/>
       <c r="AF73" s="27"/>
       <c r="AG73" s="27"/>
       <c r="AH73" s="27"/>
       <c r="AI73" s="27"/>
       <c r="AJ73" s="27"/>
       <c r="AK73" s="27"/>
       <c r="AL73" s="27"/>
       <c r="AM73" s="27"/>
       <c r="AN73" s="27"/>
       <c r="AO73" s="27"/>
       <c r="AP73" s="27"/>
       <c r="AQ73" s="27"/>
       <c r="AR73" s="27"/>
       <c r="AS73" s="27"/>
       <c r="AT73" s="27"/>
     </row>
     <row r="74" spans="2:46" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B74" s="107" t="s">
-[...2 lines deleted...]
-      <c r="C74" s="110" t="s">
+      <c r="B74" s="88" t="s">
+        <v>97</v>
+      </c>
+      <c r="C74" s="91" t="s">
+        <v>29</v>
+      </c>
+      <c r="D74" s="91"/>
+      <c r="E74" s="91"/>
+      <c r="F74" s="92" t="s">
         <v>30</v>
       </c>
-      <c r="D74" s="110"/>
-[...1 lines deleted...]
-      <c r="F74" s="111" t="s">
+      <c r="G74" s="93"/>
+      <c r="H74" s="93"/>
+      <c r="I74" s="93"/>
+      <c r="J74" s="93"/>
+      <c r="K74" s="93"/>
+      <c r="L74" s="93"/>
+      <c r="M74" s="93"/>
+      <c r="N74" s="93"/>
+      <c r="O74" s="93"/>
+      <c r="P74" s="93"/>
+      <c r="Q74" s="93"/>
+      <c r="R74" s="93"/>
+      <c r="S74" s="93"/>
+      <c r="T74" s="93"/>
+      <c r="U74" s="94"/>
+      <c r="V74" s="95" t="s">
         <v>31</v>
       </c>
-      <c r="G74" s="112"/>
-[...14 lines deleted...]
-      <c r="V74" s="114" t="s">
+      <c r="W74" s="96"/>
+      <c r="X74" s="96"/>
+      <c r="Y74" s="97"/>
+      <c r="Z74" s="92" t="s">
         <v>32</v>
       </c>
-      <c r="W74" s="115"/>
-[...2 lines deleted...]
-      <c r="Z74" s="111" t="s">
+      <c r="AA74" s="93"/>
+      <c r="AB74" s="93"/>
+      <c r="AC74" s="93"/>
+      <c r="AD74" s="93"/>
+      <c r="AE74" s="93"/>
+      <c r="AF74" s="93"/>
+      <c r="AG74" s="93"/>
+      <c r="AH74" s="93"/>
+      <c r="AI74" s="94"/>
+      <c r="AJ74" s="101" t="s">
         <v>33</v>
       </c>
-      <c r="AA74" s="112"/>
-[...8 lines deleted...]
-      <c r="AJ74" s="120" t="s">
+      <c r="AK74" s="102"/>
+      <c r="AL74" s="102"/>
+      <c r="AM74" s="103"/>
+      <c r="AN74" s="116" t="s">
         <v>34</v>
       </c>
-      <c r="AK74" s="121"/>
-[...2 lines deleted...]
-      <c r="AN74" s="126" t="s">
+      <c r="AO74" s="117"/>
+      <c r="AP74" s="120" t="s">
         <v>35</v>
       </c>
-      <c r="AO74" s="127"/>
-      <c r="AP74" s="129" t="s">
+      <c r="AQ74" s="120"/>
+      <c r="AR74" s="121"/>
+      <c r="AS74" s="124" t="s">
         <v>36</v>
       </c>
-      <c r="AQ74" s="129"/>
-[...4 lines deleted...]
-      <c r="AT74" s="134"/>
+      <c r="AT74" s="125"/>
     </row>
     <row r="75" spans="2:46" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B75" s="108"/>
-      <c r="C75" s="103" t="s">
+      <c r="B75" s="89"/>
+      <c r="C75" s="128" t="s">
+        <v>39</v>
+      </c>
+      <c r="D75" s="128"/>
+      <c r="E75" s="128"/>
+      <c r="F75" s="129" t="s">
         <v>40</v>
       </c>
-      <c r="D75" s="103"/>
-[...1 lines deleted...]
-      <c r="F75" s="92" t="s">
+      <c r="G75" s="130"/>
+      <c r="H75" s="131" t="s">
         <v>41</v>
       </c>
-      <c r="G75" s="93"/>
-      <c r="H75" s="94" t="s">
+      <c r="I75" s="132"/>
+      <c r="J75" s="133"/>
+      <c r="K75" s="33" t="s">
         <v>42</v>
       </c>
-      <c r="I75" s="95"/>
-[...1 lines deleted...]
-      <c r="K75" s="33" t="s">
+      <c r="L75" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="L75" s="33" t="s">
+      <c r="M75" s="33" t="s">
         <v>44</v>
       </c>
-      <c r="M75" s="33" t="s">
+      <c r="N75" s="33" t="s">
         <v>45</v>
       </c>
-      <c r="N75" s="33" t="s">
+      <c r="O75" s="34" t="s">
         <v>46</v>
       </c>
-      <c r="O75" s="34" t="s">
+      <c r="P75" s="131" t="s">
         <v>47</v>
       </c>
-      <c r="P75" s="94" t="s">
+      <c r="Q75" s="132"/>
+      <c r="R75" s="132"/>
+      <c r="S75" s="132"/>
+      <c r="T75" s="132"/>
+      <c r="U75" s="134"/>
+      <c r="V75" s="98"/>
+      <c r="W75" s="99"/>
+      <c r="X75" s="99"/>
+      <c r="Y75" s="100"/>
+      <c r="Z75" s="135" t="s">
         <v>48</v>
       </c>
-      <c r="Q75" s="95"/>
-[...8 lines deleted...]
-      <c r="Z75" s="100" t="s">
+      <c r="AA75" s="136"/>
+      <c r="AB75" s="136"/>
+      <c r="AC75" s="136"/>
+      <c r="AD75" s="137"/>
+      <c r="AE75" s="138" t="s">
         <v>49</v>
       </c>
-      <c r="AA75" s="101"/>
-[...20 lines deleted...]
-      <c r="AT75" s="55"/>
+      <c r="AF75" s="136"/>
+      <c r="AG75" s="136"/>
+      <c r="AH75" s="136"/>
+      <c r="AI75" s="139"/>
+      <c r="AJ75" s="104"/>
+      <c r="AK75" s="105"/>
+      <c r="AL75" s="105"/>
+      <c r="AM75" s="106"/>
+      <c r="AN75" s="118"/>
+      <c r="AO75" s="119"/>
+      <c r="AP75" s="122"/>
+      <c r="AQ75" s="122"/>
+      <c r="AR75" s="123"/>
+      <c r="AS75" s="126"/>
+      <c r="AT75" s="127"/>
     </row>
     <row r="76" spans="2:46" ht="45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B76" s="108"/>
-[...7 lines deleted...]
-      <c r="J76" s="61"/>
+      <c r="B76" s="89"/>
+      <c r="C76" s="107"/>
+      <c r="D76" s="107"/>
+      <c r="E76" s="107"/>
+      <c r="F76" s="108"/>
+      <c r="G76" s="109"/>
+      <c r="H76" s="110"/>
+      <c r="I76" s="111"/>
+      <c r="J76" s="112"/>
       <c r="K76" s="35"/>
       <c r="L76" s="35"/>
       <c r="M76" s="35"/>
       <c r="N76" s="35"/>
       <c r="O76" s="36"/>
-      <c r="P76" s="62"/>
-[...22 lines deleted...]
-      <c r="AM76" s="139"/>
+      <c r="P76" s="113"/>
+      <c r="Q76" s="114"/>
+      <c r="R76" s="114"/>
+      <c r="S76" s="114"/>
+      <c r="T76" s="114"/>
+      <c r="U76" s="115"/>
+      <c r="V76" s="155"/>
+      <c r="W76" s="156"/>
+      <c r="X76" s="156"/>
+      <c r="Y76" s="156"/>
+      <c r="Z76" s="157"/>
+      <c r="AA76" s="158"/>
+      <c r="AB76" s="158"/>
+      <c r="AC76" s="158"/>
+      <c r="AD76" s="159"/>
+      <c r="AE76" s="160"/>
+      <c r="AF76" s="158"/>
+      <c r="AG76" s="158"/>
+      <c r="AH76" s="158"/>
+      <c r="AI76" s="161"/>
+      <c r="AJ76" s="162"/>
+      <c r="AK76" s="163"/>
+      <c r="AL76" s="163"/>
+      <c r="AM76" s="164"/>
       <c r="AN76" s="140" t="s">
         <v>2</v>
       </c>
-      <c r="AO76" s="141"/>
-[...2 lines deleted...]
-      <c r="AR76" s="143"/>
+      <c r="AO76" s="165"/>
+      <c r="AP76" s="166"/>
+      <c r="AQ76" s="166"/>
+      <c r="AR76" s="167"/>
       <c r="AS76" s="140" t="s">
         <v>2</v>
       </c>
-      <c r="AT76" s="144"/>
+      <c r="AT76" s="141"/>
     </row>
     <row r="77" spans="2:46" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B77" s="108"/>
-      <c r="C77" s="145" t="s">
+      <c r="B77" s="89"/>
+      <c r="C77" s="142" t="s">
+        <v>52</v>
+      </c>
+      <c r="D77" s="143"/>
+      <c r="E77" s="143"/>
+      <c r="F77" s="143"/>
+      <c r="G77" s="143"/>
+      <c r="H77" s="143"/>
+      <c r="I77" s="143"/>
+      <c r="J77" s="143"/>
+      <c r="K77" s="143"/>
+      <c r="L77" s="143"/>
+      <c r="M77" s="143"/>
+      <c r="N77" s="143"/>
+      <c r="O77" s="143"/>
+      <c r="P77" s="143"/>
+      <c r="Q77" s="143"/>
+      <c r="R77" s="143"/>
+      <c r="S77" s="143"/>
+      <c r="T77" s="143"/>
+      <c r="U77" s="143"/>
+      <c r="V77" s="144"/>
+      <c r="W77" s="145" t="s">
         <v>53</v>
       </c>
-      <c r="D77" s="146"/>
-[...18 lines deleted...]
-      <c r="W77" s="148" t="s">
+      <c r="X77" s="146"/>
+      <c r="Y77" s="146"/>
+      <c r="Z77" s="147"/>
+      <c r="AA77" s="148" t="s">
         <v>54</v>
       </c>
-      <c r="X77" s="149"/>
-[...2 lines deleted...]
-      <c r="AA77" s="151" t="s">
+      <c r="AB77" s="149"/>
+      <c r="AC77" s="149"/>
+      <c r="AD77" s="149"/>
+      <c r="AE77" s="149"/>
+      <c r="AF77" s="149"/>
+      <c r="AG77" s="149"/>
+      <c r="AH77" s="149"/>
+      <c r="AI77" s="149"/>
+      <c r="AJ77" s="149"/>
+      <c r="AK77" s="150"/>
+      <c r="AL77" s="151" t="s">
         <v>55</v>
       </c>
-      <c r="AB77" s="152"/>
-[...9 lines deleted...]
-      <c r="AL77" s="49" t="s">
+      <c r="AM77" s="152"/>
+      <c r="AN77" s="152"/>
+      <c r="AO77" s="152"/>
+      <c r="AP77" s="152"/>
+      <c r="AQ77" s="153"/>
+      <c r="AR77" s="151" t="s">
         <v>56</v>
       </c>
-      <c r="AM77" s="50"/>
-[...8 lines deleted...]
-      <c r="AT77" s="52"/>
+      <c r="AS77" s="152"/>
+      <c r="AT77" s="154"/>
     </row>
     <row r="78" spans="2:46" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B78" s="108"/>
-      <c r="C78" s="92" t="s">
+      <c r="B78" s="89"/>
+      <c r="C78" s="129" t="s">
+        <v>59</v>
+      </c>
+      <c r="D78" s="130"/>
+      <c r="E78" s="130" t="s">
         <v>60</v>
       </c>
-      <c r="D78" s="93"/>
-      <c r="E78" s="93" t="s">
+      <c r="F78" s="130"/>
+      <c r="G78" s="130" t="s">
+        <v>40</v>
+      </c>
+      <c r="H78" s="130"/>
+      <c r="I78" s="131" t="s">
+        <v>41</v>
+      </c>
+      <c r="J78" s="132"/>
+      <c r="K78" s="133"/>
+      <c r="L78" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="M78" s="33" t="s">
+        <v>43</v>
+      </c>
+      <c r="N78" s="33" t="s">
+        <v>44</v>
+      </c>
+      <c r="O78" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="P78" s="38" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q78" s="168" t="s">
+        <v>47</v>
+      </c>
+      <c r="R78" s="169"/>
+      <c r="S78" s="169"/>
+      <c r="T78" s="169"/>
+      <c r="U78" s="169"/>
+      <c r="V78" s="170"/>
+      <c r="W78" s="98"/>
+      <c r="X78" s="99"/>
+      <c r="Y78" s="99"/>
+      <c r="Z78" s="100"/>
+      <c r="AA78" s="135" t="s">
         <v>61</v>
       </c>
-      <c r="F78" s="93"/>
-[...36 lines deleted...]
-      <c r="AA78" s="100" t="s">
+      <c r="AB78" s="136"/>
+      <c r="AC78" s="136"/>
+      <c r="AD78" s="136"/>
+      <c r="AE78" s="136"/>
+      <c r="AF78" s="136"/>
+      <c r="AG78" s="136"/>
+      <c r="AH78" s="136"/>
+      <c r="AI78" s="136"/>
+      <c r="AJ78" s="136"/>
+      <c r="AK78" s="139"/>
+      <c r="AL78" s="171" t="s">
         <v>62</v>
       </c>
-      <c r="AB78" s="101"/>
-[...19 lines deleted...]
-      <c r="AT78" s="55"/>
+      <c r="AM78" s="172"/>
+      <c r="AN78" s="172"/>
+      <c r="AO78" s="172"/>
+      <c r="AP78" s="172"/>
+      <c r="AQ78" s="173"/>
+      <c r="AR78" s="118"/>
+      <c r="AS78" s="126"/>
+      <c r="AT78" s="127"/>
     </row>
     <row r="79" spans="2:46" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B79" s="109"/>
-[...8 lines deleted...]
-      <c r="K79" s="82"/>
+      <c r="B79" s="90"/>
+      <c r="C79" s="174"/>
+      <c r="D79" s="175"/>
+      <c r="E79" s="176"/>
+      <c r="F79" s="176"/>
+      <c r="G79" s="177"/>
+      <c r="H79" s="177"/>
+      <c r="I79" s="178"/>
+      <c r="J79" s="179"/>
+      <c r="K79" s="180"/>
       <c r="L79" s="39"/>
       <c r="M79" s="39"/>
       <c r="N79" s="39"/>
       <c r="O79" s="40"/>
       <c r="P79" s="41"/>
-      <c r="Q79" s="83"/>
-[...26 lines deleted...]
-      <c r="AR79" s="70" t="s">
+      <c r="Q79" s="181"/>
+      <c r="R79" s="182"/>
+      <c r="S79" s="182"/>
+      <c r="T79" s="182"/>
+      <c r="U79" s="182"/>
+      <c r="V79" s="182"/>
+      <c r="W79" s="183"/>
+      <c r="X79" s="184"/>
+      <c r="Y79" s="184"/>
+      <c r="Z79" s="185"/>
+      <c r="AA79" s="186"/>
+      <c r="AB79" s="179"/>
+      <c r="AC79" s="179"/>
+      <c r="AD79" s="179"/>
+      <c r="AE79" s="179"/>
+      <c r="AF79" s="179"/>
+      <c r="AG79" s="179"/>
+      <c r="AH79" s="179"/>
+      <c r="AI79" s="179"/>
+      <c r="AJ79" s="179"/>
+      <c r="AK79" s="187"/>
+      <c r="AL79" s="188"/>
+      <c r="AM79" s="189"/>
+      <c r="AN79" s="189"/>
+      <c r="AO79" s="189"/>
+      <c r="AP79" s="189"/>
+      <c r="AQ79" s="189"/>
+      <c r="AR79" s="190" t="s">
         <v>2</v>
       </c>
-      <c r="AS79" s="71"/>
-      <c r="AT79" s="72"/>
+      <c r="AS79" s="191"/>
+      <c r="AT79" s="192"/>
     </row>
     <row r="80" spans="2:46" ht="12" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B80" s="27"/>
       <c r="C80" s="27"/>
       <c r="D80" s="27"/>
       <c r="E80" s="27"/>
       <c r="F80" s="27"/>
       <c r="G80" s="27"/>
       <c r="H80" s="27"/>
       <c r="I80" s="27"/>
       <c r="J80" s="27"/>
       <c r="K80" s="27"/>
       <c r="L80" s="27"/>
       <c r="M80" s="27"/>
       <c r="N80" s="27"/>
       <c r="O80" s="27"/>
       <c r="P80" s="27"/>
       <c r="Q80" s="27"/>
       <c r="R80" s="27"/>
       <c r="S80" s="27"/>
       <c r="T80" s="27"/>
       <c r="U80" s="27"/>
       <c r="V80" s="27"/>
       <c r="W80" s="27"/>
       <c r="X80" s="27"/>
@@ -8755,541 +8732,541 @@
       <c r="Z81" s="27"/>
       <c r="AA81" s="27"/>
       <c r="AB81" s="27"/>
       <c r="AC81" s="27"/>
       <c r="AD81" s="27"/>
       <c r="AE81" s="27"/>
       <c r="AF81" s="27"/>
       <c r="AG81" s="27"/>
       <c r="AH81" s="27"/>
       <c r="AI81" s="27"/>
       <c r="AJ81" s="27"/>
       <c r="AK81" s="27"/>
       <c r="AL81" s="27"/>
       <c r="AM81" s="27"/>
       <c r="AN81" s="27"/>
       <c r="AO81" s="27"/>
       <c r="AP81" s="27"/>
       <c r="AQ81" s="27"/>
       <c r="AR81" s="27"/>
       <c r="AS81" s="27"/>
       <c r="AT81" s="27"/>
     </row>
   </sheetData>
   <dataConsolidate/>
   <mergeCells count="491">
-    <mergeCell ref="B1:AT1"/>
-[...11 lines deleted...]
-    <mergeCell ref="AM7:AT7"/>
+    <mergeCell ref="AL77:AQ77"/>
+    <mergeCell ref="AR77:AT78"/>
+    <mergeCell ref="C76:E76"/>
+    <mergeCell ref="F76:G76"/>
+    <mergeCell ref="H76:J76"/>
+    <mergeCell ref="P76:U76"/>
+    <mergeCell ref="V76:Y76"/>
+    <mergeCell ref="Z76:AD76"/>
+    <mergeCell ref="AR79:AT79"/>
+    <mergeCell ref="AL78:AQ78"/>
+    <mergeCell ref="C79:D79"/>
+    <mergeCell ref="E79:F79"/>
+    <mergeCell ref="G79:H79"/>
+    <mergeCell ref="I79:K79"/>
+    <mergeCell ref="Q79:V79"/>
+    <mergeCell ref="W79:Z79"/>
+    <mergeCell ref="AA79:AK79"/>
+    <mergeCell ref="AL79:AQ79"/>
+    <mergeCell ref="C78:D78"/>
+    <mergeCell ref="E78:F78"/>
+    <mergeCell ref="G78:H78"/>
+    <mergeCell ref="I78:K78"/>
+    <mergeCell ref="Q78:V78"/>
+    <mergeCell ref="AA78:AK78"/>
+    <mergeCell ref="C75:E75"/>
+    <mergeCell ref="F75:G75"/>
+    <mergeCell ref="H75:J75"/>
+    <mergeCell ref="P75:U75"/>
+    <mergeCell ref="Z75:AD75"/>
+    <mergeCell ref="AE75:AI75"/>
+    <mergeCell ref="AR72:AT72"/>
+    <mergeCell ref="B74:B79"/>
+    <mergeCell ref="C74:E74"/>
+    <mergeCell ref="F74:U74"/>
+    <mergeCell ref="V74:Y75"/>
+    <mergeCell ref="Z74:AI74"/>
+    <mergeCell ref="AJ74:AM75"/>
+    <mergeCell ref="AN74:AO75"/>
+    <mergeCell ref="AP74:AR75"/>
+    <mergeCell ref="AS74:AT75"/>
+    <mergeCell ref="AE76:AI76"/>
+    <mergeCell ref="AJ76:AM76"/>
+    <mergeCell ref="AN76:AO76"/>
+    <mergeCell ref="AP76:AR76"/>
+    <mergeCell ref="AS76:AT76"/>
+    <mergeCell ref="C77:V77"/>
+    <mergeCell ref="W77:Z78"/>
+    <mergeCell ref="AA77:AK77"/>
+    <mergeCell ref="C72:D72"/>
+    <mergeCell ref="E72:F72"/>
+    <mergeCell ref="G72:H72"/>
+    <mergeCell ref="I72:K72"/>
+    <mergeCell ref="Q72:V72"/>
+    <mergeCell ref="W72:Z72"/>
+    <mergeCell ref="AA72:AK72"/>
+    <mergeCell ref="AL72:AQ72"/>
+    <mergeCell ref="C71:D71"/>
+    <mergeCell ref="E71:F71"/>
+    <mergeCell ref="G71:H71"/>
+    <mergeCell ref="I71:K71"/>
+    <mergeCell ref="Q71:V71"/>
+    <mergeCell ref="AA71:AK71"/>
+    <mergeCell ref="AL70:AQ70"/>
+    <mergeCell ref="AR70:AT71"/>
+    <mergeCell ref="C69:E69"/>
+    <mergeCell ref="F69:G69"/>
+    <mergeCell ref="H69:J69"/>
+    <mergeCell ref="P69:U69"/>
+    <mergeCell ref="V69:Y69"/>
+    <mergeCell ref="Z69:AD69"/>
+    <mergeCell ref="AL71:AQ71"/>
+    <mergeCell ref="C68:E68"/>
+    <mergeCell ref="F68:G68"/>
+    <mergeCell ref="H68:J68"/>
+    <mergeCell ref="P68:U68"/>
+    <mergeCell ref="Z68:AD68"/>
+    <mergeCell ref="AE68:AI68"/>
+    <mergeCell ref="AR65:AT65"/>
+    <mergeCell ref="B67:B72"/>
+    <mergeCell ref="C67:E67"/>
+    <mergeCell ref="F67:U67"/>
+    <mergeCell ref="V67:Y68"/>
+    <mergeCell ref="Z67:AI67"/>
+    <mergeCell ref="AJ67:AM68"/>
+    <mergeCell ref="AN67:AO68"/>
+    <mergeCell ref="AP67:AR68"/>
+    <mergeCell ref="AS67:AT68"/>
+    <mergeCell ref="AE69:AI69"/>
+    <mergeCell ref="AJ69:AM69"/>
+    <mergeCell ref="AN69:AO69"/>
+    <mergeCell ref="AP69:AR69"/>
+    <mergeCell ref="AS69:AT69"/>
+    <mergeCell ref="C70:V70"/>
+    <mergeCell ref="W70:Z71"/>
+    <mergeCell ref="AA70:AK70"/>
+    <mergeCell ref="C65:D65"/>
+    <mergeCell ref="E65:F65"/>
+    <mergeCell ref="G65:H65"/>
+    <mergeCell ref="I65:K65"/>
+    <mergeCell ref="Q65:V65"/>
+    <mergeCell ref="W65:Z65"/>
+    <mergeCell ref="AA65:AK65"/>
+    <mergeCell ref="AL65:AQ65"/>
+    <mergeCell ref="C64:D64"/>
+    <mergeCell ref="E64:F64"/>
+    <mergeCell ref="G64:H64"/>
+    <mergeCell ref="I64:K64"/>
+    <mergeCell ref="Q64:V64"/>
+    <mergeCell ref="AA64:AK64"/>
+    <mergeCell ref="AL63:AQ63"/>
+    <mergeCell ref="AR63:AT64"/>
+    <mergeCell ref="C62:E62"/>
+    <mergeCell ref="F62:G62"/>
+    <mergeCell ref="H62:J62"/>
+    <mergeCell ref="P62:U62"/>
+    <mergeCell ref="V62:Y62"/>
+    <mergeCell ref="Z62:AD62"/>
+    <mergeCell ref="AL64:AQ64"/>
+    <mergeCell ref="C61:E61"/>
+    <mergeCell ref="F61:G61"/>
+    <mergeCell ref="H61:J61"/>
+    <mergeCell ref="P61:U61"/>
+    <mergeCell ref="Z61:AD61"/>
+    <mergeCell ref="AE61:AI61"/>
+    <mergeCell ref="AR58:AT58"/>
+    <mergeCell ref="B60:B65"/>
+    <mergeCell ref="C60:E60"/>
+    <mergeCell ref="F60:U60"/>
+    <mergeCell ref="V60:Y61"/>
+    <mergeCell ref="Z60:AI60"/>
+    <mergeCell ref="AJ60:AM61"/>
+    <mergeCell ref="AN60:AO61"/>
+    <mergeCell ref="AP60:AR61"/>
+    <mergeCell ref="AS60:AT61"/>
+    <mergeCell ref="AE62:AI62"/>
+    <mergeCell ref="AJ62:AM62"/>
+    <mergeCell ref="AN62:AO62"/>
+    <mergeCell ref="AP62:AR62"/>
+    <mergeCell ref="AS62:AT62"/>
+    <mergeCell ref="C63:V63"/>
+    <mergeCell ref="W63:Z64"/>
+    <mergeCell ref="AA63:AK63"/>
+    <mergeCell ref="C58:D58"/>
+    <mergeCell ref="E58:F58"/>
+    <mergeCell ref="G58:H58"/>
+    <mergeCell ref="I58:K58"/>
+    <mergeCell ref="Q58:V58"/>
+    <mergeCell ref="W58:Z58"/>
+    <mergeCell ref="AA58:AK58"/>
+    <mergeCell ref="AL58:AQ58"/>
+    <mergeCell ref="C57:D57"/>
+    <mergeCell ref="E57:F57"/>
+    <mergeCell ref="G57:H57"/>
+    <mergeCell ref="I57:K57"/>
+    <mergeCell ref="Q57:V57"/>
+    <mergeCell ref="AA57:AK57"/>
+    <mergeCell ref="AL56:AQ56"/>
+    <mergeCell ref="AR56:AT57"/>
+    <mergeCell ref="C55:E55"/>
+    <mergeCell ref="F55:G55"/>
+    <mergeCell ref="H55:J55"/>
+    <mergeCell ref="P55:U55"/>
+    <mergeCell ref="V55:Y55"/>
+    <mergeCell ref="Z55:AD55"/>
+    <mergeCell ref="AL57:AQ57"/>
+    <mergeCell ref="C54:E54"/>
+    <mergeCell ref="F54:G54"/>
+    <mergeCell ref="H54:J54"/>
+    <mergeCell ref="P54:U54"/>
+    <mergeCell ref="Z54:AD54"/>
+    <mergeCell ref="AE54:AI54"/>
+    <mergeCell ref="AR51:AT51"/>
+    <mergeCell ref="B53:B58"/>
+    <mergeCell ref="C53:E53"/>
+    <mergeCell ref="F53:U53"/>
+    <mergeCell ref="V53:Y54"/>
+    <mergeCell ref="Z53:AI53"/>
+    <mergeCell ref="AJ53:AM54"/>
+    <mergeCell ref="AN53:AO54"/>
+    <mergeCell ref="AP53:AR54"/>
+    <mergeCell ref="AS53:AT54"/>
+    <mergeCell ref="AE55:AI55"/>
+    <mergeCell ref="AJ55:AM55"/>
+    <mergeCell ref="AN55:AO55"/>
+    <mergeCell ref="AP55:AR55"/>
+    <mergeCell ref="AS55:AT55"/>
+    <mergeCell ref="C56:V56"/>
+    <mergeCell ref="W56:Z57"/>
+    <mergeCell ref="AA56:AK56"/>
+    <mergeCell ref="C51:D51"/>
+    <mergeCell ref="E51:F51"/>
+    <mergeCell ref="G51:H51"/>
+    <mergeCell ref="I51:K51"/>
+    <mergeCell ref="Q51:V51"/>
+    <mergeCell ref="W51:Z51"/>
+    <mergeCell ref="AA51:AK51"/>
+    <mergeCell ref="AL51:AQ51"/>
+    <mergeCell ref="C50:D50"/>
+    <mergeCell ref="E50:F50"/>
+    <mergeCell ref="G50:H50"/>
+    <mergeCell ref="I50:K50"/>
+    <mergeCell ref="Q50:V50"/>
+    <mergeCell ref="AA50:AK50"/>
+    <mergeCell ref="AL49:AQ49"/>
+    <mergeCell ref="AR49:AT50"/>
+    <mergeCell ref="C48:E48"/>
+    <mergeCell ref="F48:G48"/>
+    <mergeCell ref="H48:J48"/>
+    <mergeCell ref="P48:U48"/>
+    <mergeCell ref="V48:Y48"/>
+    <mergeCell ref="Z48:AD48"/>
+    <mergeCell ref="AL50:AQ50"/>
+    <mergeCell ref="C47:E47"/>
+    <mergeCell ref="F47:G47"/>
+    <mergeCell ref="H47:J47"/>
+    <mergeCell ref="P47:U47"/>
+    <mergeCell ref="Z47:AD47"/>
+    <mergeCell ref="AE47:AI47"/>
+    <mergeCell ref="AR44:AT44"/>
+    <mergeCell ref="B46:B51"/>
+    <mergeCell ref="C46:E46"/>
+    <mergeCell ref="F46:U46"/>
+    <mergeCell ref="V46:Y47"/>
+    <mergeCell ref="Z46:AI46"/>
+    <mergeCell ref="AJ46:AM47"/>
+    <mergeCell ref="AN46:AO47"/>
+    <mergeCell ref="AP46:AR47"/>
+    <mergeCell ref="AS46:AT47"/>
+    <mergeCell ref="AE48:AI48"/>
+    <mergeCell ref="AJ48:AM48"/>
+    <mergeCell ref="AN48:AO48"/>
+    <mergeCell ref="AP48:AR48"/>
+    <mergeCell ref="AS48:AT48"/>
+    <mergeCell ref="C49:V49"/>
+    <mergeCell ref="W49:Z50"/>
+    <mergeCell ref="AA49:AK49"/>
+    <mergeCell ref="C44:D44"/>
+    <mergeCell ref="E44:F44"/>
+    <mergeCell ref="G44:H44"/>
+    <mergeCell ref="I44:K44"/>
+    <mergeCell ref="Q44:V44"/>
+    <mergeCell ref="W44:Z44"/>
+    <mergeCell ref="AA44:AK44"/>
+    <mergeCell ref="AL44:AQ44"/>
+    <mergeCell ref="C43:D43"/>
+    <mergeCell ref="E43:F43"/>
+    <mergeCell ref="G43:H43"/>
+    <mergeCell ref="I43:K43"/>
+    <mergeCell ref="Q43:V43"/>
+    <mergeCell ref="AA43:AK43"/>
+    <mergeCell ref="AL42:AQ42"/>
+    <mergeCell ref="AR42:AT43"/>
+    <mergeCell ref="C41:E41"/>
+    <mergeCell ref="F41:G41"/>
+    <mergeCell ref="H41:J41"/>
+    <mergeCell ref="P41:U41"/>
+    <mergeCell ref="V41:Y41"/>
+    <mergeCell ref="Z41:AD41"/>
+    <mergeCell ref="AL43:AQ43"/>
+    <mergeCell ref="C40:E40"/>
+    <mergeCell ref="F40:G40"/>
+    <mergeCell ref="H40:J40"/>
+    <mergeCell ref="P40:U40"/>
+    <mergeCell ref="Z40:AD40"/>
+    <mergeCell ref="AE40:AI40"/>
+    <mergeCell ref="AR37:AT37"/>
+    <mergeCell ref="B39:B44"/>
+    <mergeCell ref="C39:E39"/>
+    <mergeCell ref="F39:U39"/>
+    <mergeCell ref="V39:Y40"/>
+    <mergeCell ref="Z39:AI39"/>
+    <mergeCell ref="AJ39:AM40"/>
+    <mergeCell ref="AN39:AO40"/>
+    <mergeCell ref="AP39:AR40"/>
+    <mergeCell ref="AS39:AT40"/>
+    <mergeCell ref="AE41:AI41"/>
+    <mergeCell ref="AJ41:AM41"/>
+    <mergeCell ref="AN41:AO41"/>
+    <mergeCell ref="AP41:AR41"/>
+    <mergeCell ref="AS41:AT41"/>
+    <mergeCell ref="C42:V42"/>
+    <mergeCell ref="W42:Z43"/>
+    <mergeCell ref="AA42:AK42"/>
+    <mergeCell ref="C37:D37"/>
+    <mergeCell ref="E37:F37"/>
+    <mergeCell ref="G37:H37"/>
+    <mergeCell ref="I37:K37"/>
+    <mergeCell ref="Q37:V37"/>
+    <mergeCell ref="W37:Z37"/>
+    <mergeCell ref="AA37:AK37"/>
+    <mergeCell ref="AL37:AQ37"/>
+    <mergeCell ref="C36:D36"/>
+    <mergeCell ref="E36:F36"/>
+    <mergeCell ref="G36:H36"/>
+    <mergeCell ref="I36:K36"/>
+    <mergeCell ref="Q36:V36"/>
+    <mergeCell ref="AA36:AK36"/>
+    <mergeCell ref="AL35:AQ35"/>
+    <mergeCell ref="AR35:AT36"/>
+    <mergeCell ref="C34:E34"/>
+    <mergeCell ref="F34:G34"/>
+    <mergeCell ref="H34:J34"/>
+    <mergeCell ref="P34:U34"/>
+    <mergeCell ref="V34:Y34"/>
+    <mergeCell ref="Z34:AD34"/>
+    <mergeCell ref="AL36:AQ36"/>
+    <mergeCell ref="C33:E33"/>
+    <mergeCell ref="F33:G33"/>
+    <mergeCell ref="H33:J33"/>
+    <mergeCell ref="P33:U33"/>
+    <mergeCell ref="Z33:AD33"/>
+    <mergeCell ref="AE33:AI33"/>
+    <mergeCell ref="AR30:AT30"/>
+    <mergeCell ref="B32:B37"/>
+    <mergeCell ref="C32:E32"/>
+    <mergeCell ref="F32:U32"/>
+    <mergeCell ref="V32:Y33"/>
+    <mergeCell ref="Z32:AI32"/>
+    <mergeCell ref="AJ32:AM33"/>
+    <mergeCell ref="AN32:AO33"/>
+    <mergeCell ref="AP32:AR33"/>
+    <mergeCell ref="AS32:AT33"/>
+    <mergeCell ref="AE34:AI34"/>
+    <mergeCell ref="AJ34:AM34"/>
+    <mergeCell ref="AN34:AO34"/>
+    <mergeCell ref="AP34:AR34"/>
+    <mergeCell ref="AS34:AT34"/>
+    <mergeCell ref="C35:V35"/>
+    <mergeCell ref="W35:Z36"/>
+    <mergeCell ref="AA35:AK35"/>
+    <mergeCell ref="C30:D30"/>
+    <mergeCell ref="E30:F30"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="I30:K30"/>
+    <mergeCell ref="Q30:V30"/>
+    <mergeCell ref="W30:Z30"/>
+    <mergeCell ref="AA30:AK30"/>
+    <mergeCell ref="AL30:AQ30"/>
+    <mergeCell ref="C29:D29"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="I29:K29"/>
+    <mergeCell ref="Q29:V29"/>
+    <mergeCell ref="AA29:AK29"/>
+    <mergeCell ref="AA28:AK28"/>
+    <mergeCell ref="AL28:AQ28"/>
+    <mergeCell ref="AR28:AT29"/>
+    <mergeCell ref="C27:E27"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="H27:J27"/>
+    <mergeCell ref="P27:U27"/>
+    <mergeCell ref="V27:Y27"/>
+    <mergeCell ref="Z27:AD27"/>
+    <mergeCell ref="AL29:AQ29"/>
+    <mergeCell ref="C26:E26"/>
+    <mergeCell ref="F26:G26"/>
+    <mergeCell ref="H26:J26"/>
+    <mergeCell ref="P26:U26"/>
+    <mergeCell ref="Z26:AD26"/>
+    <mergeCell ref="AE26:AI26"/>
+    <mergeCell ref="AR23:AT23"/>
+    <mergeCell ref="B25:B30"/>
+    <mergeCell ref="C25:E25"/>
+    <mergeCell ref="F25:U25"/>
+    <mergeCell ref="V25:Y26"/>
+    <mergeCell ref="Z25:AI25"/>
+    <mergeCell ref="AJ25:AM26"/>
+    <mergeCell ref="AN25:AO26"/>
+    <mergeCell ref="AP25:AR26"/>
+    <mergeCell ref="AS25:AT26"/>
+    <mergeCell ref="B18:B23"/>
+    <mergeCell ref="AE27:AI27"/>
+    <mergeCell ref="AJ27:AM27"/>
+    <mergeCell ref="AN27:AO27"/>
+    <mergeCell ref="AP27:AR27"/>
+    <mergeCell ref="AS27:AT27"/>
+    <mergeCell ref="C28:V28"/>
+    <mergeCell ref="W28:Z29"/>
+    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="E23:F23"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="I23:K23"/>
+    <mergeCell ref="Q23:V23"/>
+    <mergeCell ref="W23:Z23"/>
+    <mergeCell ref="AA23:AK23"/>
+    <mergeCell ref="AL23:AQ23"/>
+    <mergeCell ref="C22:D22"/>
+    <mergeCell ref="E22:F22"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="I22:K22"/>
+    <mergeCell ref="Q22:V22"/>
+    <mergeCell ref="AA22:AK22"/>
+    <mergeCell ref="AE20:AI20"/>
+    <mergeCell ref="AJ20:AM20"/>
+    <mergeCell ref="AN20:AO20"/>
+    <mergeCell ref="AP20:AR20"/>
+    <mergeCell ref="AS20:AT20"/>
+    <mergeCell ref="C21:V21"/>
+    <mergeCell ref="W21:Z22"/>
+    <mergeCell ref="AA21:AK21"/>
+    <mergeCell ref="AL21:AQ21"/>
+    <mergeCell ref="AR21:AT22"/>
+    <mergeCell ref="C20:E20"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="H20:J20"/>
+    <mergeCell ref="P20:U20"/>
+    <mergeCell ref="V20:Y20"/>
+    <mergeCell ref="Z20:AD20"/>
+    <mergeCell ref="AL22:AQ22"/>
+    <mergeCell ref="C16:D16"/>
+    <mergeCell ref="E16:F16"/>
+    <mergeCell ref="G16:H16"/>
+    <mergeCell ref="I16:K16"/>
+    <mergeCell ref="Q16:V16"/>
+    <mergeCell ref="W16:Z16"/>
+    <mergeCell ref="AA16:AK16"/>
+    <mergeCell ref="AS18:AT19"/>
+    <mergeCell ref="C19:E19"/>
+    <mergeCell ref="F19:G19"/>
+    <mergeCell ref="H19:J19"/>
+    <mergeCell ref="P19:U19"/>
+    <mergeCell ref="Z19:AD19"/>
+    <mergeCell ref="AE19:AI19"/>
+    <mergeCell ref="AL16:AQ16"/>
+    <mergeCell ref="AR16:AT16"/>
+    <mergeCell ref="C18:E18"/>
+    <mergeCell ref="F18:U18"/>
+    <mergeCell ref="V18:Y19"/>
+    <mergeCell ref="Z18:AI18"/>
+    <mergeCell ref="AJ18:AM19"/>
+    <mergeCell ref="AN18:AO19"/>
+    <mergeCell ref="AP18:AR19"/>
+    <mergeCell ref="P12:U12"/>
+    <mergeCell ref="Z12:AD12"/>
+    <mergeCell ref="AE12:AI12"/>
+    <mergeCell ref="AS13:AT13"/>
+    <mergeCell ref="C14:V14"/>
+    <mergeCell ref="W14:Z15"/>
+    <mergeCell ref="AA14:AK14"/>
+    <mergeCell ref="AL14:AQ14"/>
+    <mergeCell ref="AR14:AT15"/>
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="E15:F15"/>
+    <mergeCell ref="G15:H15"/>
+    <mergeCell ref="I15:K15"/>
+    <mergeCell ref="V13:Y13"/>
+    <mergeCell ref="Z13:AD13"/>
+    <mergeCell ref="AE13:AI13"/>
+    <mergeCell ref="AJ13:AM13"/>
+    <mergeCell ref="AN13:AO13"/>
+    <mergeCell ref="AP13:AR13"/>
+    <mergeCell ref="Q15:V15"/>
+    <mergeCell ref="AA15:AK15"/>
+    <mergeCell ref="AL15:AQ15"/>
     <mergeCell ref="B9:AB9"/>
     <mergeCell ref="AC9:AT9"/>
     <mergeCell ref="AM5:AO5"/>
     <mergeCell ref="B6:J6"/>
     <mergeCell ref="K6:O6"/>
     <mergeCell ref="P6:Y6"/>
     <mergeCell ref="Z6:AL6"/>
     <mergeCell ref="AM6:AT6"/>
     <mergeCell ref="B11:B16"/>
     <mergeCell ref="C11:E11"/>
     <mergeCell ref="F11:U11"/>
     <mergeCell ref="V11:Y12"/>
     <mergeCell ref="Z11:AI11"/>
     <mergeCell ref="AJ11:AM12"/>
     <mergeCell ref="C13:E13"/>
     <mergeCell ref="F13:G13"/>
     <mergeCell ref="H13:J13"/>
     <mergeCell ref="P13:U13"/>
     <mergeCell ref="AN11:AO12"/>
     <mergeCell ref="AP11:AR12"/>
     <mergeCell ref="AS11:AT12"/>
     <mergeCell ref="C12:E12"/>
     <mergeCell ref="F12:G12"/>
     <mergeCell ref="H12:J12"/>
-    <mergeCell ref="P12:U12"/>
-[...452 lines deleted...]
-    <mergeCell ref="AA78:AK78"/>
+    <mergeCell ref="B1:AT1"/>
+    <mergeCell ref="AG3:AH4"/>
+    <mergeCell ref="AI3:AM4"/>
+    <mergeCell ref="AN3:AN4"/>
+    <mergeCell ref="AO3:AP4"/>
+    <mergeCell ref="AQ3:AQ4"/>
+    <mergeCell ref="AR3:AS4"/>
+    <mergeCell ref="AT3:AT4"/>
+    <mergeCell ref="B7:J7"/>
+    <mergeCell ref="K7:O7"/>
+    <mergeCell ref="P7:Y7"/>
+    <mergeCell ref="Z7:AL7"/>
+    <mergeCell ref="AM7:AT7"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <conditionalFormatting sqref="F12:F13">
     <cfRule type="expression" dxfId="62" priority="59">
       <formula>NOT(#REF!="使用場所と異なる")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="P7">
     <cfRule type="expression" dxfId="61" priority="58">
       <formula>IF($P$7="選択してください",TRUE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AM7">
     <cfRule type="expression" dxfId="60" priority="57">
       <formula>IF($AM$7="選択してください",TRUE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AN13">
     <cfRule type="expression" dxfId="59" priority="56">
       <formula>IF($AN$13="選択してください",TRUE)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AS13">
     <cfRule type="expression" dxfId="58" priority="55">
       <formula>IF($AS$13="選択してください",TRUE)</formula>