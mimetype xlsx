--- v0 (2025-11-03)
+++ v1 (2026-03-10)
@@ -1,144 +1,129 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24332"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" checkCompatibility="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{444431DB-165E-49B2-990A-5C06D70CE6BC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CDA71F56-7815-434F-84AE-A1BA4FE042CB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" tabRatio="808" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="14976" tabRatio="808" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="申込書（様式1）" sheetId="31" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="サンプル申請（様式３）" sheetId="27" r:id="rId4"/>
+    <sheet name="申込書（様式1）記入例１" sheetId="31" r:id="rId1"/>
+    <sheet name="検査結果（様式２）" sheetId="26" r:id="rId2"/>
+    <sheet name="サンプル申請（様式３）" sheetId="27" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'申込書（様式1）'!$U$26:$V$27</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'申込書（様式1）記入例'!$A$1:$AE$52</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'申込書（様式1）記入例１'!$U$27:$V$28</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'サンプル申請（様式３）'!$A$1:$T$74</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'検査結果（様式２）'!$A$1:$S$66</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'申込書（様式1）記入例１'!$A$1:$AE$49</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
+  <extLst>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="214" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="114">
   <si>
     <t>氏名</t>
     <rPh sb="0" eb="2">
       <t>シメイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>記</t>
-[...5 lines deleted...]
-  <si>
     <t>品目</t>
     <rPh sb="0" eb="2">
       <t>ヒンモク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>住所</t>
     <rPh sb="0" eb="2">
       <t>ジュウショ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>年</t>
     <rPh sb="0" eb="1">
       <t>ネン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>月</t>
     <rPh sb="0" eb="1">
       <t>ツキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>日</t>
     <rPh sb="0" eb="1">
       <t>ヒ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>２</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>３</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>（</t>
-[...6 lines deleted...]
-  <si>
     <t>様式１</t>
     <rPh sb="0" eb="2">
       <t>ヨウシキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>様式 2</t>
     <rPh sb="0" eb="2">
       <t>ヨウシキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">使用済粒状活性炭分析結果報告書交付申請書 </t>
     <rPh sb="0" eb="2">
       <t>シヨウ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ズ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>リュウジョウ</t>
     </rPh>
     <rPh sb="5" eb="8">
@@ -738,54 +723,50 @@
       <t>ラン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>受付日</t>
     <rPh sb="0" eb="2">
       <t>ウケツケ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ヒ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>受付者</t>
     <rPh sb="0" eb="2">
       <t>ウケツケ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>シャ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>東京都新宿区西新宿〇丁目△番□号</t>
-[...2 lines deleted...]
-  <si>
     <t>４　サンプルの送付代金については、申請者負担とします。</t>
     <rPh sb="7" eb="9">
       <t>ソウフ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>ダイキン</t>
     </rPh>
     <rPh sb="17" eb="20">
       <t>シンセイシャ</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>フタン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>４　交付方法</t>
     <rPh sb="2" eb="4">
       <t>コウフ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ホウホウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
@@ -912,120 +893,59 @@
     </rPh>
     <rPh sb="7" eb="9">
       <t>リュウジョウ</t>
     </rPh>
     <rPh sb="9" eb="12">
       <t>カッセイタン</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>ユウショウ</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>ジョウト</t>
     </rPh>
     <rPh sb="22" eb="24">
       <t>カキ</t>
     </rPh>
     <rPh sb="28" eb="29">
       <t>モウ</t>
     </rPh>
     <rPh sb="29" eb="30">
       <t>コ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>使 用 済 粒 状 活 性 炭 引 取 申 込 書</t>
-[...41 lines deleted...]
-  <si>
     <t xml:space="preserve">  東 京 都 水 道 局 長　殿</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>２　利用目的</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>１　引取希望期間</t>
-    <phoneticPr fontId="1"/>
-[...16 lines deleted...]
-    </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇のため</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <r>
       <t>令和　</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF00FF"/>
         <rFont val="メイリオ"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>〇</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="メイリオ"/>
@@ -1102,171 +1022,78 @@
     </rPh>
     <rPh sb="7" eb="8">
       <t>ガツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>使用済
 粒状
 活性炭</t>
     <rPh sb="0" eb="2">
       <t>シヨウ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ズ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>リュウジョウ</t>
     </rPh>
     <rPh sb="7" eb="10">
       <t>カッセイタン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>金町浄水場</t>
-[...84 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">譲渡希望量 </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="メイリオ"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>注１</t>
     </r>
     <rPh sb="0" eb="2">
       <t>ジョウト</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>キボウ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>リョウ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>チュウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>４　引取希望量及び引取希望単価</t>
-[...5 lines deleted...]
-  <si>
     <r>
       <t>引取希望単価（税抜き）</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="メイリオ"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>注２</t>
     </r>
     <rPh sb="2" eb="4">
       <t>キボウ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>タンカ</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>ゼイ</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>ヌ</t>
     </rPh>
@@ -1304,1178 +1131,856 @@
     <rPh sb="7" eb="8">
       <t>カ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>〇〇〇〇〇〇〇〇〇〇〇〇</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>　　　　　　　　　　　　〇〇　〇〇</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>〇〇〇〇〇〇〇〇〇〇株式会社</t>
     <rPh sb="10" eb="12">
       <t>カブシキ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>ガイシャ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <r>
-      <t>令和　</t>
+      <t>注２　</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>１トン当たりの引取希望単価とし、消費税を含まない税抜き金額</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>を記入ください。</t>
+    </r>
+    <rPh sb="0" eb="1">
+      <t>チュウ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>ア</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>ヒキトリ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>キボウ</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>タンカ</t>
+    </rPh>
+    <rPh sb="19" eb="22">
+      <t>ショウヒゼイ</t>
+    </rPh>
+    <rPh sb="23" eb="24">
+      <t>フク</t>
+    </rPh>
+    <rPh sb="27" eb="28">
+      <t>ゼイ</t>
+    </rPh>
+    <rPh sb="28" eb="29">
+      <t>ヌ</t>
+    </rPh>
+    <rPh sb="30" eb="32">
+      <t>キンガク</t>
+    </rPh>
+    <rPh sb="33" eb="35">
+      <t>キニュウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　　　引取希望単価は、譲渡場所及び譲渡希望量に関係なく定額単価方式のみとします。</t>
+    <rPh sb="11" eb="13">
+      <t>ジョウト</t>
+    </rPh>
+    <rPh sb="13" eb="15">
+      <t>バショ</t>
+    </rPh>
+    <rPh sb="15" eb="16">
+      <t>オヨ</t>
+    </rPh>
+    <rPh sb="23" eb="25">
+      <t>カンケイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>　　　　　　　　</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>　円／トン</t>
+    </r>
+    <rPh sb="9" eb="10">
+      <t>エン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <r>
+      <t>５　担当者名及び連絡先</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>（申込時に可能であれば、名刺を同送願います。）</t>
+    </r>
+    <rPh sb="1" eb="4">
+      <t>タントウシャ</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>メイ</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>オヨ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>レンラク</t>
+    </rPh>
+    <rPh sb="9" eb="10">
+      <t>サキ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>モウシコミ</t>
+    </rPh>
+    <rPh sb="14" eb="15">
+      <t>ジ</t>
+    </rPh>
+    <rPh sb="16" eb="18">
+      <t>カノウ</t>
+    </rPh>
+    <rPh sb="23" eb="25">
+      <t>メイシ</t>
+    </rPh>
+    <rPh sb="26" eb="28">
+      <t>ドウソウ</t>
+    </rPh>
+    <rPh sb="28" eb="29">
+      <t>ネガ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <r>
+      <t>　②を希望する場合、使用済炭の譲渡者及び譲渡量に係る決定の際、</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>当局が負担するフレコンバッグ解袋費用が除算</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>されます（「令和８年度使用済粒状活性炭の有償譲渡に関する要綱」第７条（５）参照）。また、</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>バラ渡しは、１日あたり３台分（10t 程度積載車両）以上の引取り</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>とします（「要綱」第４条（６）参照）。</t>
+    </r>
+    <rPh sb="3" eb="5">
+      <t>キボウ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>バアイ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>シヨウ</t>
+    </rPh>
+    <rPh sb="12" eb="13">
+      <t>ズ</t>
+    </rPh>
+    <rPh sb="15" eb="17">
+      <t>ジョウト</t>
+    </rPh>
+    <rPh sb="17" eb="18">
+      <t>シャ</t>
+    </rPh>
+    <rPh sb="18" eb="19">
+      <t>オヨ</t>
+    </rPh>
+    <rPh sb="20" eb="22">
+      <t>ジョウト</t>
+    </rPh>
+    <rPh sb="22" eb="23">
+      <t>リョウ</t>
+    </rPh>
+    <rPh sb="23" eb="24">
+      <t>テイリョウ</t>
+    </rPh>
+    <rPh sb="24" eb="25">
+      <t>カカ</t>
+    </rPh>
+    <rPh sb="26" eb="28">
+      <t>ケッテイ</t>
+    </rPh>
+    <rPh sb="29" eb="30">
+      <t>サイ</t>
+    </rPh>
+    <rPh sb="31" eb="33">
+      <t>トウキョク</t>
+    </rPh>
+    <rPh sb="34" eb="36">
+      <t>フタン</t>
+    </rPh>
+    <rPh sb="47" eb="49">
+      <t>ヒヨウ</t>
+    </rPh>
+    <rPh sb="50" eb="52">
+      <t>ジョサン</t>
+    </rPh>
+    <rPh sb="58" eb="60">
+      <t>レイワ</t>
+    </rPh>
+    <rPh sb="72" eb="74">
+      <t>ユウショウ</t>
+    </rPh>
+    <rPh sb="83" eb="84">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="85" eb="86">
+      <t>ジョウ</t>
+    </rPh>
+    <rPh sb="89" eb="91">
+      <t>サンショウ</t>
+    </rPh>
+    <rPh sb="134" eb="136">
+      <t>ヨウコウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>３　譲渡場所</t>
+    <rPh sb="2" eb="4">
+      <t>ジョウト</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>バショ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>①フレコンバッグに袋詰めした状態</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve"> （フレコン渡し）で譲渡</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>②フレコンバッグから解袋した状態</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>（バラ渡し）で譲渡</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <r>
+      <t>注１　対象期間において、</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>引取りを希望する使用済炭の譲渡希望量（トン）</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>を記入下さい。 
+　　　</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>譲渡希望量は、１引取希望者につき最大〇〇トン</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>で、超過で申込みの際は、〇〇トンに置換えます。</t>
+    </r>
+    <rPh sb="0" eb="1">
+      <t>チュウ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>タイショウ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>キカン</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>ヒキトリ</t>
+    </rPh>
+    <rPh sb="16" eb="18">
+      <t>キボウ</t>
+    </rPh>
+    <rPh sb="20" eb="22">
+      <t>シヨウ</t>
+    </rPh>
+    <rPh sb="22" eb="23">
+      <t>ズミ</t>
+    </rPh>
+    <rPh sb="35" eb="37">
+      <t>キニュウ</t>
+    </rPh>
+    <rPh sb="37" eb="38">
+      <t>クダ</t>
+    </rPh>
+    <rPh sb="50" eb="51">
+      <t>リョウ</t>
+    </rPh>
+    <rPh sb="54" eb="56">
+      <t>ヒキトリ</t>
+    </rPh>
+    <rPh sb="56" eb="59">
+      <t>キボウシャ</t>
+    </rPh>
+    <rPh sb="62" eb="64">
+      <t>サイダイ</t>
+    </rPh>
+    <rPh sb="73" eb="75">
+      <t>モウシコミ</t>
+    </rPh>
+    <rPh sb="77" eb="78">
+      <t>サイ</t>
+    </rPh>
+    <rPh sb="85" eb="87">
+      <t>オキカ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>　　　　　</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t xml:space="preserve">トン
+</t>
+    </r>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>〇</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>（</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>①フレコンバッグに袋詰めした状態（フレコン渡し）で譲渡</t>
+  </si>
+  <si>
+    <t>②フレコンバッグから解袋した状態（バラ渡し）で譲渡</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FFFF00FF"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>　　＊＊　</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF00FF"/>
         <rFont val="メイリオ"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
-      <t>○</t>
+      <t xml:space="preserve">トン
+</t>
     </r>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
     <r>
       <rPr>
+        <u/>
         <sz val="11"/>
+        <color rgb="FFFF00FF"/>
         <rFont val="メイリオ"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
-      <t>年　</t>
+      <t>　　　＊　　　　</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF00FF"/>
         <rFont val="メイリオ"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
-      <t>○</t>
+      <t>　円／トン</t>
+    </r>
+    <rPh sb="9" eb="10">
+      <t>エン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>４　引取希望量及び引取希望単価　</t>
+    <rPh sb="7" eb="8">
+      <t>オヨ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>使 用 済 粒 状 活 性 炭 引 取 申 込 書（〇〇浄水場）</t>
+    <rPh sb="0" eb="1">
+      <t>シ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ヨウ</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>ズ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>ツブ</t>
+    </rPh>
+    <rPh sb="8" eb="9">
+      <t>ジョウ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>カツ</t>
+    </rPh>
+    <rPh sb="12" eb="13">
+      <t>セイ</t>
+    </rPh>
+    <rPh sb="14" eb="15">
+      <t>スミ</t>
+    </rPh>
+    <rPh sb="16" eb="17">
+      <t>イン</t>
+    </rPh>
+    <rPh sb="18" eb="19">
+      <t>トリ</t>
+    </rPh>
+    <rPh sb="20" eb="21">
+      <t>サル</t>
+    </rPh>
+    <rPh sb="22" eb="23">
+      <t>コ</t>
+    </rPh>
+    <rPh sb="24" eb="25">
+      <t>ショ</t>
+    </rPh>
+    <rPh sb="28" eb="31">
+      <t>ジョウスイジョウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　「令和８年度使用済粒状活性炭の有償譲渡に関する要綱」第１３条に基づき、下記のとおり使用済粒状活性炭分析結果報告書の提供を依頼します。</t>
+    <rPh sb="16" eb="18">
+      <t>ユウショウ</t>
+    </rPh>
+    <rPh sb="27" eb="28">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="30" eb="31">
+      <t>ジョウ</t>
+    </rPh>
+    <rPh sb="32" eb="33">
+      <t>モト</t>
+    </rPh>
+    <rPh sb="42" eb="44">
+      <t>シヨウ</t>
+    </rPh>
+    <rPh sb="44" eb="45">
+      <t>ズ</t>
+    </rPh>
+    <rPh sb="45" eb="47">
+      <t>リュウジョウ</t>
+    </rPh>
+    <rPh sb="47" eb="50">
+      <t>カッセイタン</t>
+    </rPh>
+    <rPh sb="50" eb="52">
+      <t>ブンセキ</t>
+    </rPh>
+    <rPh sb="52" eb="54">
+      <t>ケッカ</t>
+    </rPh>
+    <rPh sb="54" eb="57">
+      <t>ホウコクショ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　「令和８年度使用済粒状活性炭の有償譲渡に関する要綱」第１3条に基づき、下記のとおり使用済粒状活性炭（サンプル用）の提供を依頼します。</t>
+    <rPh sb="16" eb="18">
+      <t>ユウショウ</t>
+    </rPh>
+    <rPh sb="32" eb="33">
+      <t>モト</t>
+    </rPh>
+    <rPh sb="42" eb="45">
+      <t>シヨウズ</t>
+    </rPh>
+    <rPh sb="45" eb="50">
+      <t>リュウジョウカッセイタン</t>
+    </rPh>
+    <rPh sb="55" eb="56">
+      <t>ヨウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　　（１引取希望者でフレコン渡しとバラ渡しを両方ご希望の場合は、合計で最大〇〇トン）</t>
+    <rPh sb="4" eb="5">
+      <t>ヒ</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>ト</t>
+    </rPh>
+    <rPh sb="6" eb="9">
+      <t>キボウシャ</t>
+    </rPh>
+    <rPh sb="14" eb="15">
+      <t>ワタ</t>
+    </rPh>
+    <rPh sb="19" eb="20">
+      <t>ワタ</t>
+    </rPh>
+    <rPh sb="22" eb="24">
+      <t>リョウホウ</t>
+    </rPh>
+    <rPh sb="25" eb="27">
+      <t>キボウ</t>
+    </rPh>
+    <rPh sb="28" eb="30">
+      <t>バアイ</t>
+    </rPh>
+    <rPh sb="32" eb="34">
+      <t>ゴウケイ</t>
+    </rPh>
+    <rPh sb="35" eb="37">
+      <t>サイダイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <r>
+      <t>〇〇浄水場（住所）</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>←</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>希望の浄水場名か確認してください</t>
+    </r>
+    <rPh sb="6" eb="8">
+      <t>ジュウショ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>キボウ</t>
+    </rPh>
+    <rPh sb="13" eb="16">
+      <t>ジョウスイジョウ</t>
+    </rPh>
+    <rPh sb="16" eb="17">
+      <t>メイ</t>
+    </rPh>
+    <rPh sb="18" eb="20">
+      <t>カクニン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">３　譲渡方法 （希望の譲渡方法（　　）に○を付して下さい。） </t>
+    <rPh sb="8" eb="10">
+      <t>キボウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>＊フレコン渡しとバラ渡しを両方ご希望の場合は、両方ご記入下さい。</t>
+    <rPh sb="5" eb="6">
+      <t>ワタ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>ワタ</t>
+    </rPh>
+    <rPh sb="13" eb="15">
+      <t>リョウホウ</t>
+    </rPh>
+    <rPh sb="16" eb="18">
+      <t>キボウ</t>
+    </rPh>
+    <rPh sb="19" eb="21">
+      <t>バアイ</t>
+    </rPh>
+    <rPh sb="23" eb="25">
+      <t>リョウホウ</t>
+    </rPh>
+    <rPh sb="26" eb="28">
+      <t>キニュウ</t>
+    </rPh>
+    <rPh sb="28" eb="29">
+      <t>クダ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　なお、有償譲渡を受けるに当たっては「令和８年度使用済粒状活性炭の有償譲渡に関する要綱」の記載事項について、
+遵守いたします。</t>
+    <rPh sb="4" eb="6">
+      <t>ユウショウ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>ジョウト</t>
+    </rPh>
+    <rPh sb="9" eb="10">
+      <t>ウ</t>
+    </rPh>
+    <rPh sb="13" eb="14">
+      <t>ア</t>
+    </rPh>
+    <rPh sb="19" eb="21">
+      <t>レイワ</t>
+    </rPh>
+    <rPh sb="22" eb="24">
+      <t>ネンド</t>
+    </rPh>
+    <rPh sb="24" eb="26">
+      <t>シヨウ</t>
+    </rPh>
+    <rPh sb="26" eb="27">
+      <t>ズ</t>
+    </rPh>
+    <rPh sb="27" eb="29">
+      <t>リュウジョウ</t>
+    </rPh>
+    <rPh sb="29" eb="32">
+      <t>カッセイタン</t>
+    </rPh>
+    <rPh sb="33" eb="35">
+      <t>ユウショウ</t>
+    </rPh>
+    <rPh sb="35" eb="37">
+      <t>ジョウト</t>
+    </rPh>
+    <rPh sb="38" eb="39">
+      <t>カン</t>
+    </rPh>
+    <rPh sb="41" eb="43">
+      <t>ヨウコウ</t>
+    </rPh>
+    <rPh sb="45" eb="47">
+      <t>キサイ</t>
+    </rPh>
+    <rPh sb="47" eb="49">
+      <t>ジコウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <r>
+      <t>令和　８年　</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF00FF"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t xml:space="preserve"> ○</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="メイリオ"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>月　</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF00FF"/>
         <rFont val="メイリオ"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>○</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="メイリオ"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>日</t>
     </r>
     <rPh sb="4" eb="5">
       <t>ネン</t>
     </rPh>
-    <rPh sb="7" eb="8">
-[...987 lines deleted...]
-    </rPh>
     <rPh sb="8" eb="9">
       <t>ガツ</t>
     </rPh>
-    <phoneticPr fontId="1"/>
-[...59 lines deleted...]
-      <t>ヨウ</t>
+    <rPh sb="11" eb="12">
+      <t>ニチ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="#&quot;円/トン&quot;"/>
     <numFmt numFmtId="177" formatCode="#&quot;トン&quot;"/>
   </numFmts>
-  <fonts count="23" x14ac:knownFonts="1">
+  <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
@@ -2503,101 +2008,77 @@
     <font>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <name val="メイリオ"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FFFF00FF"/>
       <name val="メイリオ"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="メイリオ"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
-      <color theme="1"/>
-[...6 lines deleted...]
-      <sz val="11"/>
       <name val="メイリオ"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="メイリオ"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="メイリオ"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="メイリオ"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
-      <name val="メイリオ"/>
-[...14 lines deleted...]
-      <color rgb="FFFF00FF"/>
       <name val="メイリオ"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="メイリオ"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="メイリオ"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="メイリオ"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="12"/>
@@ -2830,623 +2311,604 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="38" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="150">
+  <cellXfs count="164">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="3" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="3" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="3" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="14" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="13" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="15" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="16" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="17" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="16" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="10" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="11" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="12" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="18" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="18" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="18" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="18" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="13" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="17" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="11" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="12" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="7" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="14" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFont="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="3" applyFont="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="3" applyFont="1">
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="6" fillId="2" borderId="10" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="177" fontId="6" fillId="2" borderId="11" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="177" fontId="6" fillId="2" borderId="12" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="177" fontId="6" fillId="2" borderId="15" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="177" fontId="6" fillId="2" borderId="16" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="177" fontId="6" fillId="2" borderId="17" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="177" fontId="4" fillId="2" borderId="10" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="177" fontId="4" fillId="2" borderId="11" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="177" fontId="4" fillId="2" borderId="12" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="177" fontId="4" fillId="2" borderId="15" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="177" fontId="4" fillId="2" borderId="16" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="177" fontId="4" fillId="2" borderId="17" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="3" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="3" applyFont="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="6" fillId="0" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="4" fillId="0" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...14 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
-[...35 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="14" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="15" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
-[...45 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
-[...104 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="16" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...107 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="7" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="パーセント 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="桁区切り 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="桁区切り 2 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="標準 2 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="標準 2 3" xfId="6" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="標準 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF00FF"/>
       <color rgb="FFFFFF66"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>30</xdr:col>
       <xdr:colOff>200025</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="3" name="直線コネクタ 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="133350" y="11515725"/>
-          <a:ext cx="7620000" cy="0"/>
-[...59 lines deleted...]
-          <a:off x="133350" y="11706225"/>
           <a:ext cx="7620000" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="6350">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:prstDash val="lgDashDot"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
@@ -3759,8416 +3221,6107 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BE52"/>
+  <dimension ref="A1:BE49"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="AV12" sqref="AV12"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="17.399999999999999" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="1.25" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="32" max="39" width="3.375" style="1" customWidth="1"/>
+    <col min="1" max="1" width="1.21875" style="1" customWidth="1"/>
+    <col min="2" max="29" width="3.33203125" style="1" customWidth="1"/>
+    <col min="30" max="30" width="4.88671875" style="1" customWidth="1"/>
+    <col min="31" max="31" width="5.6640625" style="1" customWidth="1"/>
+    <col min="32" max="39" width="3.33203125" style="1" customWidth="1"/>
     <col min="40" max="46" width="2" style="1" customWidth="1"/>
     <col min="47" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:57" x14ac:dyDescent="0.15">
+    <row r="1" spans="1:57" x14ac:dyDescent="0.2">
       <c r="B1" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="3"/>
       <c r="X1" s="3"/>
       <c r="Y1" s="3"/>
       <c r="Z1" s="3"/>
       <c r="AA1" s="3"/>
       <c r="AB1" s="3"/>
       <c r="AC1" s="3"/>
       <c r="AD1" s="3"/>
       <c r="AE1" s="3"/>
       <c r="AF1" s="3"/>
       <c r="AG1" s="3"/>
       <c r="AH1" s="3"/>
       <c r="AI1" s="3"/>
       <c r="AJ1" s="4"/>
       <c r="AK1" s="4"/>
       <c r="AL1" s="4"/>
       <c r="AM1" s="4"/>
     </row>
-    <row r="2" spans="1:57" s="16" customFormat="1" ht="22.5" x14ac:dyDescent="0.15">
-[...42 lines deleted...]
-    <row r="3" spans="1:57" x14ac:dyDescent="0.15">
+    <row r="2" spans="1:57" s="15" customFormat="1" ht="21.6" x14ac:dyDescent="0.2">
+      <c r="A2" s="93" t="s">
+        <v>105</v>
+      </c>
+      <c r="B2" s="93"/>
+      <c r="C2" s="93"/>
+      <c r="D2" s="93"/>
+      <c r="E2" s="93"/>
+      <c r="F2" s="93"/>
+      <c r="G2" s="93"/>
+      <c r="H2" s="93"/>
+      <c r="I2" s="93"/>
+      <c r="J2" s="93"/>
+      <c r="K2" s="93"/>
+      <c r="L2" s="93"/>
+      <c r="M2" s="93"/>
+      <c r="N2" s="93"/>
+      <c r="O2" s="93"/>
+      <c r="P2" s="93"/>
+      <c r="Q2" s="93"/>
+      <c r="R2" s="93"/>
+      <c r="S2" s="93"/>
+      <c r="T2" s="93"/>
+      <c r="U2" s="93"/>
+      <c r="V2" s="93"/>
+      <c r="W2" s="93"/>
+      <c r="X2" s="93"/>
+      <c r="Y2" s="93"/>
+      <c r="Z2" s="93"/>
+      <c r="AA2" s="93"/>
+      <c r="AB2" s="93"/>
+      <c r="AC2" s="93"/>
+      <c r="AD2" s="93"/>
+      <c r="AE2" s="93"/>
+      <c r="AF2" s="14"/>
+      <c r="AG2" s="14"/>
+      <c r="AH2" s="14"/>
+      <c r="AI2" s="14"/>
+      <c r="AJ2" s="14"/>
+      <c r="AK2" s="14"/>
+      <c r="AL2" s="14"/>
+      <c r="AM2" s="14"/>
+    </row>
+    <row r="3" spans="1:57" x14ac:dyDescent="0.2">
       <c r="B3" s="3"/>
-      <c r="C3" s="4"/>
-[...32 lines deleted...]
-      <c r="AJ3" s="4"/>
+      <c r="C3" s="3"/>
+      <c r="D3" s="3"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="3"/>
+      <c r="O3" s="3"/>
+      <c r="P3" s="3"/>
+      <c r="Q3" s="3"/>
+      <c r="R3" s="3"/>
+      <c r="S3" s="3"/>
+      <c r="T3" s="3"/>
+      <c r="U3" s="3"/>
+      <c r="V3" s="3"/>
+      <c r="W3" s="149" t="s">
+        <v>113</v>
+      </c>
+      <c r="X3" s="149"/>
+      <c r="Y3" s="149"/>
+      <c r="Z3" s="149"/>
+      <c r="AA3" s="149"/>
+      <c r="AB3" s="149"/>
+      <c r="AC3" s="149"/>
+      <c r="AD3" s="149"/>
       <c r="AK3" s="4"/>
       <c r="AL3" s="4"/>
       <c r="AM3" s="4"/>
     </row>
-    <row r="4" spans="1:57" x14ac:dyDescent="0.15">
-[...124 lines deleted...]
-    <row r="8" spans="1:57" s="5" customFormat="1" x14ac:dyDescent="0.15">
+    <row r="4" spans="1:57" s="20" customFormat="1" ht="13.2" x14ac:dyDescent="0.2">
+      <c r="B4" s="21"/>
+      <c r="C4" s="21"/>
+      <c r="D4" s="21"/>
+      <c r="E4" s="21"/>
+      <c r="F4" s="21"/>
+      <c r="G4" s="21"/>
+      <c r="H4" s="21"/>
+      <c r="I4" s="21"/>
+      <c r="J4" s="21"/>
+      <c r="K4" s="21"/>
+      <c r="L4" s="21"/>
+      <c r="M4" s="21"/>
+      <c r="N4" s="21"/>
+      <c r="O4" s="21"/>
+      <c r="P4" s="21"/>
+      <c r="Q4" s="21"/>
+      <c r="R4" s="21"/>
+      <c r="AD4" s="21"/>
+      <c r="AE4" s="21"/>
+      <c r="AF4" s="21"/>
+      <c r="AG4" s="21"/>
+      <c r="AH4" s="21"/>
+      <c r="AI4" s="21"/>
+      <c r="AJ4" s="21"/>
+      <c r="AK4" s="22"/>
+      <c r="AL4" s="22"/>
+      <c r="AM4" s="22"/>
+    </row>
+    <row r="5" spans="1:57" s="5" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="99" t="s">
+        <v>70</v>
+      </c>
+      <c r="C5" s="99"/>
+      <c r="D5" s="99"/>
+      <c r="E5" s="99"/>
+      <c r="F5" s="99"/>
+      <c r="G5" s="99"/>
+      <c r="H5" s="99"/>
+      <c r="I5" s="6"/>
+      <c r="J5" s="6"/>
+      <c r="K5" s="6"/>
+      <c r="L5" s="6"/>
+      <c r="M5" s="6"/>
+      <c r="N5" s="6"/>
+      <c r="O5" s="6"/>
+      <c r="P5" s="6"/>
+      <c r="Q5" s="6"/>
+      <c r="R5" s="6"/>
+      <c r="AF5" s="6"/>
+      <c r="AG5" s="6"/>
+      <c r="AH5" s="6"/>
+      <c r="AI5" s="6"/>
+      <c r="AJ5" s="6"/>
+      <c r="AK5" s="6"/>
+      <c r="AL5" s="6"/>
+      <c r="AM5" s="6"/>
+      <c r="AQ5" s="20"/>
+    </row>
+    <row r="6" spans="1:57" s="23" customFormat="1" ht="13.2" x14ac:dyDescent="0.2">
+      <c r="B6" s="24"/>
+      <c r="C6" s="24"/>
+      <c r="D6" s="24"/>
+      <c r="E6" s="24"/>
+      <c r="F6" s="24"/>
+      <c r="G6" s="24"/>
+      <c r="H6" s="24"/>
+      <c r="I6" s="24"/>
+      <c r="J6" s="24"/>
+      <c r="K6" s="24"/>
+      <c r="L6" s="24"/>
+      <c r="M6" s="24"/>
+      <c r="N6" s="24"/>
+      <c r="O6" s="24"/>
+      <c r="P6" s="24"/>
+      <c r="Q6" s="24"/>
+      <c r="R6" s="24"/>
+      <c r="AC6" s="24"/>
+      <c r="AD6" s="24"/>
+      <c r="AE6" s="24"/>
+      <c r="AF6" s="24"/>
+      <c r="AG6" s="24"/>
+      <c r="AH6" s="24"/>
+      <c r="AI6" s="24"/>
+      <c r="AJ6" s="24"/>
+      <c r="AK6" s="24"/>
+      <c r="AL6" s="24"/>
+      <c r="AM6" s="24"/>
+    </row>
+    <row r="7" spans="1:57" s="5" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="6"/>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6"/>
+      <c r="E7" s="6"/>
+      <c r="F7" s="6"/>
+      <c r="G7" s="6"/>
+      <c r="H7" s="6"/>
+      <c r="I7" s="6"/>
+      <c r="J7" s="6"/>
+      <c r="K7" s="6"/>
+      <c r="L7" s="6"/>
+      <c r="N7" s="152" t="s">
+        <v>2</v>
+      </c>
+      <c r="O7" s="152"/>
+      <c r="P7" s="94" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q7" s="94"/>
+      <c r="R7" s="94"/>
+      <c r="S7" s="94"/>
+      <c r="T7" s="94"/>
+      <c r="U7" s="94"/>
+      <c r="V7" s="94"/>
+      <c r="W7" s="94"/>
+      <c r="X7" s="94"/>
+      <c r="Y7" s="94"/>
+      <c r="Z7" s="94"/>
+      <c r="AA7" s="94"/>
+      <c r="AB7" s="94"/>
+      <c r="AC7" s="94"/>
+      <c r="AD7" s="94"/>
+      <c r="AE7" s="94"/>
+      <c r="AF7" s="6"/>
+      <c r="AG7" s="6"/>
+      <c r="AH7" s="6"/>
+      <c r="AI7" s="6"/>
+      <c r="AJ7" s="6"/>
+      <c r="AK7" s="6"/>
+      <c r="AL7" s="6"/>
+      <c r="AM7" s="6"/>
+    </row>
+    <row r="8" spans="1:57" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
-      <c r="L8" s="6"/>
-[...21 lines deleted...]
-      <c r="AE8" s="98"/>
+      <c r="L8" s="7"/>
+      <c r="N8" s="29"/>
+      <c r="O8" s="29"/>
+      <c r="P8" s="94" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q8" s="94"/>
+      <c r="R8" s="94"/>
+      <c r="S8" s="94"/>
+      <c r="T8" s="94"/>
+      <c r="U8" s="94"/>
+      <c r="V8" s="94"/>
+      <c r="W8" s="94"/>
+      <c r="X8" s="94"/>
+      <c r="Y8" s="94"/>
+      <c r="Z8" s="94"/>
+      <c r="AA8" s="94"/>
+      <c r="AB8" s="94"/>
+      <c r="AC8" s="94"/>
+      <c r="AD8" s="94"/>
+      <c r="AE8" s="94"/>
       <c r="AF8" s="6"/>
       <c r="AG8" s="6"/>
       <c r="AH8" s="6"/>
       <c r="AI8" s="6"/>
-      <c r="AJ8" s="6"/>
-      <c r="AK8" s="6"/>
       <c r="AL8" s="6"/>
       <c r="AM8" s="6"/>
     </row>
-    <row r="9" spans="1:57" s="5" customFormat="1" x14ac:dyDescent="0.15">
+    <row r="9" spans="1:57" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="6"/>
       <c r="C9" s="6"/>
       <c r="D9" s="6"/>
       <c r="E9" s="6"/>
       <c r="F9" s="6"/>
       <c r="G9" s="6"/>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="7"/>
-      <c r="N9" s="30"/>
-[...18 lines deleted...]
-      <c r="AE9" s="98"/>
+      <c r="N9" s="152" t="s">
+        <v>0</v>
+      </c>
+      <c r="O9" s="152"/>
+      <c r="P9" s="94" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q9" s="94"/>
+      <c r="R9" s="94"/>
+      <c r="S9" s="94"/>
+      <c r="T9" s="94"/>
+      <c r="U9" s="94"/>
+      <c r="V9" s="94"/>
+      <c r="W9" s="94"/>
+      <c r="X9" s="94"/>
+      <c r="Y9" s="94"/>
+      <c r="Z9" s="94"/>
+      <c r="AA9" s="94"/>
+      <c r="AB9" s="151" t="s">
+        <v>58</v>
+      </c>
+      <c r="AC9" s="151"/>
+      <c r="AD9" s="151"/>
+      <c r="AE9" s="151"/>
       <c r="AF9" s="6"/>
       <c r="AG9" s="6"/>
-      <c r="AH9" s="6"/>
       <c r="AI9" s="6"/>
       <c r="AL9" s="6"/>
       <c r="AM9" s="6"/>
     </row>
-    <row r="10" spans="1:57" s="5" customFormat="1" x14ac:dyDescent="0.15">
+    <row r="10" spans="1:57" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="7"/>
-      <c r="N10" s="97" t="s">
-[...22 lines deleted...]
-      <c r="AE10" s="96"/>
+      <c r="N10" s="152"/>
+      <c r="O10" s="152"/>
+      <c r="P10" s="94" t="s">
+        <v>83</v>
+      </c>
+      <c r="Q10" s="94"/>
+      <c r="R10" s="94"/>
+      <c r="S10" s="94"/>
+      <c r="T10" s="94"/>
+      <c r="U10" s="94"/>
+      <c r="V10" s="94"/>
+      <c r="W10" s="94"/>
+      <c r="X10" s="94"/>
+      <c r="Y10" s="94"/>
+      <c r="Z10" s="94"/>
+      <c r="AA10" s="94"/>
+      <c r="AB10" s="151"/>
+      <c r="AC10" s="151"/>
+      <c r="AD10" s="151"/>
+      <c r="AE10" s="151"/>
       <c r="AF10" s="6"/>
       <c r="AG10" s="6"/>
+      <c r="AH10" s="6"/>
       <c r="AI10" s="6"/>
       <c r="AL10" s="6"/>
       <c r="AM10" s="6"/>
-    </row>
-[...156 lines deleted...]
-      <c r="AE14" s="124"/>
+      <c r="BE10" s="6"/>
+    </row>
+    <row r="11" spans="1:57" s="23" customFormat="1" ht="13.2" x14ac:dyDescent="0.2">
+      <c r="B11" s="24"/>
+      <c r="C11" s="24"/>
+      <c r="D11" s="24"/>
+      <c r="E11" s="24"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="24"/>
+      <c r="H11" s="24"/>
+      <c r="I11" s="24"/>
+      <c r="J11" s="24"/>
+      <c r="K11" s="24"/>
+      <c r="L11" s="24"/>
+      <c r="M11" s="24"/>
+      <c r="N11" s="24"/>
+      <c r="O11" s="24"/>
+      <c r="P11" s="24"/>
+      <c r="Q11" s="24"/>
+      <c r="R11" s="24"/>
+      <c r="S11" s="24"/>
+      <c r="T11" s="24"/>
+      <c r="U11" s="24"/>
+      <c r="V11" s="24"/>
+      <c r="W11" s="24"/>
+      <c r="X11" s="24"/>
+      <c r="Y11" s="24"/>
+      <c r="Z11" s="24"/>
+      <c r="AA11" s="24"/>
+      <c r="AB11" s="24"/>
+      <c r="AC11" s="24"/>
+      <c r="AD11" s="24"/>
+      <c r="AE11" s="24"/>
+      <c r="AF11" s="24"/>
+      <c r="AG11" s="24"/>
+      <c r="AH11" s="24"/>
+      <c r="AI11" s="24"/>
+      <c r="AJ11" s="24"/>
+      <c r="AK11" s="24"/>
+      <c r="AL11" s="24"/>
+      <c r="AM11" s="24"/>
+      <c r="BE11" s="24"/>
+    </row>
+    <row r="12" spans="1:57" s="5" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="95" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" s="95"/>
+      <c r="D12" s="95"/>
+      <c r="E12" s="95"/>
+      <c r="F12" s="95"/>
+      <c r="G12" s="95"/>
+      <c r="H12" s="95"/>
+      <c r="I12" s="95"/>
+      <c r="J12" s="95"/>
+      <c r="K12" s="95"/>
+      <c r="L12" s="95"/>
+      <c r="M12" s="95"/>
+      <c r="N12" s="95"/>
+      <c r="O12" s="95"/>
+      <c r="P12" s="95"/>
+      <c r="Q12" s="95"/>
+      <c r="R12" s="95"/>
+      <c r="S12" s="95"/>
+      <c r="T12" s="95"/>
+      <c r="U12" s="95"/>
+      <c r="V12" s="95"/>
+      <c r="W12" s="95"/>
+      <c r="X12" s="95"/>
+      <c r="Y12" s="95"/>
+      <c r="Z12" s="95"/>
+      <c r="AA12" s="95"/>
+      <c r="AB12" s="95"/>
+      <c r="AC12" s="95"/>
+      <c r="AD12" s="95"/>
+      <c r="AE12" s="95"/>
+      <c r="AF12" s="10"/>
+      <c r="AG12" s="10"/>
+      <c r="AH12" s="10"/>
+      <c r="AI12" s="10"/>
+      <c r="AJ12" s="10"/>
+      <c r="AK12" s="10"/>
+      <c r="AL12" s="10"/>
+      <c r="AM12" s="10"/>
+      <c r="BE12" s="6"/>
+    </row>
+    <row r="13" spans="1:57" s="5" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="96" t="s">
+        <v>112</v>
+      </c>
+      <c r="C13" s="96"/>
+      <c r="D13" s="96"/>
+      <c r="E13" s="96"/>
+      <c r="F13" s="96"/>
+      <c r="G13" s="96"/>
+      <c r="H13" s="96"/>
+      <c r="I13" s="96"/>
+      <c r="J13" s="96"/>
+      <c r="K13" s="96"/>
+      <c r="L13" s="96"/>
+      <c r="M13" s="96"/>
+      <c r="N13" s="96"/>
+      <c r="O13" s="96"/>
+      <c r="P13" s="96"/>
+      <c r="Q13" s="96"/>
+      <c r="R13" s="96"/>
+      <c r="S13" s="96"/>
+      <c r="T13" s="96"/>
+      <c r="U13" s="96"/>
+      <c r="V13" s="96"/>
+      <c r="W13" s="96"/>
+      <c r="X13" s="96"/>
+      <c r="Y13" s="96"/>
+      <c r="Z13" s="96"/>
+      <c r="AA13" s="96"/>
+      <c r="AB13" s="96"/>
+      <c r="AC13" s="96"/>
+      <c r="AD13" s="96"/>
+      <c r="AE13" s="96"/>
+      <c r="AF13" s="6"/>
+      <c r="AG13" s="6"/>
+      <c r="AH13" s="6"/>
+      <c r="AI13" s="6"/>
+      <c r="AJ13" s="6"/>
+      <c r="AK13" s="6"/>
+      <c r="AL13" s="6"/>
+      <c r="AM13" s="6"/>
+    </row>
+    <row r="14" spans="1:57" s="5" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="96"/>
+      <c r="C14" s="96"/>
+      <c r="D14" s="96"/>
+      <c r="E14" s="96"/>
+      <c r="F14" s="96"/>
+      <c r="G14" s="96"/>
+      <c r="H14" s="96"/>
+      <c r="I14" s="96"/>
+      <c r="J14" s="96"/>
+      <c r="K14" s="96"/>
+      <c r="L14" s="96"/>
+      <c r="M14" s="96"/>
+      <c r="N14" s="96"/>
+      <c r="O14" s="96"/>
+      <c r="P14" s="96"/>
+      <c r="Q14" s="96"/>
+      <c r="R14" s="96"/>
+      <c r="S14" s="96"/>
+      <c r="T14" s="96"/>
+      <c r="U14" s="96"/>
+      <c r="V14" s="96"/>
+      <c r="W14" s="96"/>
+      <c r="X14" s="96"/>
+      <c r="Y14" s="96"/>
+      <c r="Z14" s="96"/>
+      <c r="AA14" s="96"/>
+      <c r="AB14" s="96"/>
+      <c r="AC14" s="96"/>
+      <c r="AD14" s="96"/>
+      <c r="AE14" s="96"/>
       <c r="AF14" s="6"/>
       <c r="AG14" s="6"/>
       <c r="AH14" s="6"/>
       <c r="AI14" s="6"/>
       <c r="AJ14" s="6"/>
       <c r="AK14" s="6"/>
       <c r="AL14" s="6"/>
       <c r="AM14" s="6"/>
     </row>
-    <row r="15" spans="1:57" s="5" customFormat="1" x14ac:dyDescent="0.15">
-[...39 lines deleted...]
-    <row r="16" spans="1:57" s="24" customFormat="1" ht="14.25" x14ac:dyDescent="0.15">
+    <row r="15" spans="1:57" s="23" customFormat="1" ht="13.2" x14ac:dyDescent="0.2">
+      <c r="B15" s="24"/>
+      <c r="C15" s="24"/>
+      <c r="D15" s="24"/>
+      <c r="E15" s="24"/>
+      <c r="F15" s="24"/>
+      <c r="G15" s="24"/>
+      <c r="H15" s="24"/>
+      <c r="I15" s="24"/>
+      <c r="J15" s="24"/>
+      <c r="K15" s="24"/>
+      <c r="L15" s="24"/>
+      <c r="M15" s="24"/>
+      <c r="N15" s="24"/>
+      <c r="O15" s="24"/>
+      <c r="P15" s="24"/>
+      <c r="Q15" s="24"/>
+      <c r="R15" s="24"/>
+      <c r="S15" s="24"/>
+      <c r="T15" s="24"/>
+      <c r="U15" s="24"/>
+      <c r="V15" s="24"/>
+      <c r="W15" s="24"/>
+      <c r="X15" s="24"/>
+      <c r="Y15" s="24"/>
+      <c r="Z15" s="24"/>
+      <c r="AA15" s="24"/>
+      <c r="AB15" s="24"/>
+      <c r="AC15" s="24"/>
+      <c r="AD15" s="24"/>
+      <c r="AE15" s="24"/>
+      <c r="AF15" s="24"/>
+      <c r="AG15" s="24"/>
+      <c r="AH15" s="24"/>
+      <c r="AI15" s="24"/>
+      <c r="AJ15" s="24"/>
+      <c r="AK15" s="24"/>
+      <c r="AL15" s="24"/>
+      <c r="AM15" s="24"/>
+    </row>
+    <row r="16" spans="1:57" s="23" customFormat="1" ht="13.2" x14ac:dyDescent="0.2">
       <c r="B16" s="25"/>
       <c r="C16" s="25"/>
       <c r="D16" s="25"/>
       <c r="E16" s="25"/>
       <c r="F16" s="25"/>
       <c r="G16" s="25"/>
       <c r="H16" s="25"/>
       <c r="I16" s="25"/>
       <c r="J16" s="25"/>
       <c r="K16" s="25"/>
       <c r="L16" s="25"/>
       <c r="M16" s="25"/>
       <c r="N16" s="25"/>
       <c r="O16" s="25"/>
       <c r="P16" s="25"/>
       <c r="Q16" s="25"/>
       <c r="R16" s="25"/>
       <c r="S16" s="25"/>
       <c r="T16" s="25"/>
       <c r="U16" s="25"/>
       <c r="V16" s="25"/>
       <c r="W16" s="25"/>
       <c r="X16" s="25"/>
       <c r="Y16" s="25"/>
       <c r="Z16" s="25"/>
       <c r="AA16" s="25"/>
       <c r="AB16" s="25"/>
       <c r="AC16" s="25"/>
       <c r="AD16" s="25"/>
       <c r="AE16" s="25"/>
       <c r="AF16" s="25"/>
       <c r="AG16" s="25"/>
       <c r="AH16" s="25"/>
       <c r="AI16" s="25"/>
       <c r="AJ16" s="25"/>
       <c r="AK16" s="25"/>
       <c r="AL16" s="25"/>
-      <c r="AM16" s="25"/>
-[...167 lines deleted...]
-    <row r="21" spans="2:39" s="5" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="AM16" s="24"/>
+    </row>
+    <row r="17" spans="2:39" s="29" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="100" t="s">
+        <v>72</v>
+      </c>
+      <c r="C17" s="100"/>
+      <c r="D17" s="100"/>
+      <c r="E17" s="100"/>
+      <c r="F17" s="100"/>
+      <c r="G17" s="100"/>
+      <c r="H17" s="100"/>
+      <c r="I17" s="100"/>
+      <c r="J17" s="100"/>
+      <c r="K17" s="100"/>
+      <c r="L17" s="100"/>
+      <c r="M17" s="100"/>
+      <c r="N17" s="100"/>
+      <c r="O17" s="100"/>
+      <c r="P17" s="100"/>
+      <c r="Q17" s="100"/>
+      <c r="R17" s="100"/>
+      <c r="S17" s="100"/>
+      <c r="T17" s="100"/>
+      <c r="U17" s="100"/>
+      <c r="V17" s="100"/>
+      <c r="W17" s="100"/>
+      <c r="X17" s="100"/>
+      <c r="Y17" s="100"/>
+      <c r="Z17" s="100"/>
+      <c r="AA17" s="100"/>
+      <c r="AB17" s="100"/>
+      <c r="AC17" s="100"/>
+      <c r="AD17" s="100"/>
+      <c r="AE17" s="100"/>
+      <c r="AF17" s="28"/>
+      <c r="AG17" s="28"/>
+      <c r="AH17" s="28"/>
+      <c r="AI17" s="28"/>
+      <c r="AJ17" s="28"/>
+      <c r="AK17" s="28"/>
+      <c r="AL17" s="28"/>
+      <c r="AM17" s="28"/>
+    </row>
+    <row r="18" spans="2:39" s="5" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="7"/>
+      <c r="C18" s="9"/>
+      <c r="D18" s="153" t="s">
+        <v>74</v>
+      </c>
+      <c r="E18" s="153"/>
+      <c r="F18" s="153"/>
+      <c r="G18" s="153"/>
+      <c r="H18" s="153"/>
+      <c r="I18" s="153"/>
+      <c r="J18" s="153"/>
+      <c r="K18" s="153"/>
+      <c r="L18" s="153"/>
+      <c r="M18" s="153"/>
+      <c r="N18" s="153"/>
+      <c r="O18" s="153"/>
+      <c r="P18" s="153"/>
+      <c r="Q18" s="153"/>
+      <c r="R18" s="153"/>
+      <c r="S18" s="153"/>
+      <c r="T18" s="153"/>
+      <c r="U18" s="153"/>
+      <c r="V18" s="153"/>
+      <c r="W18" s="153"/>
+      <c r="X18" s="153"/>
+      <c r="Y18" s="153"/>
+      <c r="Z18" s="153"/>
+      <c r="AA18" s="153"/>
+      <c r="AB18" s="153"/>
+      <c r="AC18" s="153"/>
+      <c r="AD18" s="153"/>
+      <c r="AE18" s="153"/>
+      <c r="AF18" s="7"/>
+      <c r="AG18" s="7"/>
+      <c r="AH18" s="7"/>
+      <c r="AI18" s="7"/>
+      <c r="AJ18" s="7"/>
+      <c r="AK18" s="7"/>
+      <c r="AL18" s="7"/>
+      <c r="AM18" s="6"/>
+    </row>
+    <row r="19" spans="2:39" s="5" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="7"/>
+      <c r="C19" s="7"/>
+      <c r="D19" s="7"/>
+      <c r="E19" s="7"/>
+      <c r="F19" s="7"/>
+      <c r="G19" s="7"/>
+      <c r="H19" s="7"/>
+      <c r="I19" s="7"/>
+      <c r="J19" s="7"/>
+      <c r="K19" s="7"/>
+      <c r="L19" s="7"/>
+      <c r="M19" s="7"/>
+      <c r="N19" s="7"/>
+      <c r="O19" s="7"/>
+      <c r="P19" s="7"/>
+      <c r="Q19" s="7"/>
+      <c r="R19" s="7"/>
+      <c r="S19" s="7"/>
+      <c r="AC19" s="7"/>
+      <c r="AD19" s="7"/>
+      <c r="AE19" s="7"/>
+      <c r="AF19" s="7"/>
+      <c r="AG19" s="7"/>
+      <c r="AH19" s="7"/>
+      <c r="AI19" s="7"/>
+      <c r="AJ19" s="7"/>
+      <c r="AK19" s="7"/>
+      <c r="AL19" s="7"/>
+      <c r="AM19" s="6"/>
+    </row>
+    <row r="20" spans="2:39" s="29" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="100" t="s">
+        <v>71</v>
+      </c>
+      <c r="C20" s="100"/>
+      <c r="D20" s="100"/>
+      <c r="E20" s="100"/>
+      <c r="F20" s="100"/>
+      <c r="G20" s="100"/>
+      <c r="H20" s="100"/>
+      <c r="I20" s="100"/>
+      <c r="J20" s="100"/>
+      <c r="K20" s="100"/>
+      <c r="L20" s="100"/>
+      <c r="M20" s="100"/>
+      <c r="N20" s="100"/>
+      <c r="O20" s="100"/>
+      <c r="P20" s="100"/>
+      <c r="Q20" s="100"/>
+      <c r="R20" s="100"/>
+      <c r="S20" s="100"/>
+      <c r="T20" s="100"/>
+      <c r="U20" s="100"/>
+      <c r="V20" s="100"/>
+      <c r="W20" s="100"/>
+      <c r="X20" s="100"/>
+      <c r="Y20" s="100"/>
+      <c r="Z20" s="100"/>
+      <c r="AA20" s="100"/>
+      <c r="AB20" s="100"/>
+      <c r="AC20" s="100"/>
+      <c r="AD20" s="100"/>
+      <c r="AE20" s="100"/>
+      <c r="AF20" s="27"/>
+      <c r="AG20" s="27"/>
+      <c r="AH20" s="27"/>
+      <c r="AI20" s="27"/>
+      <c r="AJ20" s="27"/>
+      <c r="AK20" s="27"/>
+      <c r="AL20" s="27"/>
+      <c r="AM20" s="28"/>
+    </row>
+    <row r="21" spans="2:39" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B21" s="7"/>
-      <c r="C21" s="7"/>
-[...20 lines deleted...]
-      <c r="AG21" s="7"/>
+      <c r="C21" s="9"/>
+      <c r="D21" s="98" t="s">
+        <v>73</v>
+      </c>
+      <c r="E21" s="98"/>
+      <c r="F21" s="98"/>
+      <c r="G21" s="98"/>
+      <c r="H21" s="98"/>
+      <c r="I21" s="98"/>
+      <c r="J21" s="98"/>
+      <c r="K21" s="98"/>
+      <c r="L21" s="98"/>
+      <c r="M21" s="98"/>
+      <c r="N21" s="98"/>
+      <c r="O21" s="98"/>
+      <c r="P21" s="98"/>
+      <c r="Q21" s="98"/>
+      <c r="R21" s="98"/>
+      <c r="S21" s="98"/>
+      <c r="T21" s="98"/>
+      <c r="U21" s="98"/>
+      <c r="V21" s="98"/>
+      <c r="W21" s="98"/>
+      <c r="X21" s="98"/>
+      <c r="Y21" s="98"/>
+      <c r="Z21" s="98"/>
+      <c r="AA21" s="98"/>
+      <c r="AB21" s="98"/>
+      <c r="AC21" s="98"/>
+      <c r="AD21" s="98"/>
+      <c r="AE21" s="98"/>
+      <c r="AF21" s="98"/>
+      <c r="AG21" s="98"/>
       <c r="AH21" s="7"/>
       <c r="AI21" s="7"/>
       <c r="AJ21" s="7"/>
       <c r="AK21" s="7"/>
       <c r="AL21" s="7"/>
       <c r="AM21" s="6"/>
     </row>
-    <row r="22" spans="2:39" s="30" customFormat="1" x14ac:dyDescent="0.15">
-[...80 lines deleted...]
-      <c r="AL23" s="7"/>
+    <row r="22" spans="2:39" s="83" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="82"/>
+      <c r="C22" s="9"/>
+      <c r="D22" s="81"/>
+      <c r="E22" s="81"/>
+      <c r="F22" s="81"/>
+      <c r="G22" s="81"/>
+      <c r="H22" s="81"/>
+      <c r="I22" s="81"/>
+      <c r="J22" s="81"/>
+      <c r="K22" s="81"/>
+      <c r="L22" s="81"/>
+      <c r="M22" s="81"/>
+      <c r="N22" s="81"/>
+      <c r="O22" s="81"/>
+      <c r="P22" s="81"/>
+      <c r="Q22" s="81"/>
+      <c r="R22" s="81"/>
+      <c r="S22" s="81"/>
+      <c r="T22" s="81"/>
+      <c r="U22" s="81"/>
+      <c r="V22" s="81"/>
+      <c r="W22" s="81"/>
+      <c r="X22" s="81"/>
+      <c r="Y22" s="81"/>
+      <c r="Z22" s="81"/>
+      <c r="AA22" s="81"/>
+      <c r="AB22" s="81"/>
+      <c r="AC22" s="81"/>
+      <c r="AD22" s="81"/>
+      <c r="AE22" s="81"/>
+      <c r="AF22" s="81"/>
+      <c r="AG22" s="81"/>
+      <c r="AH22" s="82"/>
+      <c r="AI22" s="82"/>
+      <c r="AJ22" s="82"/>
+      <c r="AK22" s="82"/>
+      <c r="AL22" s="82"/>
+      <c r="AM22" s="6"/>
+    </row>
+    <row r="23" spans="2:39" s="83" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="100" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" s="100"/>
+      <c r="D23" s="100"/>
+      <c r="E23" s="100"/>
+      <c r="F23" s="100"/>
+      <c r="G23" s="100"/>
+      <c r="H23" s="100"/>
+      <c r="I23" s="100"/>
+      <c r="J23" s="100"/>
+      <c r="K23" s="100"/>
+      <c r="L23" s="100"/>
+      <c r="M23" s="100"/>
+      <c r="N23" s="100"/>
+      <c r="O23" s="100"/>
+      <c r="P23" s="100"/>
+      <c r="Q23" s="100"/>
+      <c r="R23" s="100"/>
+      <c r="S23" s="100"/>
+      <c r="T23" s="100"/>
+      <c r="U23" s="100"/>
+      <c r="V23" s="100"/>
+      <c r="W23" s="100"/>
+      <c r="X23" s="100"/>
+      <c r="Y23" s="100"/>
+      <c r="Z23" s="100"/>
+      <c r="AA23" s="100"/>
+      <c r="AB23" s="100"/>
+      <c r="AC23" s="100"/>
+      <c r="AD23" s="100"/>
+      <c r="AE23" s="100"/>
+      <c r="AF23" s="81"/>
+      <c r="AG23" s="81"/>
+      <c r="AH23" s="82"/>
+      <c r="AI23" s="82"/>
+      <c r="AJ23" s="82"/>
+      <c r="AK23" s="82"/>
+      <c r="AL23" s="82"/>
       <c r="AM23" s="6"/>
     </row>
-    <row r="24" spans="2:39" s="5" customFormat="1" x14ac:dyDescent="0.15">
-[...36 lines deleted...]
-      <c r="AL24" s="7"/>
+    <row r="24" spans="2:39" s="83" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="82"/>
+      <c r="C24" s="9"/>
+      <c r="D24" s="86" t="s">
+        <v>109</v>
+      </c>
+      <c r="E24" s="81"/>
+      <c r="F24" s="81"/>
+      <c r="G24" s="81"/>
+      <c r="H24" s="81"/>
+      <c r="I24" s="81"/>
+      <c r="J24" s="81"/>
+      <c r="K24" s="81"/>
+      <c r="L24" s="81"/>
+      <c r="M24" s="81"/>
+      <c r="N24" s="81"/>
+      <c r="O24" s="81"/>
+      <c r="P24" s="81"/>
+      <c r="Q24" s="81"/>
+      <c r="R24" s="81"/>
+      <c r="S24" s="81"/>
+      <c r="T24" s="81"/>
+      <c r="U24" s="81"/>
+      <c r="V24" s="81"/>
+      <c r="W24" s="81"/>
+      <c r="X24" s="81"/>
+      <c r="Y24" s="81"/>
+      <c r="Z24" s="81"/>
+      <c r="AA24" s="81"/>
+      <c r="AB24" s="81"/>
+      <c r="AC24" s="81"/>
+      <c r="AD24" s="81"/>
+      <c r="AE24" s="81"/>
+      <c r="AF24" s="81"/>
+      <c r="AG24" s="81"/>
+      <c r="AH24" s="82"/>
+      <c r="AI24" s="82"/>
+      <c r="AJ24" s="82"/>
+      <c r="AK24" s="82"/>
+      <c r="AL24" s="82"/>
       <c r="AM24" s="6"/>
     </row>
-    <row r="25" spans="2:39" s="30" customFormat="1" x14ac:dyDescent="0.15">
-[...70 lines deleted...]
-      <c r="X26" s="95" t="s">
+    <row r="25" spans="2:39" s="5" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="7"/>
+      <c r="C25" s="7"/>
+      <c r="D25" s="7"/>
+      <c r="E25" s="7"/>
+      <c r="F25" s="7"/>
+      <c r="G25" s="7"/>
+      <c r="H25" s="7"/>
+      <c r="I25" s="7"/>
+      <c r="J25" s="7"/>
+      <c r="K25" s="7"/>
+      <c r="L25" s="7"/>
+      <c r="M25" s="7"/>
+      <c r="N25" s="7"/>
+      <c r="O25" s="7"/>
+      <c r="P25" s="7"/>
+      <c r="Q25" s="7"/>
+      <c r="R25" s="7"/>
+      <c r="S25" s="7"/>
+      <c r="T25" s="7"/>
+      <c r="U25" s="7"/>
+      <c r="V25" s="7"/>
+      <c r="W25" s="7"/>
+      <c r="X25" s="7"/>
+      <c r="Y25" s="7"/>
+      <c r="Z25" s="7"/>
+      <c r="AA25" s="7"/>
+      <c r="AB25" s="7"/>
+      <c r="AC25" s="7"/>
+      <c r="AD25" s="7"/>
+      <c r="AE25" s="7"/>
+      <c r="AF25" s="7"/>
+      <c r="AG25" s="7"/>
+      <c r="AH25" s="7"/>
+      <c r="AI25" s="7"/>
+      <c r="AJ25" s="7"/>
+      <c r="AK25" s="7"/>
+      <c r="AL25" s="7"/>
+      <c r="AM25" s="6"/>
+    </row>
+    <row r="26" spans="2:39" s="29" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="100" t="s">
+        <v>110</v>
+      </c>
+      <c r="C26" s="100"/>
+      <c r="D26" s="100"/>
+      <c r="E26" s="100"/>
+      <c r="F26" s="100"/>
+      <c r="G26" s="100"/>
+      <c r="H26" s="100"/>
+      <c r="I26" s="100"/>
+      <c r="J26" s="100"/>
+      <c r="K26" s="100"/>
+      <c r="L26" s="100"/>
+      <c r="M26" s="100"/>
+      <c r="N26" s="100"/>
+      <c r="O26" s="100"/>
+      <c r="P26" s="100"/>
+      <c r="Q26" s="100"/>
+      <c r="R26" s="100"/>
+      <c r="S26" s="100"/>
+      <c r="T26" s="100"/>
+      <c r="U26" s="100"/>
+      <c r="V26" s="100"/>
+      <c r="W26" s="100"/>
+      <c r="X26" s="100"/>
+      <c r="Y26" s="100"/>
+      <c r="Z26" s="100"/>
+      <c r="AA26" s="100"/>
+      <c r="AB26" s="100"/>
+      <c r="AC26" s="100"/>
+      <c r="AD26" s="100"/>
+      <c r="AE26" s="100"/>
+      <c r="AF26" s="28"/>
+      <c r="AG26" s="28"/>
+      <c r="AH26" s="28"/>
+      <c r="AI26" s="28"/>
+      <c r="AJ26" s="28"/>
+      <c r="AK26" s="28"/>
+      <c r="AL26" s="28"/>
+      <c r="AM26" s="28"/>
+    </row>
+    <row r="27" spans="2:39" s="84" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="88"/>
+      <c r="C27" s="89" t="s">
+        <v>98</v>
+      </c>
+      <c r="D27" s="85" t="s">
+        <v>97</v>
+      </c>
+      <c r="E27" s="84" t="s">
+        <v>99</v>
+      </c>
+      <c r="F27" s="87" t="s">
         <v>100</v>
       </c>
-      <c r="Y26" s="95"/>
-[...103 lines deleted...]
-    <row r="29" spans="2:39" s="5" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="T27" s="88"/>
+      <c r="U27" s="29"/>
+      <c r="V27" s="29"/>
+      <c r="W27" s="88"/>
+      <c r="X27" s="150"/>
+      <c r="Y27" s="150"/>
+      <c r="Z27" s="150"/>
+      <c r="AA27" s="150"/>
+      <c r="AB27" s="150"/>
+      <c r="AC27" s="150"/>
+      <c r="AD27" s="150"/>
+      <c r="AE27" s="150"/>
+      <c r="AF27" s="90"/>
+      <c r="AG27" s="90"/>
+      <c r="AH27" s="88"/>
+      <c r="AI27" s="88"/>
+      <c r="AJ27" s="88"/>
+      <c r="AK27" s="88"/>
+      <c r="AL27" s="88"/>
+    </row>
+    <row r="28" spans="2:39" s="84" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="88"/>
+      <c r="C28" s="92" t="s">
+        <v>98</v>
+      </c>
+      <c r="E28" s="84" t="s">
+        <v>99</v>
+      </c>
+      <c r="F28" s="87" t="s">
+        <v>101</v>
+      </c>
+      <c r="T28" s="88"/>
+      <c r="U28" s="29"/>
+      <c r="V28" s="29"/>
+      <c r="W28" s="88"/>
+      <c r="X28" s="150"/>
+      <c r="Y28" s="150"/>
+      <c r="Z28" s="150"/>
+      <c r="AA28" s="150"/>
+      <c r="AB28" s="150"/>
+      <c r="AC28" s="150"/>
+      <c r="AD28" s="150"/>
+      <c r="AE28" s="150"/>
+      <c r="AF28" s="88"/>
+      <c r="AG28" s="88"/>
+      <c r="AH28" s="88"/>
+      <c r="AI28" s="88"/>
+      <c r="AJ28" s="88"/>
+      <c r="AK28" s="88"/>
+      <c r="AL28" s="88"/>
+    </row>
+    <row r="29" spans="2:39" s="5" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="8"/>
-      <c r="C29" s="124"/>
-[...37 lines deleted...]
-    <row r="30" spans="2:39" s="5" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="C29" s="96" t="s">
+        <v>89</v>
+      </c>
+      <c r="D29" s="96"/>
+      <c r="E29" s="96"/>
+      <c r="F29" s="96"/>
+      <c r="G29" s="96"/>
+      <c r="H29" s="96"/>
+      <c r="I29" s="96"/>
+      <c r="J29" s="96"/>
+      <c r="K29" s="96"/>
+      <c r="L29" s="96"/>
+      <c r="M29" s="96"/>
+      <c r="N29" s="96"/>
+      <c r="O29" s="96"/>
+      <c r="P29" s="96"/>
+      <c r="Q29" s="96"/>
+      <c r="R29" s="96"/>
+      <c r="S29" s="96"/>
+      <c r="T29" s="96"/>
+      <c r="U29" s="96"/>
+      <c r="V29" s="96"/>
+      <c r="W29" s="96"/>
+      <c r="X29" s="96"/>
+      <c r="Y29" s="96"/>
+      <c r="Z29" s="96"/>
+      <c r="AA29" s="96"/>
+      <c r="AB29" s="96"/>
+      <c r="AC29" s="96"/>
+      <c r="AD29" s="96"/>
+      <c r="AE29" s="96"/>
+      <c r="AF29" s="11"/>
+      <c r="AG29" s="11"/>
+      <c r="AH29" s="11"/>
+      <c r="AI29" s="11"/>
+      <c r="AJ29" s="11"/>
+      <c r="AK29" s="11"/>
+      <c r="AL29" s="11"/>
+      <c r="AM29" s="11"/>
+    </row>
+    <row r="30" spans="2:39" s="5" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="8"/>
-      <c r="C30" s="124"/>
-[...141 lines deleted...]
-      </c>
+      <c r="C30" s="96"/>
+      <c r="D30" s="96"/>
+      <c r="E30" s="96"/>
+      <c r="F30" s="96"/>
+      <c r="G30" s="96"/>
+      <c r="H30" s="96"/>
+      <c r="I30" s="96"/>
+      <c r="J30" s="96"/>
+      <c r="K30" s="96"/>
+      <c r="L30" s="96"/>
+      <c r="M30" s="96"/>
+      <c r="N30" s="96"/>
+      <c r="O30" s="96"/>
+      <c r="P30" s="96"/>
+      <c r="Q30" s="96"/>
+      <c r="R30" s="96"/>
+      <c r="S30" s="96"/>
+      <c r="T30" s="96"/>
+      <c r="U30" s="96"/>
+      <c r="V30" s="96"/>
+      <c r="W30" s="96"/>
+      <c r="X30" s="96"/>
+      <c r="Y30" s="96"/>
+      <c r="Z30" s="96"/>
+      <c r="AA30" s="96"/>
+      <c r="AB30" s="96"/>
+      <c r="AC30" s="96"/>
+      <c r="AD30" s="96"/>
+      <c r="AE30" s="96"/>
+      <c r="AF30" s="11"/>
+      <c r="AG30" s="11"/>
+      <c r="AH30" s="11"/>
+      <c r="AI30" s="11"/>
+      <c r="AJ30" s="11"/>
+      <c r="AK30" s="11"/>
+      <c r="AL30" s="11"/>
+      <c r="AM30" s="11"/>
+    </row>
+    <row r="31" spans="2:39" s="5" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="8"/>
+      <c r="C31" s="96"/>
+      <c r="D31" s="96"/>
+      <c r="E31" s="96"/>
+      <c r="F31" s="96"/>
+      <c r="G31" s="96"/>
+      <c r="H31" s="96"/>
+      <c r="I31" s="96"/>
+      <c r="J31" s="96"/>
+      <c r="K31" s="96"/>
+      <c r="L31" s="96"/>
+      <c r="M31" s="96"/>
+      <c r="N31" s="96"/>
+      <c r="O31" s="96"/>
+      <c r="P31" s="96"/>
+      <c r="Q31" s="96"/>
+      <c r="R31" s="96"/>
+      <c r="S31" s="96"/>
+      <c r="T31" s="96"/>
+      <c r="U31" s="96"/>
+      <c r="V31" s="96"/>
+      <c r="W31" s="96"/>
+      <c r="X31" s="96"/>
+      <c r="Y31" s="96"/>
+      <c r="Z31" s="96"/>
+      <c r="AA31" s="96"/>
+      <c r="AB31" s="96"/>
+      <c r="AC31" s="96"/>
+      <c r="AD31" s="96"/>
+      <c r="AE31" s="96"/>
+      <c r="AF31" s="11"/>
+      <c r="AG31" s="11"/>
+      <c r="AH31" s="11"/>
+      <c r="AI31" s="11"/>
+      <c r="AJ31" s="11"/>
+      <c r="AK31" s="11"/>
+      <c r="AL31" s="11"/>
+      <c r="AM31" s="11"/>
+    </row>
+    <row r="32" spans="2:39" s="5" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="7"/>
+      <c r="C32" s="79"/>
+      <c r="D32" s="79"/>
+      <c r="E32" s="79"/>
+      <c r="F32" s="79"/>
+      <c r="G32" s="79"/>
+      <c r="H32" s="79"/>
+      <c r="I32" s="79"/>
+      <c r="J32" s="79"/>
+      <c r="K32" s="79"/>
+      <c r="L32" s="79"/>
+      <c r="M32" s="79"/>
+      <c r="N32" s="79"/>
+      <c r="O32" s="79"/>
+      <c r="P32" s="79"/>
+      <c r="Q32" s="79"/>
+      <c r="R32" s="79"/>
+      <c r="S32" s="79"/>
+      <c r="T32" s="79"/>
+      <c r="U32" s="79"/>
+      <c r="V32" s="79"/>
+      <c r="W32" s="79"/>
+      <c r="X32" s="79"/>
+      <c r="Y32" s="79"/>
+      <c r="Z32" s="79"/>
+      <c r="AA32" s="80"/>
+      <c r="AB32" s="80"/>
+      <c r="AC32" s="79"/>
+      <c r="AD32" s="79"/>
+      <c r="AE32" s="79"/>
+      <c r="AF32" s="7"/>
+      <c r="AG32" s="7"/>
+      <c r="AH32" s="7"/>
+      <c r="AI32" s="7"/>
+      <c r="AJ32" s="7"/>
+      <c r="AK32" s="7"/>
+      <c r="AL32" s="7"/>
+      <c r="AM32" s="6"/>
+    </row>
+    <row r="33" spans="2:39" s="29" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="114" t="s">
+        <v>104</v>
+      </c>
+      <c r="C33" s="114"/>
+      <c r="D33" s="114"/>
+      <c r="E33" s="114"/>
+      <c r="F33" s="114"/>
+      <c r="G33" s="114"/>
+      <c r="H33" s="114"/>
+      <c r="I33" s="114"/>
+      <c r="J33" s="114"/>
+      <c r="K33" s="114"/>
+      <c r="L33" s="114"/>
+      <c r="M33" s="114"/>
+      <c r="N33" s="114"/>
+      <c r="O33" s="114"/>
+      <c r="P33" s="114"/>
+      <c r="Q33" s="114"/>
+      <c r="R33" s="114"/>
       <c r="S33" s="114"/>
       <c r="T33" s="114"/>
       <c r="U33" s="114"/>
-      <c r="V33" s="115"/>
-[...2 lines deleted...]
-      </c>
+      <c r="V33" s="114"/>
+      <c r="W33" s="114"/>
       <c r="X33" s="114"/>
       <c r="Y33" s="114"/>
       <c r="Z33" s="114"/>
       <c r="AA33" s="114"/>
       <c r="AB33" s="114"/>
       <c r="AC33" s="114"/>
       <c r="AD33" s="114"/>
-      <c r="AE33" s="115"/>
-[...77 lines deleted...]
-      <c r="AE35" s="121"/>
+      <c r="AE33" s="114"/>
+      <c r="AF33" s="27"/>
+      <c r="AG33" s="27"/>
+      <c r="AH33" s="27"/>
+      <c r="AI33" s="27"/>
+      <c r="AJ33" s="27"/>
+      <c r="AK33" s="27"/>
+      <c r="AL33" s="27"/>
+      <c r="AM33" s="28"/>
+    </row>
+    <row r="34" spans="2:39" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C34" s="130" t="s">
+        <v>1</v>
+      </c>
+      <c r="D34" s="130"/>
+      <c r="E34" s="130"/>
+      <c r="F34" s="130" t="s">
+        <v>55</v>
+      </c>
+      <c r="G34" s="130"/>
+      <c r="H34" s="130"/>
+      <c r="I34" s="130"/>
+      <c r="J34" s="130"/>
+      <c r="K34" s="130"/>
+      <c r="L34" s="130"/>
+      <c r="M34" s="130"/>
+      <c r="N34" s="130"/>
+      <c r="O34" s="130"/>
+      <c r="P34" s="130"/>
+      <c r="Q34" s="130"/>
+      <c r="R34" s="127" t="s">
+        <v>76</v>
+      </c>
+      <c r="S34" s="128"/>
+      <c r="T34" s="128"/>
+      <c r="U34" s="128"/>
+      <c r="V34" s="129"/>
+      <c r="W34" s="127" t="s">
+        <v>77</v>
+      </c>
+      <c r="X34" s="128"/>
+      <c r="Y34" s="128"/>
+      <c r="Z34" s="128"/>
+      <c r="AA34" s="128"/>
+      <c r="AB34" s="128"/>
+      <c r="AC34" s="128"/>
+      <c r="AD34" s="128"/>
+      <c r="AE34" s="129"/>
+      <c r="AF34" s="16"/>
+      <c r="AG34" s="16"/>
+      <c r="AH34" s="16"/>
+    </row>
+    <row r="35" spans="2:39" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C35" s="131" t="s">
+        <v>75</v>
+      </c>
+      <c r="D35" s="132"/>
+      <c r="E35" s="133"/>
+      <c r="F35" s="141" t="s">
+        <v>91</v>
+      </c>
+      <c r="G35" s="142"/>
+      <c r="H35" s="142"/>
+      <c r="I35" s="142"/>
+      <c r="J35" s="142"/>
+      <c r="K35" s="142"/>
+      <c r="L35" s="142"/>
+      <c r="M35" s="142"/>
+      <c r="N35" s="142"/>
+      <c r="O35" s="142"/>
+      <c r="P35" s="142"/>
+      <c r="Q35" s="143"/>
+      <c r="R35" s="101" t="s">
+        <v>102</v>
+      </c>
+      <c r="S35" s="102"/>
+      <c r="T35" s="102"/>
+      <c r="U35" s="102"/>
+      <c r="V35" s="103"/>
+      <c r="W35" s="140" t="s">
+        <v>103</v>
+      </c>
+      <c r="X35" s="140"/>
+      <c r="Y35" s="140"/>
+      <c r="Z35" s="140"/>
+      <c r="AA35" s="140"/>
+      <c r="AB35" s="140"/>
+      <c r="AC35" s="140"/>
+      <c r="AD35" s="140"/>
+      <c r="AE35" s="140"/>
       <c r="AF35" s="3"/>
       <c r="AG35" s="3"/>
       <c r="AH35" s="3"/>
     </row>
-    <row r="36" spans="2:39" x14ac:dyDescent="0.15">
-[...32 lines deleted...]
-      <c r="AE36" s="121"/>
+    <row r="36" spans="2:39" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C36" s="134"/>
+      <c r="D36" s="135"/>
+      <c r="E36" s="136"/>
+      <c r="F36" s="145" t="s">
+        <v>92</v>
+      </c>
+      <c r="G36" s="146"/>
+      <c r="H36" s="146"/>
+      <c r="I36" s="146"/>
+      <c r="J36" s="146"/>
+      <c r="K36" s="146"/>
+      <c r="L36" s="146"/>
+      <c r="M36" s="146"/>
+      <c r="N36" s="146"/>
+      <c r="O36" s="146"/>
+      <c r="P36" s="146"/>
+      <c r="Q36" s="147"/>
+      <c r="R36" s="104"/>
+      <c r="S36" s="105"/>
+      <c r="T36" s="105"/>
+      <c r="U36" s="105"/>
+      <c r="V36" s="106"/>
+      <c r="W36" s="140"/>
+      <c r="X36" s="140"/>
+      <c r="Y36" s="140"/>
+      <c r="Z36" s="140"/>
+      <c r="AA36" s="140"/>
+      <c r="AB36" s="140"/>
+      <c r="AC36" s="140"/>
+      <c r="AD36" s="140"/>
+      <c r="AE36" s="140"/>
       <c r="AF36" s="3"/>
       <c r="AG36" s="3"/>
       <c r="AH36" s="3"/>
     </row>
-    <row r="37" spans="2:39" x14ac:dyDescent="0.15">
-[...30 lines deleted...]
-      <c r="AE37" s="121"/>
+    <row r="37" spans="2:39" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C37" s="134"/>
+      <c r="D37" s="135"/>
+      <c r="E37" s="136"/>
+      <c r="F37" s="126" t="s">
+        <v>93</v>
+      </c>
+      <c r="G37" s="126"/>
+      <c r="H37" s="126"/>
+      <c r="I37" s="126"/>
+      <c r="J37" s="126"/>
+      <c r="K37" s="126"/>
+      <c r="L37" s="126"/>
+      <c r="M37" s="126"/>
+      <c r="N37" s="126"/>
+      <c r="O37" s="126"/>
+      <c r="P37" s="126"/>
+      <c r="Q37" s="126"/>
+      <c r="R37" s="107" t="s">
+        <v>96</v>
+      </c>
+      <c r="S37" s="108"/>
+      <c r="T37" s="108"/>
+      <c r="U37" s="108"/>
+      <c r="V37" s="109"/>
+      <c r="W37" s="148" t="s">
+        <v>87</v>
+      </c>
+      <c r="X37" s="148"/>
+      <c r="Y37" s="148"/>
+      <c r="Z37" s="148"/>
+      <c r="AA37" s="148"/>
+      <c r="AB37" s="148"/>
+      <c r="AC37" s="148"/>
+      <c r="AD37" s="148"/>
+      <c r="AE37" s="148"/>
       <c r="AF37" s="3"/>
       <c r="AG37" s="3"/>
       <c r="AH37" s="3"/>
     </row>
-    <row r="38" spans="2:39" x14ac:dyDescent="0.15">
-[...32 lines deleted...]
-      <c r="AE38" s="121"/>
+    <row r="38" spans="2:39" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C38" s="137"/>
+      <c r="D38" s="138"/>
+      <c r="E38" s="139"/>
+      <c r="F38" s="144" t="s">
+        <v>94</v>
+      </c>
+      <c r="G38" s="144"/>
+      <c r="H38" s="144"/>
+      <c r="I38" s="144"/>
+      <c r="J38" s="144"/>
+      <c r="K38" s="144"/>
+      <c r="L38" s="144"/>
+      <c r="M38" s="144"/>
+      <c r="N38" s="144"/>
+      <c r="O38" s="144"/>
+      <c r="P38" s="144"/>
+      <c r="Q38" s="144"/>
+      <c r="R38" s="110"/>
+      <c r="S38" s="111"/>
+      <c r="T38" s="111"/>
+      <c r="U38" s="111"/>
+      <c r="V38" s="112"/>
+      <c r="W38" s="148"/>
+      <c r="X38" s="148"/>
+      <c r="Y38" s="148"/>
+      <c r="Z38" s="148"/>
+      <c r="AA38" s="148"/>
+      <c r="AB38" s="148"/>
+      <c r="AC38" s="148"/>
+      <c r="AD38" s="148"/>
+      <c r="AE38" s="148"/>
       <c r="AF38" s="3"/>
       <c r="AG38" s="3"/>
       <c r="AH38" s="3"/>
     </row>
-    <row r="39" spans="2:39" x14ac:dyDescent="0.15">
-[...181 lines deleted...]
-      <c r="AE43" s="111"/>
+    <row r="39" spans="2:39" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C39" s="142" t="s">
+        <v>111</v>
+      </c>
+      <c r="D39" s="142"/>
+      <c r="E39" s="142"/>
+      <c r="F39" s="142"/>
+      <c r="G39" s="142"/>
+      <c r="H39" s="142"/>
+      <c r="I39" s="142"/>
+      <c r="J39" s="142"/>
+      <c r="K39" s="142"/>
+      <c r="L39" s="142"/>
+      <c r="M39" s="142"/>
+      <c r="N39" s="142"/>
+      <c r="O39" s="142"/>
+      <c r="P39" s="142"/>
+      <c r="Q39" s="142"/>
+      <c r="R39" s="142"/>
+      <c r="S39" s="142"/>
+      <c r="T39" s="142"/>
+      <c r="U39" s="142"/>
+      <c r="V39" s="142"/>
+      <c r="W39" s="142"/>
+      <c r="X39" s="142"/>
+      <c r="Y39" s="142"/>
+      <c r="Z39" s="142"/>
+      <c r="AA39" s="142"/>
+      <c r="AB39" s="142"/>
+      <c r="AC39" s="142"/>
+      <c r="AD39" s="142"/>
+      <c r="AE39" s="142"/>
+      <c r="AF39" s="91"/>
+      <c r="AG39" s="91"/>
+      <c r="AH39" s="91"/>
+    </row>
+    <row r="40" spans="2:39" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C40" s="125" t="s">
+        <v>95</v>
+      </c>
+      <c r="D40" s="125"/>
+      <c r="E40" s="125"/>
+      <c r="F40" s="125"/>
+      <c r="G40" s="125"/>
+      <c r="H40" s="125"/>
+      <c r="I40" s="125"/>
+      <c r="J40" s="125"/>
+      <c r="K40" s="125"/>
+      <c r="L40" s="125"/>
+      <c r="M40" s="125"/>
+      <c r="N40" s="125"/>
+      <c r="O40" s="125"/>
+      <c r="P40" s="125"/>
+      <c r="Q40" s="125"/>
+      <c r="R40" s="125"/>
+      <c r="S40" s="125"/>
+      <c r="T40" s="125"/>
+      <c r="U40" s="125"/>
+      <c r="V40" s="125"/>
+      <c r="W40" s="125"/>
+      <c r="X40" s="125"/>
+      <c r="Y40" s="125"/>
+      <c r="Z40" s="125"/>
+      <c r="AA40" s="125"/>
+      <c r="AB40" s="125"/>
+      <c r="AC40" s="125"/>
+      <c r="AD40" s="125"/>
+      <c r="AE40" s="125"/>
+      <c r="AF40" s="17"/>
+      <c r="AG40" s="17"/>
+      <c r="AH40" s="17"/>
+      <c r="AI40" s="17"/>
+      <c r="AJ40" s="17"/>
+      <c r="AK40" s="17"/>
+      <c r="AL40" s="17"/>
+      <c r="AM40" s="17"/>
+    </row>
+    <row r="41" spans="2:39" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C41" s="125"/>
+      <c r="D41" s="125"/>
+      <c r="E41" s="125"/>
+      <c r="F41" s="125"/>
+      <c r="G41" s="125"/>
+      <c r="H41" s="125"/>
+      <c r="I41" s="125"/>
+      <c r="J41" s="125"/>
+      <c r="K41" s="125"/>
+      <c r="L41" s="125"/>
+      <c r="M41" s="125"/>
+      <c r="N41" s="125"/>
+      <c r="O41" s="125"/>
+      <c r="P41" s="125"/>
+      <c r="Q41" s="125"/>
+      <c r="R41" s="125"/>
+      <c r="S41" s="125"/>
+      <c r="T41" s="125"/>
+      <c r="U41" s="125"/>
+      <c r="V41" s="125"/>
+      <c r="W41" s="125"/>
+      <c r="X41" s="125"/>
+      <c r="Y41" s="125"/>
+      <c r="Z41" s="125"/>
+      <c r="AA41" s="125"/>
+      <c r="AB41" s="125"/>
+      <c r="AC41" s="125"/>
+      <c r="AD41" s="125"/>
+      <c r="AE41" s="125"/>
+      <c r="AF41" s="17"/>
+      <c r="AG41" s="17"/>
+      <c r="AH41" s="17"/>
+      <c r="AI41" s="17"/>
+      <c r="AJ41" s="17"/>
+      <c r="AK41" s="17"/>
+      <c r="AL41" s="17"/>
+      <c r="AM41" s="17"/>
+    </row>
+    <row r="42" spans="2:39" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C42" s="115" t="s">
+        <v>108</v>
+      </c>
+      <c r="D42" s="115"/>
+      <c r="E42" s="115"/>
+      <c r="F42" s="115"/>
+      <c r="G42" s="115"/>
+      <c r="H42" s="115"/>
+      <c r="I42" s="115"/>
+      <c r="J42" s="115"/>
+      <c r="K42" s="115"/>
+      <c r="L42" s="115"/>
+      <c r="M42" s="115"/>
+      <c r="N42" s="115"/>
+      <c r="O42" s="115"/>
+      <c r="P42" s="115"/>
+      <c r="Q42" s="115"/>
+      <c r="R42" s="115"/>
+      <c r="S42" s="115"/>
+      <c r="T42" s="115"/>
+      <c r="U42" s="115"/>
+      <c r="V42" s="115"/>
+      <c r="W42" s="115"/>
+      <c r="X42" s="115"/>
+      <c r="Y42" s="115"/>
+      <c r="Z42" s="115"/>
+      <c r="AA42" s="115"/>
+      <c r="AB42" s="115"/>
+      <c r="AC42" s="115"/>
+      <c r="AD42" s="115"/>
+      <c r="AE42" s="115"/>
+      <c r="AF42" s="30"/>
+      <c r="AG42" s="30"/>
+      <c r="AH42" s="30"/>
+      <c r="AI42" s="30"/>
+      <c r="AJ42" s="30"/>
+      <c r="AK42" s="30"/>
+      <c r="AL42" s="30"/>
+      <c r="AM42" s="30"/>
+    </row>
+    <row r="43" spans="2:39" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C43" s="113" t="s">
+        <v>85</v>
+      </c>
+      <c r="D43" s="113"/>
+      <c r="E43" s="113"/>
+      <c r="F43" s="113"/>
+      <c r="G43" s="113"/>
+      <c r="H43" s="113"/>
+      <c r="I43" s="113"/>
+      <c r="J43" s="113"/>
+      <c r="K43" s="113"/>
+      <c r="L43" s="113"/>
+      <c r="M43" s="113"/>
+      <c r="N43" s="113"/>
+      <c r="O43" s="113"/>
+      <c r="P43" s="113"/>
+      <c r="Q43" s="113"/>
+      <c r="R43" s="113"/>
+      <c r="S43" s="113"/>
+      <c r="T43" s="113"/>
+      <c r="U43" s="113"/>
+      <c r="V43" s="113"/>
+      <c r="W43" s="113"/>
+      <c r="X43" s="113"/>
+      <c r="Y43" s="113"/>
+      <c r="Z43" s="113"/>
+      <c r="AA43" s="113"/>
+      <c r="AB43" s="113"/>
+      <c r="AC43" s="113"/>
+      <c r="AD43" s="113"/>
+      <c r="AE43" s="113"/>
       <c r="AF43" s="18"/>
       <c r="AG43" s="18"/>
       <c r="AH43" s="18"/>
       <c r="AI43" s="18"/>
       <c r="AJ43" s="18"/>
       <c r="AK43" s="18"/>
       <c r="AL43" s="18"/>
-      <c r="AM43" s="18"/>
-[...286 lines deleted...]
-      <c r="G52" s="101" t="s">
+    </row>
+    <row r="44" spans="2:39" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C44" s="118" t="s">
+        <v>86</v>
+      </c>
+      <c r="D44" s="118"/>
+      <c r="E44" s="118"/>
+      <c r="F44" s="118"/>
+      <c r="G44" s="118"/>
+      <c r="H44" s="118"/>
+      <c r="I44" s="118"/>
+      <c r="J44" s="118"/>
+      <c r="K44" s="118"/>
+      <c r="L44" s="118"/>
+      <c r="M44" s="118"/>
+      <c r="N44" s="118"/>
+      <c r="O44" s="118"/>
+      <c r="P44" s="118"/>
+      <c r="Q44" s="118"/>
+      <c r="R44" s="118"/>
+      <c r="S44" s="118"/>
+      <c r="T44" s="118"/>
+      <c r="U44" s="118"/>
+      <c r="V44" s="118"/>
+      <c r="W44" s="118"/>
+      <c r="X44" s="118"/>
+      <c r="Y44" s="118"/>
+      <c r="Z44" s="118"/>
+      <c r="AA44" s="118"/>
+      <c r="AB44" s="118"/>
+      <c r="AC44" s="118"/>
+      <c r="AD44" s="118"/>
+      <c r="AE44" s="118"/>
+      <c r="AF44" s="19"/>
+      <c r="AG44" s="19"/>
+      <c r="AH44" s="19"/>
+      <c r="AI44" s="19"/>
+      <c r="AJ44" s="19"/>
+      <c r="AK44" s="19"/>
+      <c r="AL44" s="19"/>
+    </row>
+    <row r="45" spans="2:39" s="13" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="114" t="s">
+        <v>88</v>
+      </c>
+      <c r="C45" s="114"/>
+      <c r="D45" s="114"/>
+      <c r="E45" s="114"/>
+      <c r="F45" s="114"/>
+      <c r="G45" s="114"/>
+      <c r="H45" s="114"/>
+      <c r="I45" s="114"/>
+      <c r="J45" s="114"/>
+      <c r="K45" s="114"/>
+      <c r="L45" s="114"/>
+      <c r="M45" s="114"/>
+      <c r="N45" s="114"/>
+      <c r="O45" s="114"/>
+      <c r="P45" s="114"/>
+      <c r="Q45" s="114"/>
+      <c r="R45" s="114"/>
+      <c r="S45" s="114"/>
+      <c r="T45" s="114"/>
+      <c r="U45" s="114"/>
+      <c r="V45" s="114"/>
+      <c r="W45" s="114"/>
+      <c r="X45" s="114"/>
+      <c r="Y45" s="114"/>
+      <c r="Z45" s="114"/>
+      <c r="AA45" s="114"/>
+      <c r="AB45" s="114"/>
+      <c r="AC45" s="114"/>
+      <c r="AD45" s="114"/>
+      <c r="AE45" s="114"/>
+      <c r="AF45" s="26"/>
+      <c r="AG45" s="26"/>
+      <c r="AH45" s="26"/>
+      <c r="AI45" s="26"/>
+      <c r="AJ45" s="26"/>
+      <c r="AK45" s="26"/>
+      <c r="AL45" s="26"/>
+    </row>
+    <row r="46" spans="2:39" s="12" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C46" s="117" t="s">
+        <v>80</v>
+      </c>
+      <c r="D46" s="117"/>
+      <c r="E46" s="117"/>
+      <c r="F46" s="117"/>
+      <c r="G46" s="122" t="s">
+        <v>81</v>
+      </c>
+      <c r="H46" s="123"/>
+      <c r="I46" s="123"/>
+      <c r="J46" s="123"/>
+      <c r="K46" s="123"/>
+      <c r="L46" s="123"/>
+      <c r="M46" s="123"/>
+      <c r="N46" s="123"/>
+      <c r="O46" s="123"/>
+      <c r="P46" s="123"/>
+      <c r="Q46" s="123"/>
+      <c r="R46" s="123"/>
+      <c r="S46" s="124"/>
+      <c r="T46" s="119" t="s">
+        <v>78</v>
+      </c>
+      <c r="U46" s="120"/>
+      <c r="V46" s="121"/>
+      <c r="W46" s="122" t="s">
+        <v>79</v>
+      </c>
+      <c r="X46" s="123"/>
+      <c r="Y46" s="123"/>
+      <c r="Z46" s="123"/>
+      <c r="AA46" s="123"/>
+      <c r="AB46" s="123"/>
+      <c r="AC46" s="123"/>
+      <c r="AD46" s="123"/>
+      <c r="AE46" s="124"/>
+    </row>
+    <row r="47" spans="2:39" s="12" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="C47" s="4"/>
+      <c r="D47" s="4"/>
+      <c r="E47" s="4"/>
+      <c r="F47" s="4"/>
+      <c r="G47" s="4"/>
+      <c r="H47" s="4"/>
+      <c r="I47" s="4"/>
+      <c r="J47" s="4"/>
+      <c r="K47" s="4"/>
+      <c r="L47" s="4"/>
+      <c r="M47" s="4"/>
+      <c r="N47" s="4"/>
+      <c r="O47" s="4"/>
+      <c r="P47" s="4"/>
+      <c r="Q47" s="4"/>
+      <c r="R47" s="4"/>
+      <c r="S47" s="4"/>
+      <c r="T47" s="4"/>
+      <c r="U47" s="3"/>
+      <c r="V47" s="3"/>
+      <c r="W47" s="3"/>
+      <c r="X47" s="3"/>
+      <c r="Y47" s="3"/>
+      <c r="Z47" s="3"/>
+      <c r="AA47" s="3"/>
+      <c r="AB47" s="3"/>
+      <c r="AC47" s="3"/>
+      <c r="AD47" s="3"/>
+      <c r="AE47" s="3"/>
+    </row>
+    <row r="48" spans="2:39" s="12" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="C48" s="97" t="s">
+        <v>59</v>
+      </c>
+      <c r="D48" s="97"/>
+      <c r="E48" s="97"/>
+      <c r="F48" s="97"/>
+    </row>
+    <row r="49" spans="3:40" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C49" s="117" t="s">
         <v>60</v>
       </c>
-      <c r="H52" s="101"/>
-[...25 lines deleted...]
-      <c r="AN52" s="14"/>
+      <c r="D49" s="117"/>
+      <c r="E49" s="117"/>
+      <c r="F49" s="117"/>
+      <c r="G49" s="117" t="s">
+        <v>57</v>
+      </c>
+      <c r="H49" s="117"/>
+      <c r="I49" s="117"/>
+      <c r="J49" s="117"/>
+      <c r="K49" s="117"/>
+      <c r="L49" s="117"/>
+      <c r="M49" s="117"/>
+      <c r="N49" s="117"/>
+      <c r="O49" s="117"/>
+      <c r="P49" s="117"/>
+      <c r="Q49" s="117" t="s">
+        <v>61</v>
+      </c>
+      <c r="R49" s="117"/>
+      <c r="S49" s="117"/>
+      <c r="T49" s="117"/>
+      <c r="U49" s="116"/>
+      <c r="V49" s="116"/>
+      <c r="W49" s="116"/>
+      <c r="X49" s="116"/>
+      <c r="Y49" s="116"/>
+      <c r="Z49" s="116"/>
+      <c r="AA49" s="116"/>
+      <c r="AB49" s="116"/>
+      <c r="AC49" s="116"/>
+      <c r="AD49" s="116"/>
+      <c r="AE49" s="116"/>
+      <c r="AN49" s="13"/>
     </row>
   </sheetData>
-  <mergeCells count="57">
+  <mergeCells count="49">
+    <mergeCell ref="W3:AD3"/>
+    <mergeCell ref="X27:AE28"/>
+    <mergeCell ref="AB9:AE10"/>
+    <mergeCell ref="N9:O10"/>
+    <mergeCell ref="N7:O7"/>
+    <mergeCell ref="P7:AE7"/>
+    <mergeCell ref="P8:AE8"/>
+    <mergeCell ref="P10:AA10"/>
+    <mergeCell ref="D18:AE18"/>
+    <mergeCell ref="B23:AE23"/>
+    <mergeCell ref="C40:AE41"/>
+    <mergeCell ref="F37:Q37"/>
+    <mergeCell ref="R34:V34"/>
+    <mergeCell ref="F34:Q34"/>
+    <mergeCell ref="C34:E34"/>
+    <mergeCell ref="W34:AE34"/>
+    <mergeCell ref="C35:E38"/>
+    <mergeCell ref="W35:AE36"/>
+    <mergeCell ref="F35:Q35"/>
+    <mergeCell ref="F38:Q38"/>
+    <mergeCell ref="F36:Q36"/>
+    <mergeCell ref="W37:AE38"/>
+    <mergeCell ref="C39:AE39"/>
+    <mergeCell ref="U49:AE49"/>
+    <mergeCell ref="Q49:T49"/>
+    <mergeCell ref="G49:P49"/>
+    <mergeCell ref="C49:F49"/>
+    <mergeCell ref="C44:AE44"/>
+    <mergeCell ref="B45:AE45"/>
+    <mergeCell ref="C46:F46"/>
+    <mergeCell ref="T46:V46"/>
+    <mergeCell ref="W46:AE46"/>
+    <mergeCell ref="G46:S46"/>
     <mergeCell ref="A2:AE2"/>
-    <mergeCell ref="P10:AA10"/>
-[...9 lines deleted...]
-    <mergeCell ref="D27:S27"/>
+    <mergeCell ref="P9:AA9"/>
+    <mergeCell ref="B12:AE12"/>
+    <mergeCell ref="B13:AE14"/>
+    <mergeCell ref="C48:F48"/>
+    <mergeCell ref="D21:AG21"/>
+    <mergeCell ref="B5:H5"/>
+    <mergeCell ref="C29:AE31"/>
+    <mergeCell ref="B20:AE20"/>
     <mergeCell ref="B17:AE17"/>
-    <mergeCell ref="B22:AE22"/>
-[...42 lines deleted...]
-    <mergeCell ref="D20:AE20"/>
+    <mergeCell ref="B26:AE26"/>
+    <mergeCell ref="R35:V36"/>
+    <mergeCell ref="R37:V38"/>
+    <mergeCell ref="C43:AE43"/>
+    <mergeCell ref="B33:AE33"/>
+    <mergeCell ref="C42:AE42"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <dataValidations disablePrompts="1" count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="U26:V27" xr:uid="{00000000-0002-0000-0000-000000000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="U27:V28" xr:uid="{EEF2FABF-53A3-4166-9D26-0FA9DF48CF64}">
       <formula1>"○"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.5" right="0.35" top="0.3" bottom="0.25" header="0.26" footer="0.16"/>
-  <pageSetup paperSize="9" scale="89" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="91" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
-    <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BE52"/>
+  <dimension ref="A1:AO79"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="Z28" sqref="Z28"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="17.399999999999999" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="1.25" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="47" max="16384" width="9" style="1"/>
+    <col min="1" max="1" width="2.109375" style="2" customWidth="1"/>
+    <col min="2" max="2" width="3.6640625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="8.21875" style="2" customWidth="1"/>
+    <col min="4" max="7" width="3.6640625" style="2" customWidth="1"/>
+    <col min="8" max="8" width="7.33203125" style="2" customWidth="1"/>
+    <col min="9" max="12" width="3.6640625" style="2" customWidth="1"/>
+    <col min="13" max="13" width="7.44140625" style="2" customWidth="1"/>
+    <col min="14" max="16" width="3.6640625" style="2" customWidth="1"/>
+    <col min="17" max="17" width="6.77734375" style="2" customWidth="1"/>
+    <col min="18" max="25" width="3.6640625" style="2" customWidth="1"/>
+    <col min="26" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:57" x14ac:dyDescent="0.15">
-      <c r="B1" s="2" t="s">
+    <row r="1" spans="1:19" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J1" s="31"/>
+      <c r="K1" s="31"/>
+      <c r="L1" s="31"/>
+      <c r="M1" s="31"/>
+      <c r="N1" s="31"/>
+      <c r="O1" s="31"/>
+      <c r="P1" s="31"/>
+      <c r="Q1" s="31"/>
+      <c r="R1" s="31"/>
+      <c r="S1" s="31"/>
+    </row>
+    <row r="2" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="J2" s="32"/>
+      <c r="K2" s="33"/>
+      <c r="L2" s="33"/>
+      <c r="M2" s="33"/>
+      <c r="N2" s="33"/>
+      <c r="O2" s="33"/>
+      <c r="P2" s="33"/>
+      <c r="Q2" s="33"/>
+      <c r="R2" s="33"/>
+      <c r="S2" s="34"/>
+    </row>
+    <row r="3" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="35"/>
+      <c r="J3" s="32"/>
+      <c r="K3" s="33"/>
+      <c r="L3" s="33"/>
+      <c r="M3" s="33"/>
+      <c r="N3" s="33"/>
+      <c r="O3" s="33"/>
+      <c r="P3" s="33"/>
+      <c r="Q3" s="33"/>
+      <c r="R3" s="33"/>
+      <c r="S3" s="34"/>
+    </row>
+    <row r="4" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="35"/>
+      <c r="E4" s="35"/>
+      <c r="J4" s="32"/>
+      <c r="K4" s="33"/>
+      <c r="L4" s="33"/>
+      <c r="M4" s="33"/>
+      <c r="N4" s="33"/>
+      <c r="O4" s="33"/>
+      <c r="P4" s="33"/>
+      <c r="Q4" s="33"/>
+      <c r="R4" s="33"/>
+      <c r="S4" s="34"/>
+    </row>
+    <row r="5" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J5" s="32"/>
+      <c r="K5" s="33"/>
+      <c r="L5" s="33"/>
+      <c r="M5" s="33"/>
+      <c r="N5" s="33"/>
+      <c r="O5" s="33"/>
+      <c r="P5" s="33"/>
+      <c r="Q5" s="33"/>
+      <c r="R5" s="33"/>
+      <c r="S5" s="34"/>
+    </row>
+    <row r="6" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="36"/>
+      <c r="B6" s="37"/>
+      <c r="C6" s="37"/>
+      <c r="D6" s="37"/>
+      <c r="E6" s="37"/>
+      <c r="F6" s="37"/>
+      <c r="G6" s="37"/>
+      <c r="H6" s="37"/>
+      <c r="I6" s="37"/>
+      <c r="J6" s="37"/>
+      <c r="K6" s="37"/>
+      <c r="L6" s="37"/>
+      <c r="M6" s="37"/>
+      <c r="N6" s="37"/>
+      <c r="O6" s="37"/>
+      <c r="P6" s="37"/>
+      <c r="Q6" s="37"/>
+      <c r="R6" s="37"/>
+      <c r="S6" s="38"/>
+    </row>
+    <row r="7" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="155" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="156"/>
+      <c r="C7" s="156"/>
+      <c r="D7" s="156"/>
+      <c r="E7" s="156"/>
+      <c r="F7" s="156"/>
+      <c r="G7" s="156"/>
+      <c r="H7" s="156"/>
+      <c r="I7" s="156"/>
+      <c r="J7" s="156"/>
+      <c r="K7" s="156"/>
+      <c r="L7" s="156"/>
+      <c r="M7" s="156"/>
+      <c r="N7" s="156"/>
+      <c r="O7" s="156"/>
+      <c r="P7" s="156"/>
+      <c r="Q7" s="156"/>
+      <c r="R7" s="156"/>
+      <c r="S7" s="157"/>
+    </row>
+    <row r="8" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="39"/>
+      <c r="B8" s="33"/>
+      <c r="C8" s="33"/>
+      <c r="D8" s="33"/>
+      <c r="E8" s="33"/>
+      <c r="F8" s="33"/>
+      <c r="G8" s="33"/>
+      <c r="H8" s="33"/>
+      <c r="I8" s="33"/>
+      <c r="J8" s="33"/>
+      <c r="K8" s="33"/>
+      <c r="L8" s="33"/>
+      <c r="M8" s="33"/>
+      <c r="N8" s="33"/>
+      <c r="O8" s="33"/>
+      <c r="P8" s="33"/>
+      <c r="Q8" s="33"/>
+      <c r="R8" s="33"/>
+      <c r="S8" s="40"/>
+    </row>
+    <row r="9" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="39"/>
+      <c r="B9" s="41"/>
+      <c r="C9" s="41"/>
+      <c r="D9" s="41"/>
+      <c r="E9" s="41"/>
+      <c r="F9" s="41"/>
+      <c r="G9" s="41"/>
+      <c r="H9" s="41"/>
+      <c r="I9" s="41"/>
+      <c r="J9" s="41"/>
+      <c r="K9" s="41"/>
+      <c r="L9" s="160" t="s">
+        <v>57</v>
+      </c>
+      <c r="M9" s="160"/>
+      <c r="N9" s="160"/>
+      <c r="O9" s="160"/>
+      <c r="P9" s="160"/>
+      <c r="Q9" s="160"/>
+      <c r="R9" s="160"/>
+      <c r="S9" s="42"/>
+    </row>
+    <row r="10" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="39"/>
+      <c r="B10" s="41"/>
+      <c r="C10" s="41"/>
+      <c r="D10" s="41"/>
+      <c r="E10" s="41"/>
+      <c r="F10" s="41"/>
+      <c r="G10" s="41"/>
+      <c r="H10" s="41"/>
+      <c r="I10" s="41"/>
+      <c r="J10" s="41"/>
+      <c r="K10" s="41"/>
+      <c r="L10" s="41"/>
+      <c r="M10" s="41"/>
+      <c r="N10" s="41"/>
+      <c r="O10" s="41"/>
+      <c r="P10" s="41"/>
+      <c r="Q10" s="41"/>
+      <c r="R10" s="41"/>
+      <c r="S10" s="42"/>
+    </row>
+    <row r="11" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="39"/>
+      <c r="B11" s="41" t="s">
+        <v>67</v>
+      </c>
+      <c r="C11" s="41"/>
+      <c r="D11" s="41"/>
+      <c r="E11" s="41"/>
+      <c r="F11" s="41"/>
+      <c r="G11" s="41"/>
+      <c r="H11" s="41"/>
+      <c r="I11" s="41"/>
+      <c r="J11" s="41"/>
+      <c r="K11" s="41"/>
+      <c r="L11" s="41"/>
+      <c r="M11" s="41"/>
+      <c r="N11" s="41"/>
+      <c r="O11" s="41"/>
+      <c r="P11" s="41"/>
+      <c r="Q11" s="41"/>
+      <c r="R11" s="41"/>
+      <c r="S11" s="42"/>
+    </row>
+    <row r="12" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="39"/>
+      <c r="B12" s="41"/>
+      <c r="C12" s="41"/>
+      <c r="D12" s="41"/>
+      <c r="E12" s="41"/>
+      <c r="F12" s="41"/>
+      <c r="G12" s="41"/>
+      <c r="H12" s="41"/>
+      <c r="I12" s="41"/>
+      <c r="J12" s="41"/>
+      <c r="K12" s="41"/>
+      <c r="L12" s="41"/>
+      <c r="M12" s="41"/>
+      <c r="N12" s="41"/>
+      <c r="O12" s="41"/>
+      <c r="P12" s="41"/>
+      <c r="Q12" s="41"/>
+      <c r="R12" s="41"/>
+      <c r="S12" s="42"/>
+    </row>
+    <row r="13" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="39"/>
+      <c r="B13" s="41"/>
+      <c r="C13" s="41"/>
+      <c r="D13" s="41"/>
+      <c r="E13" s="41"/>
+      <c r="F13" s="41"/>
+      <c r="G13" s="41"/>
+      <c r="H13" s="41"/>
+      <c r="I13" s="43"/>
+      <c r="J13" s="41" t="s">
+        <v>2</v>
+      </c>
+      <c r="K13" s="41"/>
+      <c r="L13" s="44"/>
+      <c r="M13" s="41"/>
+      <c r="N13" s="41"/>
+      <c r="O13" s="41"/>
+      <c r="P13" s="41"/>
+      <c r="Q13" s="41"/>
+      <c r="R13" s="41"/>
+      <c r="S13" s="42"/>
+    </row>
+    <row r="14" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="39"/>
+      <c r="B14" s="41"/>
+      <c r="C14" s="41"/>
+      <c r="D14" s="41"/>
+      <c r="E14" s="41"/>
+      <c r="F14" s="41"/>
+      <c r="G14" s="41"/>
+      <c r="H14" s="41"/>
+      <c r="I14" s="43"/>
+      <c r="J14" s="43"/>
+      <c r="K14" s="41"/>
+      <c r="L14" s="44"/>
+      <c r="M14" s="41"/>
+      <c r="N14" s="41"/>
+      <c r="O14" s="41"/>
+      <c r="P14" s="41"/>
+      <c r="Q14" s="41"/>
+      <c r="R14" s="41"/>
+      <c r="S14" s="42"/>
+    </row>
+    <row r="15" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="39"/>
+      <c r="B15" s="41"/>
+      <c r="C15" s="41"/>
+      <c r="D15" s="41"/>
+      <c r="E15" s="41"/>
+      <c r="F15" s="41"/>
+      <c r="G15" s="41"/>
+      <c r="H15" s="41"/>
+      <c r="I15" s="43"/>
+      <c r="J15" s="41" t="s">
+        <v>0</v>
+      </c>
+      <c r="K15" s="41"/>
+      <c r="L15" s="44"/>
+      <c r="M15" s="41"/>
+      <c r="N15" s="41"/>
+      <c r="O15" s="41"/>
+      <c r="P15" s="41"/>
+      <c r="Q15" s="43"/>
+      <c r="R15" s="41"/>
+      <c r="S15" s="42"/>
+    </row>
+    <row r="16" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="39"/>
+      <c r="B16" s="41"/>
+      <c r="C16" s="41"/>
+      <c r="D16" s="41"/>
+      <c r="E16" s="41"/>
+      <c r="F16" s="41"/>
+      <c r="G16" s="41"/>
+      <c r="H16" s="41"/>
+      <c r="I16" s="41"/>
+      <c r="J16" s="41"/>
+      <c r="K16" s="41"/>
+      <c r="L16" s="41"/>
+      <c r="M16" s="41"/>
+      <c r="N16" s="41"/>
+      <c r="O16" s="41"/>
+      <c r="P16" s="41"/>
+      <c r="Q16" s="41"/>
+      <c r="R16" s="41"/>
+      <c r="S16" s="42"/>
+    </row>
+    <row r="17" spans="1:41" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="39"/>
+      <c r="B17" s="158" t="s">
+        <v>106</v>
+      </c>
+      <c r="C17" s="158"/>
+      <c r="D17" s="158"/>
+      <c r="E17" s="158"/>
+      <c r="F17" s="158"/>
+      <c r="G17" s="158"/>
+      <c r="H17" s="158"/>
+      <c r="I17" s="158"/>
+      <c r="J17" s="158"/>
+      <c r="K17" s="158"/>
+      <c r="L17" s="158"/>
+      <c r="M17" s="158"/>
+      <c r="N17" s="158"/>
+      <c r="O17" s="158"/>
+      <c r="P17" s="158"/>
+      <c r="Q17" s="158"/>
+      <c r="R17" s="158"/>
+      <c r="S17" s="40"/>
+    </row>
+    <row r="18" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="39"/>
+      <c r="B18" s="159"/>
+      <c r="C18" s="159"/>
+      <c r="D18" s="159"/>
+      <c r="E18" s="159"/>
+      <c r="F18" s="159"/>
+      <c r="G18" s="159"/>
+      <c r="H18" s="159"/>
+      <c r="I18" s="159"/>
+      <c r="J18" s="159"/>
+      <c r="K18" s="159"/>
+      <c r="L18" s="159"/>
+      <c r="M18" s="159"/>
+      <c r="N18" s="159"/>
+      <c r="O18" s="159"/>
+      <c r="P18" s="159"/>
+      <c r="Q18" s="159"/>
+      <c r="R18" s="159"/>
+      <c r="S18" s="40"/>
+    </row>
+    <row r="19" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="39"/>
+      <c r="B19" s="160" t="s">
         <v>11</v>
       </c>
-      <c r="C1" s="3"/>
-[...263 lines deleted...]
-      <c r="P8" s="98" t="s">
+      <c r="C19" s="160"/>
+      <c r="D19" s="160"/>
+      <c r="E19" s="160"/>
+      <c r="F19" s="160"/>
+      <c r="G19" s="160"/>
+      <c r="H19" s="160"/>
+      <c r="I19" s="160"/>
+      <c r="J19" s="160"/>
+      <c r="K19" s="160"/>
+      <c r="L19" s="160"/>
+      <c r="M19" s="160"/>
+      <c r="N19" s="160"/>
+      <c r="O19" s="160"/>
+      <c r="P19" s="160"/>
+      <c r="Q19" s="160"/>
+      <c r="R19" s="160"/>
+      <c r="S19" s="40"/>
+    </row>
+    <row r="20" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="39"/>
+      <c r="B20" s="159"/>
+      <c r="C20" s="159"/>
+      <c r="D20" s="159"/>
+      <c r="E20" s="159"/>
+      <c r="F20" s="159"/>
+      <c r="G20" s="159"/>
+      <c r="H20" s="159"/>
+      <c r="I20" s="159"/>
+      <c r="J20" s="159"/>
+      <c r="K20" s="159"/>
+      <c r="L20" s="159"/>
+      <c r="M20" s="159"/>
+      <c r="N20" s="159"/>
+      <c r="O20" s="159"/>
+      <c r="P20" s="159"/>
+      <c r="Q20" s="159"/>
+      <c r="R20" s="159"/>
+      <c r="S20" s="40"/>
+    </row>
+    <row r="21" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="45"/>
+      <c r="B21" s="41" t="s">
         <v>65</v>
       </c>
-      <c r="Q8" s="98"/>
-[...714 lines deleted...]
-      <c r="A26" s="40"/>
+      <c r="C21" s="41"/>
+      <c r="D21" s="41"/>
+      <c r="E21" s="41"/>
+      <c r="F21" s="41"/>
+      <c r="G21" s="41"/>
+      <c r="H21" s="41"/>
+      <c r="I21" s="41"/>
+      <c r="J21" s="41"/>
+      <c r="K21" s="41"/>
+      <c r="L21" s="41"/>
+      <c r="M21" s="41"/>
+      <c r="N21" s="41"/>
+      <c r="O21" s="41"/>
+      <c r="P21" s="41"/>
+      <c r="Q21" s="41"/>
+      <c r="R21" s="41"/>
+      <c r="S21" s="42"/>
+      <c r="T21" s="33"/>
+      <c r="U21" s="154"/>
+      <c r="V21" s="154"/>
+      <c r="W21" s="154"/>
+      <c r="X21" s="154"/>
+      <c r="Y21" s="154"/>
+      <c r="Z21" s="154"/>
+      <c r="AA21" s="154"/>
+      <c r="AB21" s="154"/>
+      <c r="AC21" s="154"/>
+      <c r="AD21" s="154"/>
+      <c r="AE21" s="154"/>
+      <c r="AF21" s="154"/>
+      <c r="AG21" s="154"/>
+      <c r="AH21" s="154"/>
+      <c r="AI21" s="154"/>
+      <c r="AJ21" s="154"/>
+      <c r="AK21" s="154"/>
+      <c r="AL21" s="154"/>
+      <c r="AM21" s="154"/>
+      <c r="AN21" s="154"/>
+      <c r="AO21" s="154"/>
+    </row>
+    <row r="22" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="45"/>
+      <c r="B22" s="41"/>
+      <c r="C22" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" s="41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="41"/>
+      <c r="F22" s="41"/>
+      <c r="G22" s="41"/>
+      <c r="H22" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="I22" s="41" t="s">
+        <v>14</v>
+      </c>
+      <c r="J22" s="41"/>
+      <c r="K22" s="41"/>
+      <c r="L22" s="41"/>
+      <c r="M22" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="N22" s="41" t="s">
+        <v>15</v>
+      </c>
+      <c r="O22" s="41"/>
+      <c r="P22" s="41"/>
+      <c r="Q22" s="41"/>
+      <c r="R22" s="41"/>
+      <c r="S22" s="42"/>
+      <c r="T22" s="33"/>
+      <c r="U22" s="154"/>
+      <c r="V22" s="154"/>
+      <c r="W22" s="154"/>
+      <c r="X22" s="154"/>
+      <c r="Y22" s="154"/>
+      <c r="Z22" s="154"/>
+      <c r="AA22" s="154"/>
+      <c r="AB22" s="154"/>
+      <c r="AC22" s="154"/>
+      <c r="AD22" s="154"/>
+      <c r="AE22" s="154"/>
+      <c r="AF22" s="154"/>
+      <c r="AG22" s="154"/>
+      <c r="AH22" s="154"/>
+      <c r="AI22" s="154"/>
+      <c r="AJ22" s="154"/>
+      <c r="AK22" s="154"/>
+      <c r="AL22" s="154"/>
+      <c r="AM22" s="154"/>
+      <c r="AN22" s="154"/>
+      <c r="AO22" s="154"/>
+    </row>
+    <row r="23" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="45"/>
+      <c r="B23" s="41"/>
+      <c r="C23" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" s="41" t="s">
+        <v>16</v>
+      </c>
+      <c r="E23" s="41"/>
+      <c r="F23" s="41"/>
+      <c r="G23" s="41"/>
+      <c r="H23" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="I23" s="41" t="s">
+        <v>17</v>
+      </c>
+      <c r="J23" s="41"/>
+      <c r="K23" s="41"/>
+      <c r="L23" s="41"/>
+      <c r="M23" s="41"/>
+      <c r="N23" s="41"/>
+      <c r="O23" s="41"/>
+      <c r="P23" s="41"/>
+      <c r="Q23" s="41"/>
+      <c r="R23" s="41"/>
+      <c r="S23" s="42"/>
+      <c r="T23" s="33"/>
+      <c r="U23" s="154"/>
+      <c r="V23" s="154"/>
+      <c r="W23" s="154"/>
+      <c r="X23" s="154"/>
+      <c r="Y23" s="154"/>
+      <c r="Z23" s="154"/>
+      <c r="AA23" s="154"/>
+      <c r="AB23" s="154"/>
+      <c r="AC23" s="154"/>
+      <c r="AD23" s="154"/>
+      <c r="AE23" s="154"/>
+      <c r="AF23" s="154"/>
+      <c r="AG23" s="154"/>
+      <c r="AH23" s="154"/>
+      <c r="AI23" s="154"/>
+      <c r="AJ23" s="154"/>
+      <c r="AK23" s="154"/>
+      <c r="AL23" s="154"/>
+      <c r="AM23" s="154"/>
+      <c r="AN23" s="154"/>
+      <c r="AO23" s="154"/>
+    </row>
+    <row r="24" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="45"/>
+      <c r="B24" s="41"/>
+      <c r="C24" s="41"/>
+      <c r="D24" s="41"/>
+      <c r="E24" s="41"/>
+      <c r="F24" s="41"/>
+      <c r="G24" s="41"/>
+      <c r="H24" s="41"/>
+      <c r="I24" s="41"/>
+      <c r="J24" s="41"/>
+      <c r="K24" s="41"/>
+      <c r="L24" s="41"/>
+      <c r="M24" s="41"/>
+      <c r="N24" s="41"/>
+      <c r="O24" s="41"/>
+      <c r="P24" s="41"/>
+      <c r="Q24" s="41"/>
+      <c r="R24" s="41"/>
+      <c r="S24" s="42"/>
+      <c r="U24" s="154"/>
+      <c r="V24" s="154"/>
+      <c r="W24" s="154"/>
+      <c r="X24" s="154"/>
+      <c r="Y24" s="154"/>
+      <c r="Z24" s="154"/>
+      <c r="AA24" s="154"/>
+      <c r="AB24" s="154"/>
+      <c r="AC24" s="154"/>
+      <c r="AD24" s="154"/>
+      <c r="AE24" s="154"/>
+      <c r="AF24" s="154"/>
+      <c r="AG24" s="154"/>
+      <c r="AH24" s="154"/>
+      <c r="AI24" s="154"/>
+      <c r="AJ24" s="154"/>
+      <c r="AK24" s="154"/>
+      <c r="AL24" s="154"/>
+      <c r="AM24" s="154"/>
+      <c r="AN24" s="154"/>
+      <c r="AO24" s="154"/>
+    </row>
+    <row r="25" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="45"/>
+      <c r="B25" s="41" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="41"/>
+      <c r="D25" s="41"/>
+      <c r="E25" s="41"/>
+      <c r="F25" s="41"/>
+      <c r="G25" s="41"/>
+      <c r="H25" s="41"/>
+      <c r="I25" s="41"/>
+      <c r="J25" s="41"/>
+      <c r="K25" s="41"/>
+      <c r="L25" s="41"/>
+      <c r="M25" s="41"/>
+      <c r="N25" s="41"/>
+      <c r="O25" s="41"/>
+      <c r="P25" s="41"/>
+      <c r="Q25" s="41"/>
+      <c r="R25" s="41"/>
+      <c r="S25" s="42"/>
+      <c r="U25" s="154"/>
+      <c r="V25" s="154"/>
+      <c r="W25" s="154"/>
+      <c r="X25" s="154"/>
+      <c r="Y25" s="154"/>
+      <c r="Z25" s="154"/>
+      <c r="AA25" s="154"/>
+      <c r="AB25" s="154"/>
+      <c r="AC25" s="154"/>
+      <c r="AD25" s="154"/>
+      <c r="AE25" s="154"/>
+      <c r="AF25" s="154"/>
+      <c r="AG25" s="154"/>
+      <c r="AH25" s="154"/>
+      <c r="AI25" s="154"/>
+      <c r="AJ25" s="154"/>
+      <c r="AK25" s="154"/>
+      <c r="AL25" s="154"/>
+      <c r="AM25" s="154"/>
+      <c r="AN25" s="154"/>
+      <c r="AO25" s="154"/>
+    </row>
+    <row r="26" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="45"/>
       <c r="B26" s="41"/>
-      <c r="C26" s="42"/>
-[...48 lines deleted...]
-      <c r="A27" s="40"/>
+      <c r="C26" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" s="41" t="s">
+        <v>18</v>
+      </c>
+      <c r="E26" s="41"/>
+      <c r="F26" s="41"/>
+      <c r="G26" s="41"/>
+      <c r="H26" s="41"/>
+      <c r="I26" s="41"/>
+      <c r="J26" s="41"/>
+      <c r="K26" s="41"/>
+      <c r="L26" s="41"/>
+      <c r="M26" s="41"/>
+      <c r="N26" s="41"/>
+      <c r="O26" s="41"/>
+      <c r="P26" s="41"/>
+      <c r="Q26" s="41"/>
+      <c r="R26" s="41"/>
+      <c r="S26" s="42"/>
+      <c r="U26" s="154"/>
+      <c r="V26" s="154"/>
+      <c r="W26" s="154"/>
+      <c r="X26" s="154"/>
+      <c r="Y26" s="154"/>
+      <c r="Z26" s="154"/>
+      <c r="AA26" s="154"/>
+      <c r="AB26" s="154"/>
+      <c r="AC26" s="154"/>
+      <c r="AD26" s="154"/>
+      <c r="AE26" s="154"/>
+      <c r="AF26" s="154"/>
+      <c r="AG26" s="154"/>
+      <c r="AH26" s="154"/>
+      <c r="AI26" s="154"/>
+      <c r="AJ26" s="154"/>
+      <c r="AK26" s="154"/>
+      <c r="AL26" s="154"/>
+      <c r="AM26" s="154"/>
+      <c r="AN26" s="154"/>
+      <c r="AO26" s="154"/>
+    </row>
+    <row r="27" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="45"/>
       <c r="B27" s="41"/>
-      <c r="C27" s="41"/>
-[...169 lines deleted...]
-      <c r="A31" s="40"/>
+      <c r="C27" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" s="41" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" s="41"/>
+      <c r="F27" s="41"/>
+      <c r="G27" s="41"/>
+      <c r="H27" s="41"/>
+      <c r="I27" s="41"/>
+      <c r="J27" s="41"/>
+      <c r="K27" s="41"/>
+      <c r="L27" s="41"/>
+      <c r="M27" s="41"/>
+      <c r="N27" s="41"/>
+      <c r="O27" s="41"/>
+      <c r="P27" s="41"/>
+      <c r="Q27" s="41"/>
+      <c r="R27" s="41"/>
+      <c r="S27" s="42"/>
+      <c r="U27" s="46"/>
+      <c r="V27" s="46"/>
+      <c r="W27" s="46"/>
+      <c r="X27" s="46"/>
+      <c r="Y27" s="46"/>
+      <c r="Z27" s="46"/>
+      <c r="AA27" s="46"/>
+      <c r="AB27" s="46"/>
+      <c r="AC27" s="46"/>
+      <c r="AD27" s="46"/>
+      <c r="AE27" s="46"/>
+      <c r="AF27" s="46"/>
+      <c r="AG27" s="46"/>
+      <c r="AH27" s="46"/>
+      <c r="AI27" s="46"/>
+      <c r="AJ27" s="46"/>
+      <c r="AK27" s="46"/>
+      <c r="AL27" s="46"/>
+      <c r="AM27" s="46"/>
+      <c r="AN27" s="46"/>
+      <c r="AO27" s="46"/>
+    </row>
+    <row r="28" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="45"/>
+      <c r="B28" s="41"/>
+      <c r="C28" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" s="41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" s="41"/>
+      <c r="F28" s="41"/>
+      <c r="G28" s="41"/>
+      <c r="H28" s="41"/>
+      <c r="I28" s="41"/>
+      <c r="J28" s="41"/>
+      <c r="K28" s="41"/>
+      <c r="L28" s="41"/>
+      <c r="M28" s="41"/>
+      <c r="N28" s="41"/>
+      <c r="O28" s="41"/>
+      <c r="P28" s="41"/>
+      <c r="Q28" s="41"/>
+      <c r="R28" s="41"/>
+      <c r="S28" s="42"/>
+      <c r="U28" s="46"/>
+      <c r="V28" s="46"/>
+      <c r="W28" s="46"/>
+      <c r="X28" s="46"/>
+      <c r="Y28" s="46"/>
+      <c r="Z28" s="46"/>
+      <c r="AA28" s="46"/>
+      <c r="AB28" s="46"/>
+      <c r="AC28" s="46"/>
+      <c r="AD28" s="46"/>
+      <c r="AE28" s="46"/>
+      <c r="AF28" s="46"/>
+      <c r="AG28" s="46"/>
+      <c r="AH28" s="46"/>
+      <c r="AI28" s="46"/>
+      <c r="AJ28" s="46"/>
+      <c r="AK28" s="46"/>
+      <c r="AL28" s="46"/>
+      <c r="AM28" s="46"/>
+      <c r="AN28" s="46"/>
+      <c r="AO28" s="46"/>
+    </row>
+    <row r="29" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="45"/>
+      <c r="B29" s="41"/>
+      <c r="C29" s="41"/>
+      <c r="D29" s="41"/>
+      <c r="E29" s="41"/>
+      <c r="F29" s="41"/>
+      <c r="G29" s="41"/>
+      <c r="H29" s="41"/>
+      <c r="I29" s="41"/>
+      <c r="J29" s="41"/>
+      <c r="K29" s="41"/>
+      <c r="L29" s="41"/>
+      <c r="M29" s="41"/>
+      <c r="N29" s="41"/>
+      <c r="O29" s="41"/>
+      <c r="P29" s="41"/>
+      <c r="Q29" s="41"/>
+      <c r="R29" s="41"/>
+      <c r="S29" s="42"/>
+      <c r="U29" s="154"/>
+      <c r="V29" s="154"/>
+      <c r="W29" s="154"/>
+      <c r="X29" s="154"/>
+      <c r="Y29" s="154"/>
+      <c r="Z29" s="154"/>
+      <c r="AA29" s="154"/>
+      <c r="AB29" s="154"/>
+      <c r="AC29" s="154"/>
+      <c r="AD29" s="154"/>
+      <c r="AE29" s="154"/>
+      <c r="AF29" s="154"/>
+      <c r="AG29" s="154"/>
+      <c r="AH29" s="154"/>
+      <c r="AI29" s="154"/>
+      <c r="AJ29" s="154"/>
+      <c r="AK29" s="154"/>
+      <c r="AL29" s="154"/>
+      <c r="AM29" s="154"/>
+      <c r="AN29" s="154"/>
+      <c r="AO29" s="154"/>
+    </row>
+    <row r="30" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="45"/>
+      <c r="B30" s="41"/>
+      <c r="C30" s="41"/>
+      <c r="D30" s="41"/>
+      <c r="E30" s="41"/>
+      <c r="F30" s="41"/>
+      <c r="G30" s="41"/>
+      <c r="H30" s="41"/>
+      <c r="I30" s="41"/>
+      <c r="J30" s="41"/>
+      <c r="K30" s="41"/>
+      <c r="L30" s="41"/>
+      <c r="M30" s="41"/>
+      <c r="N30" s="41"/>
+      <c r="O30" s="41"/>
+      <c r="P30" s="41"/>
+      <c r="Q30" s="41"/>
+      <c r="R30" s="41"/>
+      <c r="S30" s="42"/>
+      <c r="U30" s="46"/>
+      <c r="V30" s="46"/>
+      <c r="W30" s="46"/>
+      <c r="X30" s="46"/>
+      <c r="Y30" s="46"/>
+      <c r="Z30" s="46"/>
+      <c r="AA30" s="46"/>
+      <c r="AB30" s="46"/>
+      <c r="AC30" s="46"/>
+      <c r="AD30" s="46"/>
+      <c r="AE30" s="46"/>
+      <c r="AF30" s="46"/>
+      <c r="AG30" s="46"/>
+      <c r="AH30" s="46"/>
+      <c r="AI30" s="46"/>
+      <c r="AJ30" s="46"/>
+      <c r="AK30" s="46"/>
+      <c r="AL30" s="46"/>
+      <c r="AM30" s="46"/>
+      <c r="AN30" s="46"/>
+      <c r="AO30" s="46"/>
+    </row>
+    <row r="31" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="45"/>
       <c r="B31" s="41"/>
       <c r="C31" s="41"/>
       <c r="D31" s="41"/>
       <c r="E31" s="41"/>
       <c r="F31" s="41"/>
       <c r="G31" s="41"/>
       <c r="H31" s="41"/>
       <c r="I31" s="41"/>
       <c r="J31" s="41"/>
       <c r="K31" s="41"/>
       <c r="L31" s="41"/>
       <c r="M31" s="41"/>
       <c r="N31" s="41"/>
       <c r="O31" s="41"/>
       <c r="P31" s="41"/>
       <c r="Q31" s="41"/>
       <c r="R31" s="41"/>
-      <c r="S31" s="41"/>
-[...802 lines deleted...]
-      <c r="C52" s="101" t="s">
+      <c r="S31" s="42"/>
+      <c r="U31" s="46"/>
+      <c r="V31" s="46"/>
+      <c r="W31" s="46"/>
+      <c r="X31" s="46"/>
+      <c r="Y31" s="46"/>
+      <c r="Z31" s="46"/>
+      <c r="AA31" s="46"/>
+      <c r="AB31" s="46"/>
+      <c r="AC31" s="46"/>
+      <c r="AD31" s="46"/>
+      <c r="AE31" s="46"/>
+      <c r="AF31" s="46"/>
+      <c r="AG31" s="46"/>
+      <c r="AH31" s="46"/>
+      <c r="AI31" s="46"/>
+      <c r="AJ31" s="46"/>
+      <c r="AK31" s="46"/>
+      <c r="AL31" s="46"/>
+      <c r="AM31" s="46"/>
+      <c r="AN31" s="46"/>
+      <c r="AO31" s="46"/>
+    </row>
+    <row r="32" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="45"/>
+      <c r="B32" s="41"/>
+      <c r="C32" s="41"/>
+      <c r="D32" s="41"/>
+      <c r="E32" s="41"/>
+      <c r="F32" s="41"/>
+      <c r="G32" s="41"/>
+      <c r="H32" s="41"/>
+      <c r="I32" s="41"/>
+      <c r="J32" s="41"/>
+      <c r="K32" s="41"/>
+      <c r="L32" s="41"/>
+      <c r="M32" s="41"/>
+      <c r="N32" s="41"/>
+      <c r="O32" s="41"/>
+      <c r="P32" s="41"/>
+      <c r="Q32" s="41"/>
+      <c r="R32" s="41"/>
+      <c r="S32" s="42"/>
+      <c r="U32" s="46"/>
+      <c r="V32" s="46"/>
+      <c r="W32" s="46"/>
+      <c r="X32" s="46"/>
+      <c r="Y32" s="46"/>
+      <c r="Z32" s="46"/>
+      <c r="AA32" s="46"/>
+      <c r="AB32" s="46"/>
+      <c r="AC32" s="46"/>
+      <c r="AD32" s="46"/>
+      <c r="AE32" s="46"/>
+      <c r="AF32" s="46"/>
+      <c r="AG32" s="46"/>
+      <c r="AH32" s="46"/>
+      <c r="AI32" s="46"/>
+      <c r="AJ32" s="46"/>
+      <c r="AK32" s="46"/>
+      <c r="AL32" s="46"/>
+      <c r="AM32" s="46"/>
+      <c r="AN32" s="46"/>
+      <c r="AO32" s="46"/>
+    </row>
+    <row r="33" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="45"/>
+      <c r="B33" s="41"/>
+      <c r="C33" s="41"/>
+      <c r="D33" s="41"/>
+      <c r="E33" s="41"/>
+      <c r="F33" s="41"/>
+      <c r="G33" s="41"/>
+      <c r="H33" s="41"/>
+      <c r="I33" s="41"/>
+      <c r="J33" s="41"/>
+      <c r="K33" s="41"/>
+      <c r="L33" s="41"/>
+      <c r="M33" s="41"/>
+      <c r="N33" s="41"/>
+      <c r="O33" s="41"/>
+      <c r="P33" s="41"/>
+      <c r="Q33" s="41"/>
+      <c r="R33" s="41"/>
+      <c r="S33" s="42"/>
+      <c r="U33" s="46"/>
+      <c r="V33" s="46"/>
+      <c r="W33" s="46"/>
+      <c r="X33" s="46"/>
+      <c r="Y33" s="46"/>
+      <c r="Z33" s="46"/>
+      <c r="AA33" s="46"/>
+      <c r="AB33" s="46"/>
+      <c r="AC33" s="46"/>
+      <c r="AD33" s="46"/>
+      <c r="AE33" s="46"/>
+      <c r="AF33" s="46"/>
+      <c r="AG33" s="46"/>
+      <c r="AH33" s="46"/>
+      <c r="AI33" s="46"/>
+      <c r="AJ33" s="46"/>
+      <c r="AK33" s="46"/>
+      <c r="AL33" s="46"/>
+      <c r="AM33" s="46"/>
+      <c r="AN33" s="46"/>
+      <c r="AO33" s="46"/>
+    </row>
+    <row r="34" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="45"/>
+      <c r="B34" s="41"/>
+      <c r="C34" s="41"/>
+      <c r="D34" s="41"/>
+      <c r="E34" s="41"/>
+      <c r="F34" s="41"/>
+      <c r="G34" s="41"/>
+      <c r="H34" s="41"/>
+      <c r="I34" s="41"/>
+      <c r="J34" s="41"/>
+      <c r="K34" s="41"/>
+      <c r="L34" s="41"/>
+      <c r="M34" s="41"/>
+      <c r="N34" s="41"/>
+      <c r="O34" s="41"/>
+      <c r="P34" s="41"/>
+      <c r="Q34" s="41"/>
+      <c r="R34" s="41"/>
+      <c r="S34" s="42"/>
+      <c r="U34" s="46"/>
+      <c r="V34" s="46"/>
+      <c r="W34" s="46"/>
+      <c r="X34" s="46"/>
+      <c r="Y34" s="46"/>
+      <c r="Z34" s="46"/>
+      <c r="AA34" s="46"/>
+      <c r="AB34" s="46"/>
+      <c r="AC34" s="46"/>
+      <c r="AD34" s="46"/>
+      <c r="AE34" s="46"/>
+      <c r="AF34" s="46"/>
+      <c r="AG34" s="46"/>
+      <c r="AH34" s="46"/>
+      <c r="AI34" s="46"/>
+      <c r="AJ34" s="46"/>
+      <c r="AK34" s="46"/>
+      <c r="AL34" s="46"/>
+      <c r="AM34" s="46"/>
+      <c r="AN34" s="46"/>
+      <c r="AO34" s="46"/>
+    </row>
+    <row r="35" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="45"/>
+      <c r="B35" s="41"/>
+      <c r="C35" s="41"/>
+      <c r="D35" s="41"/>
+      <c r="E35" s="41"/>
+      <c r="F35" s="41"/>
+      <c r="G35" s="41"/>
+      <c r="H35" s="41"/>
+      <c r="I35" s="41"/>
+      <c r="J35" s="41"/>
+      <c r="K35" s="41"/>
+      <c r="L35" s="41"/>
+      <c r="M35" s="41"/>
+      <c r="N35" s="41"/>
+      <c r="O35" s="41"/>
+      <c r="P35" s="41"/>
+      <c r="Q35" s="41"/>
+      <c r="R35" s="41"/>
+      <c r="S35" s="42"/>
+      <c r="U35" s="154"/>
+      <c r="V35" s="154"/>
+      <c r="W35" s="154"/>
+      <c r="X35" s="154"/>
+      <c r="Y35" s="154"/>
+      <c r="Z35" s="154"/>
+      <c r="AA35" s="154"/>
+      <c r="AB35" s="154"/>
+      <c r="AC35" s="154"/>
+      <c r="AD35" s="154"/>
+      <c r="AE35" s="154"/>
+      <c r="AF35" s="154"/>
+      <c r="AG35" s="154"/>
+      <c r="AH35" s="154"/>
+      <c r="AI35" s="154"/>
+      <c r="AJ35" s="154"/>
+      <c r="AK35" s="154"/>
+      <c r="AL35" s="154"/>
+      <c r="AM35" s="154"/>
+      <c r="AN35" s="154"/>
+      <c r="AO35" s="154"/>
+    </row>
+    <row r="36" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="47"/>
+      <c r="B36" s="48"/>
+      <c r="C36" s="48"/>
+      <c r="D36" s="48"/>
+      <c r="E36" s="48"/>
+      <c r="F36" s="48"/>
+      <c r="G36" s="48"/>
+      <c r="H36" s="48"/>
+      <c r="I36" s="48"/>
+      <c r="J36" s="48"/>
+      <c r="K36" s="48"/>
+      <c r="L36" s="48"/>
+      <c r="M36" s="48"/>
+      <c r="N36" s="48"/>
+      <c r="O36" s="48"/>
+      <c r="P36" s="48"/>
+      <c r="Q36" s="48"/>
+      <c r="R36" s="48"/>
+      <c r="S36" s="49" t="s">
+        <v>21</v>
+      </c>
+      <c r="U36" s="46"/>
+      <c r="V36" s="46"/>
+      <c r="W36" s="46"/>
+      <c r="X36" s="46"/>
+      <c r="Y36" s="46"/>
+      <c r="Z36" s="46"/>
+      <c r="AA36" s="46"/>
+      <c r="AB36" s="46"/>
+      <c r="AC36" s="46"/>
+      <c r="AD36" s="46"/>
+      <c r="AE36" s="46"/>
+      <c r="AF36" s="46"/>
+      <c r="AG36" s="46"/>
+      <c r="AH36" s="46"/>
+      <c r="AI36" s="46"/>
+      <c r="AJ36" s="46"/>
+      <c r="AK36" s="46"/>
+      <c r="AL36" s="46"/>
+      <c r="AM36" s="46"/>
+      <c r="AN36" s="46"/>
+      <c r="AO36" s="46"/>
+    </row>
+    <row r="37" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="41"/>
+      <c r="B37" s="41"/>
+      <c r="C37" s="41"/>
+      <c r="D37" s="41"/>
+      <c r="E37" s="41"/>
+      <c r="F37" s="41"/>
+      <c r="G37" s="41"/>
+      <c r="H37" s="41"/>
+      <c r="I37" s="41"/>
+      <c r="J37" s="41"/>
+      <c r="K37" s="41"/>
+      <c r="L37" s="41"/>
+      <c r="M37" s="41"/>
+      <c r="N37" s="41"/>
+      <c r="O37" s="41"/>
+      <c r="P37" s="41"/>
+      <c r="Q37" s="41"/>
+      <c r="R37" s="41"/>
+      <c r="S37" s="50"/>
+      <c r="U37" s="46"/>
+      <c r="V37" s="46"/>
+      <c r="W37" s="46"/>
+      <c r="X37" s="46"/>
+      <c r="Y37" s="46"/>
+      <c r="Z37" s="46"/>
+      <c r="AA37" s="46"/>
+      <c r="AB37" s="46"/>
+      <c r="AC37" s="46"/>
+      <c r="AD37" s="46"/>
+      <c r="AE37" s="46"/>
+      <c r="AF37" s="46"/>
+      <c r="AG37" s="46"/>
+      <c r="AH37" s="46"/>
+      <c r="AI37" s="46"/>
+      <c r="AJ37" s="46"/>
+      <c r="AK37" s="46"/>
+      <c r="AL37" s="46"/>
+      <c r="AM37" s="46"/>
+      <c r="AN37" s="46"/>
+      <c r="AO37" s="46"/>
+    </row>
+    <row r="38" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="41"/>
+      <c r="B38" s="41"/>
+      <c r="C38" s="41"/>
+      <c r="D38" s="41"/>
+      <c r="E38" s="41"/>
+      <c r="F38" s="41"/>
+      <c r="G38" s="41"/>
+      <c r="H38" s="41"/>
+      <c r="I38" s="41"/>
+      <c r="J38" s="41"/>
+      <c r="K38" s="41"/>
+      <c r="L38" s="41"/>
+      <c r="M38" s="41"/>
+      <c r="N38" s="41"/>
+      <c r="O38" s="41"/>
+      <c r="P38" s="41"/>
+      <c r="Q38" s="41"/>
+      <c r="R38" s="41"/>
+      <c r="S38" s="50"/>
+      <c r="U38" s="46"/>
+      <c r="V38" s="46"/>
+      <c r="W38" s="46"/>
+      <c r="X38" s="46"/>
+      <c r="Y38" s="46"/>
+      <c r="Z38" s="46"/>
+      <c r="AA38" s="46"/>
+      <c r="AB38" s="46"/>
+      <c r="AC38" s="46"/>
+      <c r="AD38" s="46"/>
+      <c r="AE38" s="46"/>
+      <c r="AF38" s="46"/>
+      <c r="AG38" s="46"/>
+      <c r="AH38" s="46"/>
+      <c r="AI38" s="46"/>
+      <c r="AJ38" s="46"/>
+      <c r="AK38" s="46"/>
+      <c r="AL38" s="46"/>
+      <c r="AM38" s="46"/>
+      <c r="AN38" s="46"/>
+      <c r="AO38" s="46"/>
+    </row>
+    <row r="39" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="48"/>
+      <c r="B39" s="48"/>
+      <c r="C39" s="48"/>
+      <c r="D39" s="48"/>
+      <c r="E39" s="48"/>
+      <c r="F39" s="48"/>
+      <c r="G39" s="48"/>
+      <c r="H39" s="48"/>
+      <c r="I39" s="48"/>
+      <c r="J39" s="48"/>
+      <c r="K39" s="48"/>
+      <c r="L39" s="48"/>
+      <c r="M39" s="48"/>
+      <c r="N39" s="48"/>
+      <c r="O39" s="48"/>
+      <c r="P39" s="48"/>
+      <c r="Q39" s="48"/>
+      <c r="R39" s="48"/>
+      <c r="S39" s="51"/>
+      <c r="U39" s="46"/>
+      <c r="V39" s="46"/>
+      <c r="W39" s="46"/>
+      <c r="X39" s="46"/>
+      <c r="Y39" s="46"/>
+      <c r="Z39" s="46"/>
+      <c r="AA39" s="46"/>
+      <c r="AB39" s="46"/>
+      <c r="AC39" s="46"/>
+      <c r="AD39" s="46"/>
+      <c r="AE39" s="46"/>
+      <c r="AF39" s="46"/>
+      <c r="AG39" s="46"/>
+      <c r="AH39" s="46"/>
+      <c r="AI39" s="46"/>
+      <c r="AJ39" s="46"/>
+      <c r="AK39" s="46"/>
+      <c r="AL39" s="46"/>
+      <c r="AM39" s="46"/>
+      <c r="AN39" s="46"/>
+      <c r="AO39" s="46"/>
+    </row>
+    <row r="40" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="52"/>
+      <c r="B40" s="53"/>
+      <c r="C40" s="53"/>
+      <c r="D40" s="53"/>
+      <c r="E40" s="53"/>
+      <c r="F40" s="53"/>
+      <c r="G40" s="53"/>
+      <c r="H40" s="53"/>
+      <c r="I40" s="53"/>
+      <c r="J40" s="53"/>
+      <c r="K40" s="53"/>
+      <c r="L40" s="53"/>
+      <c r="M40" s="53"/>
+      <c r="N40" s="53"/>
+      <c r="O40" s="53"/>
+      <c r="P40" s="53"/>
+      <c r="Q40" s="53"/>
+      <c r="R40" s="53"/>
+      <c r="S40" s="54"/>
+      <c r="U40" s="46"/>
+      <c r="V40" s="46"/>
+      <c r="W40" s="46"/>
+      <c r="X40" s="46"/>
+      <c r="Y40" s="46"/>
+      <c r="Z40" s="46"/>
+      <c r="AA40" s="46"/>
+      <c r="AB40" s="46"/>
+      <c r="AC40" s="46"/>
+      <c r="AD40" s="46"/>
+      <c r="AE40" s="46"/>
+      <c r="AF40" s="46"/>
+      <c r="AG40" s="46"/>
+      <c r="AH40" s="46"/>
+      <c r="AI40" s="46"/>
+      <c r="AJ40" s="46"/>
+      <c r="AK40" s="46"/>
+      <c r="AL40" s="46"/>
+      <c r="AM40" s="46"/>
+      <c r="AN40" s="46"/>
+      <c r="AO40" s="46"/>
+    </row>
+    <row r="41" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="45"/>
+      <c r="B41" s="41" t="s">
         <v>63</v>
       </c>
-      <c r="D52" s="101"/>
-[...14 lines deleted...]
-      <c r="Q52" s="101" t="s">
+      <c r="C41" s="41"/>
+      <c r="D41" s="41"/>
+      <c r="E41" s="41"/>
+      <c r="F41" s="41"/>
+      <c r="G41" s="41"/>
+      <c r="H41" s="41"/>
+      <c r="I41" s="41"/>
+      <c r="J41" s="41"/>
+      <c r="K41" s="41"/>
+      <c r="L41" s="41"/>
+      <c r="M41" s="41"/>
+      <c r="N41" s="41"/>
+      <c r="O41" s="41"/>
+      <c r="P41" s="41"/>
+      <c r="Q41" s="41"/>
+      <c r="R41" s="41"/>
+      <c r="S41" s="42"/>
+    </row>
+    <row r="42" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="45"/>
+      <c r="B42" s="41"/>
+      <c r="C42" s="41" t="s">
         <v>64</v>
       </c>
-      <c r="R52" s="101"/>
-[...13 lines deleted...]
-      <c r="AN52" s="14"/>
+      <c r="D42" s="41"/>
+      <c r="E42" s="41"/>
+      <c r="F42" s="41"/>
+      <c r="G42" s="41"/>
+      <c r="H42" s="41"/>
+      <c r="I42" s="41"/>
+      <c r="J42" s="41"/>
+      <c r="K42" s="41"/>
+      <c r="L42" s="41"/>
+      <c r="M42" s="41"/>
+      <c r="N42" s="41"/>
+      <c r="O42" s="41"/>
+      <c r="P42" s="41"/>
+      <c r="Q42" s="41"/>
+      <c r="R42" s="41"/>
+      <c r="S42" s="42"/>
+    </row>
+    <row r="43" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="45"/>
+      <c r="B43" s="41"/>
+      <c r="C43" s="41"/>
+      <c r="D43" s="41"/>
+      <c r="E43" s="41"/>
+      <c r="F43" s="41"/>
+      <c r="G43" s="41"/>
+      <c r="H43" s="41"/>
+      <c r="I43" s="41"/>
+      <c r="J43" s="41"/>
+      <c r="K43" s="41"/>
+      <c r="L43" s="41"/>
+      <c r="M43" s="41"/>
+      <c r="N43" s="41"/>
+      <c r="O43" s="41"/>
+      <c r="P43" s="41"/>
+      <c r="Q43" s="41"/>
+      <c r="R43" s="41"/>
+      <c r="S43" s="42"/>
+    </row>
+    <row r="44" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="45"/>
+      <c r="B44" s="41" t="s">
+        <v>22</v>
+      </c>
+      <c r="C44" s="41"/>
+      <c r="D44" s="41"/>
+      <c r="E44" s="41"/>
+      <c r="F44" s="41"/>
+      <c r="G44" s="41"/>
+      <c r="H44" s="41"/>
+      <c r="I44" s="41"/>
+      <c r="J44" s="41"/>
+      <c r="K44" s="41"/>
+      <c r="L44" s="41"/>
+      <c r="M44" s="41"/>
+      <c r="N44" s="41"/>
+      <c r="O44" s="41"/>
+      <c r="P44" s="41"/>
+      <c r="Q44" s="41"/>
+      <c r="R44" s="41"/>
+      <c r="S44" s="42"/>
+    </row>
+    <row r="45" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="45"/>
+      <c r="B45" s="41"/>
+      <c r="C45" s="41" t="s">
+        <v>23</v>
+      </c>
+      <c r="D45" s="41"/>
+      <c r="E45" s="41"/>
+      <c r="F45" s="55"/>
+      <c r="G45" s="55"/>
+      <c r="H45" s="55"/>
+      <c r="I45" s="55"/>
+      <c r="J45" s="55"/>
+      <c r="K45" s="55"/>
+      <c r="L45" s="55"/>
+      <c r="M45" s="55"/>
+      <c r="N45" s="55"/>
+      <c r="O45" s="55"/>
+      <c r="P45" s="55"/>
+      <c r="Q45" s="55"/>
+      <c r="R45" s="55"/>
+      <c r="S45" s="42"/>
+    </row>
+    <row r="46" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="45"/>
+      <c r="B46" s="41"/>
+      <c r="C46" s="41" t="s">
+        <v>24</v>
+      </c>
+      <c r="D46" s="41"/>
+      <c r="E46" s="41"/>
+      <c r="F46" s="56"/>
+      <c r="G46" s="56"/>
+      <c r="H46" s="56"/>
+      <c r="I46" s="55"/>
+      <c r="J46" s="55"/>
+      <c r="K46" s="55"/>
+      <c r="L46" s="55"/>
+      <c r="M46" s="55"/>
+      <c r="N46" s="55"/>
+      <c r="O46" s="55"/>
+      <c r="P46" s="55"/>
+      <c r="Q46" s="55"/>
+      <c r="R46" s="55"/>
+      <c r="S46" s="42"/>
+    </row>
+    <row r="47" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="45"/>
+      <c r="B47" s="41"/>
+      <c r="C47" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="D47" s="41"/>
+      <c r="E47" s="41"/>
+      <c r="F47" s="56"/>
+      <c r="G47" s="56"/>
+      <c r="H47" s="56"/>
+      <c r="I47" s="55"/>
+      <c r="J47" s="55"/>
+      <c r="K47" s="55"/>
+      <c r="L47" s="55"/>
+      <c r="M47" s="55"/>
+      <c r="N47" s="55"/>
+      <c r="O47" s="55"/>
+      <c r="P47" s="55"/>
+      <c r="Q47" s="55"/>
+      <c r="R47" s="55"/>
+      <c r="S47" s="42"/>
+    </row>
+    <row r="48" spans="1:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="45"/>
+      <c r="B48" s="41"/>
+      <c r="C48" s="41" t="s">
+        <v>26</v>
+      </c>
+      <c r="D48" s="41"/>
+      <c r="E48" s="41"/>
+      <c r="F48" s="56"/>
+      <c r="G48" s="56"/>
+      <c r="H48" s="56"/>
+      <c r="I48" s="55"/>
+      <c r="J48" s="55"/>
+      <c r="K48" s="55"/>
+      <c r="L48" s="55"/>
+      <c r="M48" s="55"/>
+      <c r="N48" s="55"/>
+      <c r="O48" s="55"/>
+      <c r="P48" s="55"/>
+      <c r="Q48" s="55"/>
+      <c r="R48" s="55"/>
+      <c r="S48" s="42"/>
+    </row>
+    <row r="49" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="45"/>
+      <c r="B49" s="41"/>
+      <c r="C49" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="D49" s="41"/>
+      <c r="E49" s="41"/>
+      <c r="F49" s="56"/>
+      <c r="G49" s="56"/>
+      <c r="H49" s="56"/>
+      <c r="I49" s="55"/>
+      <c r="J49" s="55"/>
+      <c r="K49" s="55"/>
+      <c r="L49" s="55"/>
+      <c r="M49" s="55"/>
+      <c r="N49" s="55"/>
+      <c r="O49" s="55"/>
+      <c r="P49" s="55"/>
+      <c r="Q49" s="55"/>
+      <c r="R49" s="55"/>
+      <c r="S49" s="42"/>
+    </row>
+    <row r="50" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="45"/>
+      <c r="B50" s="41"/>
+      <c r="C50" s="41" t="s">
+        <v>28</v>
+      </c>
+      <c r="D50" s="41"/>
+      <c r="E50" s="41"/>
+      <c r="F50" s="56"/>
+      <c r="G50" s="56"/>
+      <c r="H50" s="56"/>
+      <c r="I50" s="55"/>
+      <c r="J50" s="55"/>
+      <c r="K50" s="55"/>
+      <c r="L50" s="55"/>
+      <c r="M50" s="55"/>
+      <c r="N50" s="55"/>
+      <c r="O50" s="55"/>
+      <c r="P50" s="55"/>
+      <c r="Q50" s="55"/>
+      <c r="R50" s="55"/>
+      <c r="S50" s="42"/>
+    </row>
+    <row r="51" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="45"/>
+      <c r="B51" s="41"/>
+      <c r="C51" s="41"/>
+      <c r="D51" s="41"/>
+      <c r="E51" s="41"/>
+      <c r="F51" s="41"/>
+      <c r="G51" s="41"/>
+      <c r="H51" s="41"/>
+      <c r="I51" s="41"/>
+      <c r="J51" s="41"/>
+      <c r="K51" s="41"/>
+      <c r="L51" s="41"/>
+      <c r="M51" s="41"/>
+      <c r="N51" s="41"/>
+      <c r="O51" s="41"/>
+      <c r="P51" s="41"/>
+      <c r="Q51" s="41"/>
+      <c r="R51" s="41"/>
+      <c r="S51" s="42"/>
+    </row>
+    <row r="52" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="45"/>
+      <c r="B52" s="41" t="s">
+        <v>42</v>
+      </c>
+      <c r="C52" s="41"/>
+      <c r="D52" s="41"/>
+      <c r="E52" s="41"/>
+      <c r="F52" s="41"/>
+      <c r="G52" s="41"/>
+      <c r="H52" s="41"/>
+      <c r="I52" s="41"/>
+      <c r="J52" s="41"/>
+      <c r="K52" s="41"/>
+      <c r="L52" s="41"/>
+      <c r="M52" s="41"/>
+      <c r="N52" s="41"/>
+      <c r="O52" s="41"/>
+      <c r="P52" s="41"/>
+      <c r="Q52" s="41"/>
+      <c r="R52" s="41"/>
+      <c r="S52" s="42"/>
+    </row>
+    <row r="53" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="45"/>
+      <c r="B53" s="41"/>
+      <c r="C53" s="55"/>
+      <c r="D53" s="55"/>
+      <c r="E53" s="55"/>
+      <c r="F53" s="55"/>
+      <c r="G53" s="55"/>
+      <c r="H53" s="55"/>
+      <c r="I53" s="55"/>
+      <c r="J53" s="55"/>
+      <c r="K53" s="55"/>
+      <c r="L53" s="55"/>
+      <c r="M53" s="55"/>
+      <c r="N53" s="55"/>
+      <c r="O53" s="55"/>
+      <c r="P53" s="55"/>
+      <c r="Q53" s="55"/>
+      <c r="R53" s="55"/>
+      <c r="S53" s="42"/>
+    </row>
+    <row r="54" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="45"/>
+      <c r="B54" s="41"/>
+      <c r="C54" s="57" t="s">
+        <v>53</v>
+      </c>
+      <c r="D54" s="58"/>
+      <c r="E54" s="56"/>
+      <c r="F54" s="56"/>
+      <c r="G54" s="56"/>
+      <c r="H54" s="56"/>
+      <c r="I54" s="56"/>
+      <c r="J54" s="56"/>
+      <c r="K54" s="56"/>
+      <c r="L54" s="56"/>
+      <c r="M54" s="56"/>
+      <c r="N54" s="56"/>
+      <c r="O54" s="56"/>
+      <c r="P54" s="56"/>
+      <c r="Q54" s="56"/>
+      <c r="R54" s="56"/>
+      <c r="S54" s="42"/>
+    </row>
+    <row r="55" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="45"/>
+      <c r="B55" s="41"/>
+      <c r="C55" s="58" t="s">
+        <v>54</v>
+      </c>
+      <c r="D55" s="59"/>
+      <c r="E55" s="56"/>
+      <c r="F55" s="60"/>
+      <c r="G55" s="60"/>
+      <c r="H55" s="60"/>
+      <c r="I55" s="60"/>
+      <c r="J55" s="60"/>
+      <c r="K55" s="60"/>
+      <c r="L55" s="60"/>
+      <c r="M55" s="60"/>
+      <c r="N55" s="60"/>
+      <c r="O55" s="60"/>
+      <c r="P55" s="60"/>
+      <c r="Q55" s="60"/>
+      <c r="R55" s="60"/>
+      <c r="S55" s="42"/>
+    </row>
+    <row r="56" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="45"/>
+      <c r="B56" s="41"/>
+      <c r="C56" s="56"/>
+      <c r="D56" s="56"/>
+      <c r="E56" s="56"/>
+      <c r="F56" s="56"/>
+      <c r="G56" s="56"/>
+      <c r="H56" s="56"/>
+      <c r="I56" s="56"/>
+      <c r="J56" s="56"/>
+      <c r="K56" s="56"/>
+      <c r="L56" s="56"/>
+      <c r="M56" s="56"/>
+      <c r="N56" s="56"/>
+      <c r="O56" s="56"/>
+      <c r="P56" s="56"/>
+      <c r="Q56" s="56"/>
+      <c r="R56" s="56"/>
+      <c r="S56" s="42"/>
+    </row>
+    <row r="57" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="61"/>
+      <c r="B57" s="41"/>
+      <c r="C57" s="58" t="s">
+        <v>43</v>
+      </c>
+      <c r="D57" s="58"/>
+      <c r="E57" s="56"/>
+      <c r="F57" s="56"/>
+      <c r="G57" s="56"/>
+      <c r="H57" s="56"/>
+      <c r="I57" s="56"/>
+      <c r="J57" s="56"/>
+      <c r="K57" s="56"/>
+      <c r="L57" s="56"/>
+      <c r="M57" s="56"/>
+      <c r="N57" s="56"/>
+      <c r="O57" s="56"/>
+      <c r="P57" s="56"/>
+      <c r="Q57" s="56"/>
+      <c r="R57" s="56"/>
+      <c r="S57" s="42"/>
+    </row>
+    <row r="58" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="45"/>
+      <c r="B58" s="41"/>
+      <c r="C58" s="58"/>
+      <c r="D58" s="58"/>
+      <c r="E58" s="56"/>
+      <c r="F58" s="56"/>
+      <c r="G58" s="56"/>
+      <c r="H58" s="56"/>
+      <c r="I58" s="56"/>
+      <c r="J58" s="56"/>
+      <c r="K58" s="56"/>
+      <c r="L58" s="56"/>
+      <c r="M58" s="56"/>
+      <c r="N58" s="56"/>
+      <c r="O58" s="56"/>
+      <c r="P58" s="56"/>
+      <c r="Q58" s="56"/>
+      <c r="R58" s="56"/>
+      <c r="S58" s="42"/>
+    </row>
+    <row r="59" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="45"/>
+      <c r="B59" s="41"/>
+      <c r="C59" s="56"/>
+      <c r="D59" s="56"/>
+      <c r="E59" s="56"/>
+      <c r="F59" s="56"/>
+      <c r="G59" s="56"/>
+      <c r="H59" s="56"/>
+      <c r="I59" s="56"/>
+      <c r="J59" s="56"/>
+      <c r="K59" s="56"/>
+      <c r="L59" s="56"/>
+      <c r="M59" s="56"/>
+      <c r="N59" s="56"/>
+      <c r="O59" s="56"/>
+      <c r="P59" s="56"/>
+      <c r="Q59" s="56"/>
+      <c r="R59" s="56"/>
+      <c r="S59" s="42"/>
+    </row>
+    <row r="60" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="45"/>
+      <c r="B60" s="41"/>
+      <c r="C60" s="56"/>
+      <c r="D60" s="56"/>
+      <c r="E60" s="56"/>
+      <c r="F60" s="56"/>
+      <c r="G60" s="56"/>
+      <c r="H60" s="56"/>
+      <c r="I60" s="56"/>
+      <c r="J60" s="56"/>
+      <c r="K60" s="56"/>
+      <c r="L60" s="56"/>
+      <c r="M60" s="56"/>
+      <c r="N60" s="56"/>
+      <c r="O60" s="56"/>
+      <c r="P60" s="56"/>
+      <c r="Q60" s="56"/>
+      <c r="R60" s="56"/>
+      <c r="S60" s="42"/>
+    </row>
+    <row r="61" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="45"/>
+      <c r="B61" s="41"/>
+      <c r="C61" s="41"/>
+      <c r="D61" s="41"/>
+      <c r="E61" s="41"/>
+      <c r="F61" s="41"/>
+      <c r="G61" s="41"/>
+      <c r="H61" s="41"/>
+      <c r="I61" s="41"/>
+      <c r="J61" s="41"/>
+      <c r="K61" s="41"/>
+      <c r="L61" s="41"/>
+      <c r="M61" s="41"/>
+      <c r="N61" s="41"/>
+      <c r="O61" s="41"/>
+      <c r="P61" s="41"/>
+      <c r="Q61" s="41"/>
+      <c r="R61" s="41"/>
+      <c r="S61" s="42"/>
+    </row>
+    <row r="62" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="45"/>
+      <c r="B62" s="41"/>
+      <c r="C62" s="41"/>
+      <c r="D62" s="41"/>
+      <c r="E62" s="41"/>
+      <c r="F62" s="41"/>
+      <c r="G62" s="41"/>
+      <c r="H62" s="41"/>
+      <c r="I62" s="41"/>
+      <c r="J62" s="41"/>
+      <c r="K62" s="41"/>
+      <c r="L62" s="41"/>
+      <c r="M62" s="41"/>
+      <c r="N62" s="41"/>
+      <c r="O62" s="41"/>
+      <c r="P62" s="41"/>
+      <c r="Q62" s="41"/>
+      <c r="R62" s="41"/>
+      <c r="S62" s="42"/>
+    </row>
+    <row r="63" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="45"/>
+      <c r="B63" s="41"/>
+      <c r="C63" s="41"/>
+      <c r="D63" s="41"/>
+      <c r="E63" s="41"/>
+      <c r="F63" s="41"/>
+      <c r="G63" s="41"/>
+      <c r="H63" s="41"/>
+      <c r="I63" s="41"/>
+      <c r="J63" s="41"/>
+      <c r="K63" s="41"/>
+      <c r="L63" s="41"/>
+      <c r="M63" s="41"/>
+      <c r="N63" s="41"/>
+      <c r="O63" s="41"/>
+      <c r="P63" s="41"/>
+      <c r="Q63" s="41"/>
+      <c r="R63" s="41"/>
+      <c r="S63" s="42"/>
+    </row>
+    <row r="64" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="45"/>
+      <c r="B64" s="41"/>
+      <c r="C64" s="161" t="s">
+        <v>44</v>
+      </c>
+      <c r="D64" s="161"/>
+      <c r="E64" s="161"/>
+      <c r="F64" s="161"/>
+      <c r="G64" s="161"/>
+      <c r="H64" s="161"/>
+      <c r="I64" s="161"/>
+      <c r="J64" s="161"/>
+      <c r="K64" s="161"/>
+      <c r="L64" s="161"/>
+      <c r="M64" s="161"/>
+      <c r="N64" s="161"/>
+      <c r="O64" s="161"/>
+      <c r="P64" s="161"/>
+      <c r="Q64" s="161"/>
+      <c r="R64" s="161"/>
+      <c r="S64" s="42"/>
+    </row>
+    <row r="65" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="47"/>
+      <c r="B65" s="48"/>
+      <c r="C65" s="162"/>
+      <c r="D65" s="162"/>
+      <c r="E65" s="162"/>
+      <c r="F65" s="162"/>
+      <c r="G65" s="162"/>
+      <c r="H65" s="162"/>
+      <c r="I65" s="162"/>
+      <c r="J65" s="162"/>
+      <c r="K65" s="162"/>
+      <c r="L65" s="162"/>
+      <c r="M65" s="162"/>
+      <c r="N65" s="162"/>
+      <c r="O65" s="162"/>
+      <c r="P65" s="162"/>
+      <c r="Q65" s="162"/>
+      <c r="R65" s="162"/>
+      <c r="S65" s="62"/>
+    </row>
+    <row r="66" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="41"/>
+      <c r="B66" s="41"/>
+      <c r="C66" s="63"/>
+      <c r="D66" s="63"/>
+      <c r="E66" s="63"/>
+      <c r="F66" s="63"/>
+      <c r="G66" s="63"/>
+      <c r="H66" s="63"/>
+      <c r="I66" s="63"/>
+      <c r="J66" s="63"/>
+      <c r="K66" s="63"/>
+      <c r="L66" s="63"/>
+      <c r="M66" s="63"/>
+      <c r="N66" s="63"/>
+      <c r="O66" s="63"/>
+      <c r="P66" s="63"/>
+      <c r="Q66" s="63"/>
+      <c r="R66" s="63"/>
+      <c r="S66" s="41"/>
+    </row>
+    <row r="67" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="64"/>
+      <c r="B67" s="64"/>
+      <c r="C67" s="64"/>
+      <c r="D67" s="64"/>
+      <c r="E67" s="64"/>
+      <c r="F67" s="64"/>
+      <c r="G67" s="64"/>
+      <c r="H67" s="64"/>
+      <c r="I67" s="64"/>
+      <c r="J67" s="64"/>
+      <c r="K67" s="64"/>
+      <c r="L67" s="64"/>
+      <c r="M67" s="64"/>
+      <c r="N67" s="64"/>
+      <c r="O67" s="64"/>
+      <c r="P67" s="64"/>
+      <c r="Q67" s="64"/>
+      <c r="R67" s="64"/>
+      <c r="S67" s="64"/>
+    </row>
+    <row r="68" spans="1:19" ht="19.2" x14ac:dyDescent="0.2">
+      <c r="A68" s="64"/>
+      <c r="B68" s="64"/>
+      <c r="C68" s="64"/>
+      <c r="D68" s="64"/>
+      <c r="E68" s="64"/>
+      <c r="F68" s="64"/>
+      <c r="G68" s="64"/>
+      <c r="H68" s="64"/>
+      <c r="I68" s="64"/>
+      <c r="J68" s="64"/>
+      <c r="K68" s="64"/>
+      <c r="L68" s="64"/>
+      <c r="M68" s="64"/>
+      <c r="N68" s="64"/>
+      <c r="O68" s="64"/>
+      <c r="P68" s="64"/>
+      <c r="Q68" s="64"/>
+      <c r="R68" s="64"/>
+      <c r="S68" s="64"/>
+    </row>
+    <row r="69" spans="1:19" ht="19.2" x14ac:dyDescent="0.2">
+      <c r="A69" s="64"/>
+      <c r="B69" s="64"/>
+      <c r="C69" s="64"/>
+      <c r="D69" s="64"/>
+      <c r="E69" s="64"/>
+      <c r="F69" s="64"/>
+      <c r="G69" s="64"/>
+      <c r="H69" s="64"/>
+      <c r="I69" s="64"/>
+      <c r="J69" s="64"/>
+      <c r="K69" s="64"/>
+      <c r="L69" s="64"/>
+      <c r="M69" s="64"/>
+      <c r="N69" s="64"/>
+      <c r="O69" s="64"/>
+      <c r="P69" s="64"/>
+      <c r="Q69" s="64"/>
+      <c r="R69" s="64"/>
+      <c r="S69" s="64"/>
+    </row>
+    <row r="70" spans="1:19" ht="19.2" x14ac:dyDescent="0.2">
+      <c r="A70" s="64"/>
+      <c r="B70" s="64"/>
+      <c r="C70" s="64"/>
+      <c r="D70" s="64"/>
+      <c r="E70" s="64"/>
+      <c r="F70" s="64"/>
+      <c r="G70" s="64"/>
+      <c r="H70" s="64"/>
+      <c r="I70" s="64"/>
+      <c r="J70" s="64"/>
+      <c r="K70" s="64"/>
+      <c r="L70" s="64"/>
+      <c r="M70" s="64"/>
+      <c r="N70" s="64"/>
+      <c r="O70" s="64"/>
+      <c r="P70" s="64"/>
+      <c r="Q70" s="64"/>
+      <c r="R70" s="64"/>
+      <c r="S70" s="64"/>
+    </row>
+    <row r="71" spans="1:19" ht="19.2" x14ac:dyDescent="0.2">
+      <c r="A71" s="64"/>
+      <c r="B71" s="64"/>
+      <c r="C71" s="64"/>
+      <c r="D71" s="64"/>
+      <c r="E71" s="64"/>
+      <c r="F71" s="64"/>
+      <c r="G71" s="64"/>
+      <c r="H71" s="64"/>
+      <c r="I71" s="64"/>
+      <c r="J71" s="64"/>
+      <c r="K71" s="64"/>
+      <c r="L71" s="64"/>
+      <c r="M71" s="64"/>
+      <c r="N71" s="64"/>
+      <c r="O71" s="64"/>
+      <c r="P71" s="64"/>
+      <c r="Q71" s="64"/>
+      <c r="R71" s="64"/>
+      <c r="S71" s="64"/>
+    </row>
+    <row r="72" spans="1:19" ht="19.2" x14ac:dyDescent="0.2">
+      <c r="A72" s="64"/>
+      <c r="B72" s="64"/>
+      <c r="C72" s="64"/>
+      <c r="D72" s="64"/>
+      <c r="E72" s="64"/>
+      <c r="F72" s="64"/>
+      <c r="G72" s="64"/>
+      <c r="H72" s="64"/>
+      <c r="I72" s="64"/>
+      <c r="J72" s="64"/>
+      <c r="K72" s="64"/>
+      <c r="L72" s="64"/>
+      <c r="M72" s="64"/>
+      <c r="N72" s="64"/>
+      <c r="O72" s="64"/>
+      <c r="P72" s="64"/>
+      <c r="Q72" s="64"/>
+      <c r="R72" s="64"/>
+      <c r="S72" s="64"/>
+    </row>
+    <row r="73" spans="1:19" ht="19.2" x14ac:dyDescent="0.2">
+      <c r="A73" s="64"/>
+      <c r="B73" s="64"/>
+      <c r="C73" s="64"/>
+      <c r="D73" s="64"/>
+      <c r="E73" s="64"/>
+      <c r="F73" s="64"/>
+      <c r="G73" s="64"/>
+      <c r="H73" s="64"/>
+      <c r="I73" s="64"/>
+      <c r="J73" s="64"/>
+      <c r="K73" s="64"/>
+      <c r="L73" s="64"/>
+      <c r="M73" s="64"/>
+      <c r="N73" s="64"/>
+      <c r="O73" s="64"/>
+      <c r="P73" s="64"/>
+      <c r="Q73" s="64"/>
+      <c r="R73" s="64"/>
+      <c r="S73" s="64"/>
+    </row>
+    <row r="74" spans="1:19" ht="19.2" x14ac:dyDescent="0.2">
+      <c r="A74" s="64"/>
+      <c r="B74" s="64"/>
+      <c r="C74" s="64"/>
+      <c r="D74" s="64"/>
+      <c r="E74" s="64"/>
+      <c r="F74" s="64"/>
+      <c r="G74" s="64"/>
+      <c r="H74" s="64"/>
+      <c r="I74" s="64"/>
+      <c r="J74" s="64"/>
+      <c r="K74" s="64"/>
+      <c r="L74" s="64"/>
+      <c r="M74" s="64"/>
+      <c r="N74" s="64"/>
+      <c r="O74" s="64"/>
+      <c r="P74" s="64"/>
+      <c r="Q74" s="64"/>
+      <c r="R74" s="64"/>
+      <c r="S74" s="64"/>
+    </row>
+    <row r="75" spans="1:19" ht="19.2" x14ac:dyDescent="0.2">
+      <c r="A75" s="64"/>
+      <c r="B75" s="64"/>
+      <c r="C75" s="64"/>
+      <c r="D75" s="64"/>
+      <c r="E75" s="64"/>
+      <c r="F75" s="64"/>
+      <c r="G75" s="64"/>
+      <c r="H75" s="64"/>
+      <c r="I75" s="64"/>
+      <c r="J75" s="64"/>
+      <c r="K75" s="64"/>
+      <c r="L75" s="64"/>
+      <c r="M75" s="64"/>
+      <c r="N75" s="64"/>
+      <c r="O75" s="64"/>
+      <c r="P75" s="64"/>
+      <c r="Q75" s="64"/>
+      <c r="R75" s="64"/>
+      <c r="S75" s="64"/>
+    </row>
+    <row r="76" spans="1:19" ht="19.2" x14ac:dyDescent="0.2">
+      <c r="A76" s="64"/>
+      <c r="B76" s="64"/>
+      <c r="C76" s="64"/>
+      <c r="D76" s="64"/>
+      <c r="E76" s="64"/>
+      <c r="F76" s="64"/>
+      <c r="G76" s="64"/>
+      <c r="H76" s="64"/>
+      <c r="I76" s="64"/>
+      <c r="J76" s="64"/>
+      <c r="K76" s="64"/>
+      <c r="L76" s="64"/>
+      <c r="M76" s="64"/>
+      <c r="N76" s="64"/>
+      <c r="O76" s="64"/>
+      <c r="P76" s="64"/>
+      <c r="Q76" s="64"/>
+      <c r="R76" s="64"/>
+      <c r="S76" s="64"/>
+    </row>
+    <row r="77" spans="1:19" ht="19.2" x14ac:dyDescent="0.2">
+      <c r="A77" s="64"/>
+      <c r="B77" s="64"/>
+      <c r="C77" s="64"/>
+      <c r="D77" s="64"/>
+      <c r="E77" s="64"/>
+      <c r="F77" s="64"/>
+      <c r="G77" s="64"/>
+      <c r="H77" s="64"/>
+      <c r="I77" s="64"/>
+      <c r="J77" s="64"/>
+      <c r="K77" s="64"/>
+      <c r="L77" s="64"/>
+      <c r="M77" s="64"/>
+      <c r="N77" s="64"/>
+      <c r="O77" s="64"/>
+      <c r="P77" s="64"/>
+      <c r="Q77" s="64"/>
+      <c r="R77" s="64"/>
+      <c r="S77" s="64"/>
+    </row>
+    <row r="78" spans="1:19" ht="19.2" x14ac:dyDescent="0.2">
+      <c r="A78" s="64"/>
+      <c r="B78" s="64"/>
+      <c r="C78" s="64"/>
+      <c r="D78" s="64"/>
+      <c r="E78" s="64"/>
+      <c r="F78" s="64"/>
+      <c r="G78" s="64"/>
+      <c r="H78" s="64"/>
+      <c r="I78" s="64"/>
+      <c r="J78" s="64"/>
+      <c r="K78" s="64"/>
+      <c r="L78" s="64"/>
+      <c r="M78" s="64"/>
+      <c r="N78" s="64"/>
+      <c r="O78" s="64"/>
+      <c r="P78" s="64"/>
+      <c r="Q78" s="64"/>
+      <c r="R78" s="64"/>
+      <c r="S78" s="64"/>
+    </row>
+    <row r="79" spans="1:19" ht="19.2" x14ac:dyDescent="0.2">
+      <c r="A79" s="64"/>
+      <c r="B79" s="64"/>
+      <c r="C79" s="64"/>
+      <c r="D79" s="64"/>
+      <c r="E79" s="64"/>
+      <c r="F79" s="64"/>
+      <c r="G79" s="64"/>
+      <c r="H79" s="64"/>
+      <c r="I79" s="64"/>
+      <c r="J79" s="64"/>
+      <c r="K79" s="64"/>
+      <c r="L79" s="64"/>
+      <c r="M79" s="64"/>
+      <c r="N79" s="64"/>
+      <c r="O79" s="64"/>
+      <c r="P79" s="64"/>
+      <c r="Q79" s="64"/>
+      <c r="R79" s="64"/>
+      <c r="S79" s="64"/>
     </row>
   </sheetData>
-  <mergeCells count="62">
-[...61 lines deleted...]
-    <mergeCell ref="B13:AE13"/>
+  <mergeCells count="15">
+    <mergeCell ref="U35:AO35"/>
+    <mergeCell ref="C64:R65"/>
+    <mergeCell ref="U22:AO22"/>
+    <mergeCell ref="U23:AO23"/>
+    <mergeCell ref="U24:AO24"/>
+    <mergeCell ref="U25:AO25"/>
+    <mergeCell ref="U26:AO26"/>
+    <mergeCell ref="U29:AO29"/>
+    <mergeCell ref="U21:AO21"/>
+    <mergeCell ref="A7:S7"/>
+    <mergeCell ref="B17:R17"/>
+    <mergeCell ref="B18:R18"/>
+    <mergeCell ref="B19:R19"/>
+    <mergeCell ref="B20:R20"/>
+    <mergeCell ref="L9:R9"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
-  <dataValidations disablePrompts="1" count="1">
-[...6 lines deleted...]
-  <drawing r:id="rId2"/>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.98425196850393704" right="0.78740157480314965" top="0.59055118110236227" bottom="0.59055118110236227" header="0" footer="0"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="36" max="18" man="1"/>
+  </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
-  <dimension ref="A1:AO79"/>
+  <dimension ref="A1:AP73"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageBreakPreview" zoomScaleNormal="70" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" topLeftCell="A25" zoomScaleNormal="100" zoomScaleSheetLayoutView="90" workbookViewId="0">
+      <selection activeCell="B17" sqref="B17:S17"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="17.399999999999999" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="3.625" style="2" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="26" max="16384" width="9" style="2"/>
+    <col min="1" max="2" width="3.6640625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="7.33203125" style="2" customWidth="1"/>
+    <col min="4" max="7" width="3.6640625" style="2" customWidth="1"/>
+    <col min="8" max="8" width="7.33203125" style="2" customWidth="1"/>
+    <col min="9" max="12" width="3.6640625" style="2" customWidth="1"/>
+    <col min="13" max="13" width="7.109375" style="2" customWidth="1"/>
+    <col min="14" max="26" width="3.6640625" style="2" customWidth="1"/>
+    <col min="27" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
-[...11 lines deleted...]
-    <row r="2" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="1" spans="1:20" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J1" s="31"/>
+      <c r="K1" s="31"/>
+      <c r="L1" s="31"/>
+      <c r="M1" s="31"/>
+      <c r="N1" s="31"/>
+      <c r="O1" s="31"/>
+      <c r="P1" s="31"/>
+      <c r="Q1" s="31"/>
+      <c r="R1" s="31"/>
+      <c r="S1" s="31"/>
+      <c r="T1" s="31"/>
+    </row>
+    <row r="2" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="J2" s="32"/>
+      <c r="K2" s="33"/>
+      <c r="L2" s="33"/>
+      <c r="M2" s="33"/>
+      <c r="N2" s="33"/>
+      <c r="O2" s="33"/>
+      <c r="P2" s="33"/>
+      <c r="Q2" s="33"/>
+      <c r="R2" s="33"/>
+      <c r="S2" s="33"/>
+      <c r="T2" s="34"/>
+    </row>
+    <row r="3" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="35"/>
+      <c r="J3" s="32"/>
+      <c r="K3" s="33"/>
+      <c r="L3" s="33"/>
+      <c r="M3" s="33"/>
+      <c r="N3" s="33"/>
+      <c r="O3" s="33"/>
+      <c r="P3" s="33"/>
+      <c r="Q3" s="33"/>
+      <c r="R3" s="33"/>
+      <c r="S3" s="33"/>
+      <c r="T3" s="34"/>
+    </row>
+    <row r="4" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="35"/>
+      <c r="E4" s="35"/>
+      <c r="J4" s="32"/>
+      <c r="K4" s="33"/>
+      <c r="L4" s="33"/>
+      <c r="M4" s="33"/>
+      <c r="N4" s="33"/>
+      <c r="O4" s="33"/>
+      <c r="P4" s="33"/>
+      <c r="Q4" s="33"/>
+      <c r="R4" s="33"/>
+      <c r="S4" s="33"/>
+      <c r="T4" s="34"/>
+    </row>
+    <row r="5" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J5" s="32"/>
+      <c r="K5" s="33"/>
+      <c r="L5" s="33"/>
+      <c r="M5" s="33"/>
+      <c r="N5" s="33"/>
+      <c r="O5" s="33"/>
+      <c r="P5" s="33"/>
+      <c r="Q5" s="33"/>
+      <c r="R5" s="33"/>
+      <c r="S5" s="33"/>
+      <c r="T5" s="34"/>
+    </row>
+    <row r="6" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="36"/>
+      <c r="B6" s="37"/>
+      <c r="C6" s="37"/>
+      <c r="D6" s="37"/>
+      <c r="E6" s="37"/>
+      <c r="F6" s="37"/>
+      <c r="G6" s="37"/>
+      <c r="H6" s="37"/>
+      <c r="I6" s="37"/>
+      <c r="J6" s="37"/>
+      <c r="K6" s="37"/>
+      <c r="L6" s="37"/>
+      <c r="M6" s="37"/>
+      <c r="N6" s="37"/>
+      <c r="O6" s="37"/>
+      <c r="P6" s="37"/>
+      <c r="Q6" s="37"/>
+      <c r="R6" s="37"/>
+      <c r="S6" s="37"/>
+      <c r="T6" s="38"/>
+    </row>
+    <row r="7" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="155" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" s="156"/>
+      <c r="C7" s="156"/>
+      <c r="D7" s="156"/>
+      <c r="E7" s="156"/>
+      <c r="F7" s="156"/>
+      <c r="G7" s="156"/>
+      <c r="H7" s="156"/>
+      <c r="I7" s="156"/>
+      <c r="J7" s="156"/>
+      <c r="K7" s="156"/>
+      <c r="L7" s="156"/>
+      <c r="M7" s="156"/>
+      <c r="N7" s="156"/>
+      <c r="O7" s="156"/>
+      <c r="P7" s="156"/>
+      <c r="Q7" s="156"/>
+      <c r="R7" s="156"/>
+      <c r="S7" s="156"/>
+      <c r="T7" s="157"/>
+    </row>
+    <row r="8" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="39"/>
+      <c r="B8" s="33"/>
+      <c r="C8" s="33"/>
+      <c r="D8" s="33"/>
+      <c r="E8" s="33"/>
+      <c r="F8" s="33"/>
+      <c r="G8" s="33"/>
+      <c r="H8" s="33"/>
+      <c r="I8" s="33"/>
+      <c r="J8" s="33"/>
+      <c r="K8" s="33"/>
+      <c r="L8" s="33"/>
+      <c r="M8" s="33"/>
+      <c r="N8" s="33"/>
+      <c r="O8" s="33"/>
+      <c r="P8" s="33"/>
+      <c r="Q8" s="33"/>
+      <c r="R8" s="33"/>
+      <c r="S8" s="33"/>
+      <c r="T8" s="40"/>
+    </row>
+    <row r="9" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="45"/>
+      <c r="B9" s="41"/>
+      <c r="C9" s="41"/>
+      <c r="D9" s="41"/>
+      <c r="E9" s="41"/>
+      <c r="F9" s="41"/>
+      <c r="G9" s="41"/>
+      <c r="H9" s="41"/>
+      <c r="I9" s="41"/>
+      <c r="J9" s="41"/>
+      <c r="K9" s="41"/>
+      <c r="L9" s="50"/>
+      <c r="M9" s="65" t="s">
+        <v>56</v>
+      </c>
+      <c r="N9" s="66"/>
+      <c r="O9" s="43" t="s">
+        <v>3</v>
+      </c>
+      <c r="P9" s="66"/>
+      <c r="Q9" s="43" t="s">
+        <v>4</v>
+      </c>
+      <c r="R9" s="66"/>
+      <c r="S9" s="43" t="s">
+        <v>5</v>
+      </c>
+      <c r="T9" s="42"/>
+    </row>
+    <row r="10" spans="1:20" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="45"/>
+      <c r="B10" s="41"/>
+      <c r="C10" s="41"/>
+      <c r="D10" s="41"/>
+      <c r="E10" s="41"/>
+      <c r="F10" s="41"/>
+      <c r="G10" s="41"/>
+      <c r="H10" s="41"/>
+      <c r="I10" s="41"/>
+      <c r="J10" s="41"/>
+      <c r="K10" s="41"/>
+      <c r="L10" s="41"/>
+      <c r="M10" s="41"/>
+      <c r="N10" s="41"/>
+      <c r="O10" s="41"/>
+      <c r="P10" s="41"/>
+      <c r="Q10" s="41"/>
+      <c r="R10" s="41"/>
+      <c r="S10" s="41"/>
+      <c r="T10" s="42"/>
+    </row>
+    <row r="11" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="39"/>
+      <c r="B11" s="41" t="s">
+        <v>68</v>
+      </c>
+      <c r="C11" s="41"/>
+      <c r="D11" s="41"/>
+      <c r="E11" s="41"/>
+      <c r="F11" s="41"/>
+      <c r="G11" s="41"/>
+      <c r="H11" s="41"/>
+      <c r="I11" s="41"/>
+      <c r="J11" s="41"/>
+      <c r="K11" s="41"/>
+      <c r="L11" s="41"/>
+      <c r="M11" s="41"/>
+      <c r="N11" s="41"/>
+      <c r="O11" s="41"/>
+      <c r="P11" s="41"/>
+      <c r="Q11" s="41"/>
+      <c r="R11" s="41"/>
+      <c r="S11" s="41"/>
+      <c r="T11" s="42"/>
+    </row>
+    <row r="12" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="45"/>
+      <c r="B12" s="41"/>
+      <c r="C12" s="41"/>
+      <c r="D12" s="41"/>
+      <c r="E12" s="41"/>
+      <c r="F12" s="41"/>
+      <c r="G12" s="41"/>
+      <c r="H12" s="41"/>
+      <c r="I12" s="41"/>
+      <c r="J12" s="41" t="s">
+        <v>31</v>
+      </c>
+      <c r="K12" s="41"/>
+      <c r="L12" s="41"/>
+      <c r="M12" s="41"/>
+      <c r="N12" s="41"/>
+      <c r="O12" s="41"/>
+      <c r="P12" s="41"/>
+      <c r="Q12" s="41"/>
+      <c r="R12" s="41"/>
+      <c r="S12" s="41"/>
+      <c r="T12" s="42"/>
+    </row>
+    <row r="13" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="45"/>
+      <c r="B13" s="41"/>
+      <c r="C13" s="41"/>
+      <c r="D13" s="41"/>
+      <c r="E13" s="41"/>
+      <c r="F13" s="41"/>
+      <c r="G13" s="41"/>
+      <c r="H13" s="41"/>
+      <c r="I13" s="43"/>
+      <c r="J13" s="41" t="s">
+        <v>2</v>
+      </c>
+      <c r="K13" s="41"/>
+      <c r="L13" s="41"/>
+      <c r="M13" s="41"/>
+      <c r="N13" s="41"/>
+      <c r="O13" s="41"/>
+      <c r="P13" s="41"/>
+      <c r="Q13" s="41"/>
+      <c r="R13" s="41"/>
+      <c r="S13" s="41"/>
+      <c r="T13" s="42"/>
+    </row>
+    <row r="14" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="45"/>
+      <c r="B14" s="41"/>
+      <c r="C14" s="41"/>
+      <c r="D14" s="41"/>
+      <c r="E14" s="41"/>
+      <c r="F14" s="41"/>
+      <c r="G14" s="41"/>
+      <c r="H14" s="41"/>
+      <c r="I14" s="43"/>
+      <c r="J14" s="43"/>
+      <c r="K14" s="41"/>
+      <c r="L14" s="41"/>
+      <c r="M14" s="41"/>
+      <c r="N14" s="41"/>
+      <c r="O14" s="41"/>
+      <c r="P14" s="41"/>
+      <c r="Q14" s="41"/>
+      <c r="R14" s="41"/>
+      <c r="S14" s="41"/>
+      <c r="T14" s="42"/>
+    </row>
+    <row r="15" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="45"/>
+      <c r="B15" s="41"/>
+      <c r="C15" s="41"/>
+      <c r="D15" s="41"/>
+      <c r="E15" s="41"/>
+      <c r="F15" s="41"/>
+      <c r="G15" s="41"/>
+      <c r="H15" s="41"/>
+      <c r="I15" s="43"/>
+      <c r="J15" s="41" t="s">
+        <v>0</v>
+      </c>
+      <c r="K15" s="41"/>
+      <c r="L15" s="41"/>
+      <c r="M15" s="41"/>
+      <c r="N15" s="41"/>
+      <c r="O15" s="41"/>
+      <c r="P15" s="41"/>
+      <c r="Q15" s="41"/>
+      <c r="R15" s="43"/>
+      <c r="S15" s="41"/>
+      <c r="T15" s="42"/>
+    </row>
+    <row r="16" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="45"/>
+      <c r="B16" s="41"/>
+      <c r="C16" s="41"/>
+      <c r="D16" s="41"/>
+      <c r="E16" s="41"/>
+      <c r="F16" s="41"/>
+      <c r="G16" s="41"/>
+      <c r="H16" s="41"/>
+      <c r="I16" s="41"/>
+      <c r="J16" s="41"/>
+      <c r="K16" s="41"/>
+      <c r="L16" s="41"/>
+      <c r="M16" s="41"/>
+      <c r="N16" s="41"/>
+      <c r="O16" s="41"/>
+      <c r="P16" s="41"/>
+      <c r="Q16" s="41"/>
+      <c r="R16" s="41"/>
+      <c r="S16" s="41"/>
+      <c r="T16" s="42"/>
+    </row>
+    <row r="17" spans="1:42" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="45"/>
+      <c r="B17" s="158" t="s">
+        <v>107</v>
+      </c>
+      <c r="C17" s="158"/>
+      <c r="D17" s="158"/>
+      <c r="E17" s="158"/>
+      <c r="F17" s="158"/>
+      <c r="G17" s="158"/>
+      <c r="H17" s="158"/>
+      <c r="I17" s="158"/>
+      <c r="J17" s="158"/>
+      <c r="K17" s="158"/>
+      <c r="L17" s="158"/>
+      <c r="M17" s="158"/>
+      <c r="N17" s="158"/>
+      <c r="O17" s="158"/>
+      <c r="P17" s="158"/>
+      <c r="Q17" s="158"/>
+      <c r="R17" s="158"/>
+      <c r="S17" s="158"/>
+      <c r="T17" s="42"/>
+    </row>
+    <row r="18" spans="1:42" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="45"/>
+      <c r="B18" s="159"/>
+      <c r="C18" s="159"/>
+      <c r="D18" s="159"/>
+      <c r="E18" s="159"/>
+      <c r="F18" s="159"/>
+      <c r="G18" s="159"/>
+      <c r="H18" s="159"/>
+      <c r="I18" s="159"/>
+      <c r="J18" s="159"/>
+      <c r="K18" s="159"/>
+      <c r="L18" s="159"/>
+      <c r="M18" s="159"/>
+      <c r="N18" s="159"/>
+      <c r="O18" s="159"/>
+      <c r="P18" s="159"/>
+      <c r="Q18" s="159"/>
+      <c r="R18" s="159"/>
+      <c r="S18" s="159"/>
+      <c r="T18" s="42"/>
+    </row>
+    <row r="19" spans="1:42" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="45"/>
+      <c r="B19" s="160" t="s">
+        <v>11</v>
+      </c>
+      <c r="C19" s="160"/>
+      <c r="D19" s="160"/>
+      <c r="E19" s="160"/>
+      <c r="F19" s="160"/>
+      <c r="G19" s="160"/>
+      <c r="H19" s="160"/>
+      <c r="I19" s="160"/>
+      <c r="J19" s="160"/>
+      <c r="K19" s="160"/>
+      <c r="L19" s="160"/>
+      <c r="M19" s="160"/>
+      <c r="N19" s="160"/>
+      <c r="O19" s="160"/>
+      <c r="P19" s="160"/>
+      <c r="Q19" s="160"/>
+      <c r="R19" s="160"/>
+      <c r="S19" s="160"/>
+      <c r="T19" s="42"/>
+    </row>
+    <row r="20" spans="1:42" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="45"/>
+      <c r="B20" s="159"/>
+      <c r="C20" s="159"/>
+      <c r="D20" s="159"/>
+      <c r="E20" s="159"/>
+      <c r="F20" s="159"/>
+      <c r="G20" s="159"/>
+      <c r="H20" s="159"/>
+      <c r="I20" s="159"/>
+      <c r="J20" s="159"/>
+      <c r="K20" s="159"/>
+      <c r="L20" s="159"/>
+      <c r="M20" s="159"/>
+      <c r="N20" s="159"/>
+      <c r="O20" s="159"/>
+      <c r="P20" s="159"/>
+      <c r="Q20" s="159"/>
+      <c r="R20" s="159"/>
+      <c r="S20" s="159"/>
+      <c r="T20" s="42"/>
+    </row>
+    <row r="21" spans="1:42" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="45"/>
+      <c r="B21" s="41" t="s">
+        <v>65</v>
+      </c>
+      <c r="C21" s="41"/>
+      <c r="D21" s="41"/>
+      <c r="E21" s="41"/>
+      <c r="F21" s="41"/>
+      <c r="G21" s="41"/>
+      <c r="H21" s="41"/>
+      <c r="I21" s="41"/>
+      <c r="J21" s="41"/>
+      <c r="K21" s="41"/>
+      <c r="L21" s="41"/>
+      <c r="M21" s="41"/>
+      <c r="N21" s="41"/>
+      <c r="O21" s="41"/>
+      <c r="P21" s="41"/>
+      <c r="Q21" s="41"/>
+      <c r="R21" s="41"/>
+      <c r="S21" s="41"/>
+      <c r="T21" s="42"/>
+      <c r="V21" s="154"/>
+      <c r="W21" s="154"/>
+      <c r="X21" s="154"/>
+      <c r="Y21" s="154"/>
+      <c r="Z21" s="154"/>
+      <c r="AA21" s="154"/>
+      <c r="AB21" s="154"/>
+      <c r="AC21" s="154"/>
+      <c r="AD21" s="154"/>
+      <c r="AE21" s="154"/>
+      <c r="AF21" s="154"/>
+      <c r="AG21" s="154"/>
+      <c r="AH21" s="154"/>
+      <c r="AI21" s="154"/>
+      <c r="AJ21" s="154"/>
+      <c r="AK21" s="154"/>
+      <c r="AL21" s="154"/>
+      <c r="AM21" s="154"/>
+      <c r="AN21" s="154"/>
+      <c r="AO21" s="154"/>
+      <c r="AP21" s="154"/>
+    </row>
+    <row r="22" spans="1:42" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="45"/>
+      <c r="B22" s="41"/>
+      <c r="C22" s="41" t="s">
         <v>12</v>
       </c>
-      <c r="J2" s="45"/>
-[...71 lines deleted...]
-      <c r="A7" s="143" t="s">
+      <c r="D22" s="41" t="s">
         <v>13</v>
       </c>
-      <c r="B7" s="144"/>
-[...261 lines deleted...]
-      <c r="B19" s="148" t="s">
+      <c r="E22" s="41"/>
+      <c r="F22" s="41"/>
+      <c r="G22" s="41"/>
+      <c r="H22" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="I22" s="41" t="s">
         <v>14</v>
       </c>
-      <c r="C19" s="148"/>
-[...86 lines deleted...]
-      <c r="C22" s="54" t="s">
+      <c r="J22" s="41"/>
+      <c r="K22" s="41"/>
+      <c r="L22" s="41"/>
+      <c r="M22" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="N22" s="41" t="s">
         <v>15</v>
       </c>
-      <c r="D22" s="54" t="s">
+      <c r="O22" s="41"/>
+      <c r="P22" s="41"/>
+      <c r="Q22" s="41"/>
+      <c r="R22" s="41"/>
+      <c r="S22" s="41"/>
+      <c r="T22" s="42"/>
+      <c r="V22" s="154"/>
+      <c r="W22" s="154"/>
+      <c r="X22" s="154"/>
+      <c r="Y22" s="154"/>
+      <c r="Z22" s="154"/>
+      <c r="AA22" s="154"/>
+      <c r="AB22" s="154"/>
+      <c r="AC22" s="154"/>
+      <c r="AD22" s="154"/>
+      <c r="AE22" s="154"/>
+      <c r="AF22" s="154"/>
+      <c r="AG22" s="154"/>
+      <c r="AH22" s="154"/>
+      <c r="AI22" s="154"/>
+      <c r="AJ22" s="154"/>
+      <c r="AK22" s="154"/>
+      <c r="AL22" s="154"/>
+      <c r="AM22" s="154"/>
+      <c r="AN22" s="154"/>
+      <c r="AO22" s="154"/>
+      <c r="AP22" s="154"/>
+    </row>
+    <row r="23" spans="1:42" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="45"/>
+      <c r="B23" s="41"/>
+      <c r="C23" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" s="41" t="s">
         <v>16</v>
       </c>
-      <c r="E22" s="54"/>
-[...5 lines deleted...]
-      <c r="I22" s="54" t="s">
+      <c r="E23" s="41"/>
+      <c r="F23" s="41"/>
+      <c r="G23" s="41"/>
+      <c r="H23" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="I23" s="41" t="s">
         <v>17</v>
       </c>
-      <c r="J22" s="54"/>
-[...271 lines deleted...]
-      <c r="D28" s="54" t="s">
+      <c r="J23" s="41"/>
+      <c r="K23" s="41"/>
+      <c r="L23" s="41"/>
+      <c r="M23" s="41"/>
+      <c r="N23" s="41"/>
+      <c r="O23" s="41"/>
+      <c r="P23" s="41"/>
+      <c r="Q23" s="41"/>
+      <c r="R23" s="41"/>
+      <c r="S23" s="41"/>
+      <c r="T23" s="42"/>
+      <c r="V23" s="154"/>
+      <c r="W23" s="154"/>
+      <c r="X23" s="154"/>
+      <c r="Y23" s="154"/>
+      <c r="Z23" s="154"/>
+      <c r="AA23" s="154"/>
+      <c r="AB23" s="154"/>
+      <c r="AC23" s="154"/>
+      <c r="AD23" s="154"/>
+      <c r="AE23" s="154"/>
+      <c r="AF23" s="154"/>
+      <c r="AG23" s="154"/>
+      <c r="AH23" s="154"/>
+      <c r="AI23" s="154"/>
+      <c r="AJ23" s="154"/>
+      <c r="AK23" s="154"/>
+      <c r="AL23" s="154"/>
+      <c r="AM23" s="154"/>
+      <c r="AN23" s="154"/>
+      <c r="AO23" s="154"/>
+      <c r="AP23" s="154"/>
+    </row>
+    <row r="24" spans="1:42" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="45"/>
+      <c r="B24" s="41"/>
+      <c r="C24" s="41"/>
+      <c r="D24" s="41"/>
+      <c r="E24" s="41"/>
+      <c r="F24" s="41"/>
+      <c r="G24" s="41"/>
+      <c r="H24" s="41"/>
+      <c r="I24" s="41"/>
+      <c r="J24" s="41"/>
+      <c r="K24" s="41"/>
+      <c r="L24" s="41"/>
+      <c r="M24" s="41"/>
+      <c r="N24" s="41"/>
+      <c r="O24" s="41"/>
+      <c r="P24" s="41"/>
+      <c r="Q24" s="41"/>
+      <c r="R24" s="41"/>
+      <c r="S24" s="41"/>
+      <c r="T24" s="42"/>
+      <c r="V24" s="154"/>
+      <c r="W24" s="154"/>
+      <c r="X24" s="154"/>
+      <c r="Y24" s="154"/>
+      <c r="Z24" s="154"/>
+      <c r="AA24" s="154"/>
+      <c r="AB24" s="154"/>
+      <c r="AC24" s="154"/>
+      <c r="AD24" s="154"/>
+      <c r="AE24" s="154"/>
+      <c r="AF24" s="154"/>
+      <c r="AG24" s="154"/>
+      <c r="AH24" s="154"/>
+      <c r="AI24" s="154"/>
+      <c r="AJ24" s="154"/>
+      <c r="AK24" s="154"/>
+      <c r="AL24" s="154"/>
+      <c r="AM24" s="154"/>
+      <c r="AN24" s="154"/>
+      <c r="AO24" s="154"/>
+      <c r="AP24" s="154"/>
+    </row>
+    <row r="25" spans="1:42" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="45"/>
+      <c r="B25" s="41" t="s">
+        <v>41</v>
+      </c>
+      <c r="C25" s="41"/>
+      <c r="D25" s="41"/>
+      <c r="E25" s="41"/>
+      <c r="F25" s="41"/>
+      <c r="G25" s="41"/>
+      <c r="H25" s="41"/>
+      <c r="I25" s="41"/>
+      <c r="J25" s="41"/>
+      <c r="K25" s="41"/>
+      <c r="L25" s="41"/>
+      <c r="M25" s="41"/>
+      <c r="N25" s="41"/>
+      <c r="O25" s="41"/>
+      <c r="P25" s="41"/>
+      <c r="Q25" s="41"/>
+      <c r="R25" s="41"/>
+      <c r="S25" s="41"/>
+      <c r="T25" s="42"/>
+      <c r="V25" s="46"/>
+      <c r="W25" s="46"/>
+      <c r="X25" s="46"/>
+      <c r="Y25" s="46"/>
+      <c r="Z25" s="46"/>
+      <c r="AA25" s="46"/>
+      <c r="AB25" s="46"/>
+      <c r="AC25" s="46"/>
+      <c r="AD25" s="46"/>
+      <c r="AE25" s="46"/>
+      <c r="AF25" s="46"/>
+      <c r="AG25" s="46"/>
+      <c r="AH25" s="46"/>
+      <c r="AI25" s="46"/>
+      <c r="AJ25" s="46"/>
+      <c r="AK25" s="46"/>
+      <c r="AL25" s="46"/>
+      <c r="AM25" s="46"/>
+      <c r="AN25" s="46"/>
+      <c r="AO25" s="46"/>
+      <c r="AP25" s="46"/>
+    </row>
+    <row r="26" spans="1:42" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="45"/>
+      <c r="B26" s="41"/>
+      <c r="C26" s="163"/>
+      <c r="D26" s="163"/>
+      <c r="E26" s="163"/>
+      <c r="F26" s="163"/>
+      <c r="G26" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="H26" s="41"/>
+      <c r="I26" s="41"/>
+      <c r="J26" s="41"/>
+      <c r="K26" s="41"/>
+      <c r="L26" s="41"/>
+      <c r="M26" s="41"/>
+      <c r="N26" s="41"/>
+      <c r="O26" s="41"/>
+      <c r="P26" s="41"/>
+      <c r="Q26" s="41"/>
+      <c r="R26" s="41"/>
+      <c r="S26" s="41"/>
+      <c r="T26" s="42"/>
+      <c r="V26" s="46"/>
+      <c r="W26" s="46"/>
+      <c r="X26" s="46"/>
+      <c r="Y26" s="46"/>
+      <c r="Z26" s="46"/>
+      <c r="AA26" s="46"/>
+      <c r="AB26" s="46"/>
+      <c r="AC26" s="46"/>
+      <c r="AD26" s="46"/>
+      <c r="AE26" s="46"/>
+      <c r="AF26" s="46"/>
+      <c r="AG26" s="46"/>
+      <c r="AH26" s="46"/>
+      <c r="AI26" s="46"/>
+      <c r="AJ26" s="46"/>
+      <c r="AK26" s="46"/>
+      <c r="AL26" s="46"/>
+      <c r="AM26" s="46"/>
+      <c r="AN26" s="46"/>
+      <c r="AO26" s="46"/>
+      <c r="AP26" s="46"/>
+    </row>
+    <row r="27" spans="1:42" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="45"/>
+      <c r="B27" s="41"/>
+      <c r="C27" s="41"/>
+      <c r="D27" s="41"/>
+      <c r="E27" s="41"/>
+      <c r="F27" s="41"/>
+      <c r="G27" s="41"/>
+      <c r="H27" s="41"/>
+      <c r="I27" s="41"/>
+      <c r="J27" s="41"/>
+      <c r="K27" s="41"/>
+      <c r="L27" s="41"/>
+      <c r="M27" s="41"/>
+      <c r="N27" s="41"/>
+      <c r="O27" s="41"/>
+      <c r="P27" s="41"/>
+      <c r="Q27" s="41"/>
+      <c r="R27" s="41"/>
+      <c r="S27" s="41"/>
+      <c r="T27" s="42"/>
+      <c r="V27" s="46"/>
+      <c r="W27" s="46"/>
+      <c r="X27" s="46"/>
+      <c r="Y27" s="46"/>
+      <c r="Z27" s="46"/>
+      <c r="AA27" s="46"/>
+      <c r="AB27" s="46"/>
+      <c r="AC27" s="46"/>
+      <c r="AD27" s="46"/>
+      <c r="AE27" s="46"/>
+      <c r="AF27" s="46"/>
+      <c r="AG27" s="46"/>
+      <c r="AH27" s="46"/>
+      <c r="AI27" s="46"/>
+      <c r="AJ27" s="46"/>
+      <c r="AK27" s="46"/>
+      <c r="AL27" s="46"/>
+      <c r="AM27" s="46"/>
+      <c r="AN27" s="46"/>
+      <c r="AO27" s="46"/>
+      <c r="AP27" s="46"/>
+    </row>
+    <row r="28" spans="1:42" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="45"/>
+      <c r="B28" s="67" t="s">
+        <v>45</v>
+      </c>
+      <c r="C28" s="41"/>
+      <c r="D28" s="41"/>
+      <c r="E28" s="41"/>
+      <c r="F28" s="41"/>
+      <c r="G28" s="41"/>
+      <c r="H28" s="41"/>
+      <c r="I28" s="41"/>
+      <c r="J28" s="41"/>
+      <c r="K28" s="41"/>
+      <c r="L28" s="41"/>
+      <c r="M28" s="41"/>
+      <c r="N28" s="41"/>
+      <c r="O28" s="41"/>
+      <c r="P28" s="41"/>
+      <c r="Q28" s="41"/>
+      <c r="R28" s="41"/>
+      <c r="S28" s="41"/>
+      <c r="T28" s="42"/>
+    </row>
+    <row r="29" spans="1:42" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="45"/>
+      <c r="B29" s="41"/>
+      <c r="C29" s="41" t="s">
         <v>23</v>
       </c>
-      <c r="E28" s="54"/>
-[...54 lines deleted...]
-      <c r="R29" s="54"/>
+      <c r="D29" s="41"/>
+      <c r="E29" s="41"/>
+      <c r="F29" s="55"/>
+      <c r="G29" s="55"/>
+      <c r="H29" s="55"/>
+      <c r="I29" s="55"/>
+      <c r="J29" s="55"/>
+      <c r="K29" s="55"/>
+      <c r="L29" s="55"/>
+      <c r="M29" s="55"/>
+      <c r="N29" s="55"/>
+      <c r="O29" s="55"/>
+      <c r="P29" s="55"/>
+      <c r="Q29" s="55"/>
+      <c r="R29" s="55"/>
       <c r="S29" s="55"/>
-      <c r="U29" s="140"/>
-[...39 lines deleted...]
-      <c r="R30" s="54"/>
+      <c r="T29" s="42"/>
+    </row>
+    <row r="30" spans="1:42" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="45"/>
+      <c r="B30" s="41"/>
+      <c r="C30" s="41" t="s">
+        <v>24</v>
+      </c>
+      <c r="D30" s="41"/>
+      <c r="E30" s="41"/>
+      <c r="F30" s="56"/>
+      <c r="G30" s="55"/>
+      <c r="H30" s="55"/>
+      <c r="I30" s="55"/>
+      <c r="J30" s="55"/>
+      <c r="K30" s="55"/>
+      <c r="L30" s="55"/>
+      <c r="M30" s="55"/>
+      <c r="N30" s="55"/>
+      <c r="O30" s="55"/>
+      <c r="P30" s="55"/>
+      <c r="Q30" s="55"/>
+      <c r="R30" s="55"/>
       <c r="S30" s="55"/>
-      <c r="U30" s="59"/>
-[...39 lines deleted...]
-      <c r="R31" s="54"/>
+      <c r="T30" s="42"/>
+    </row>
+    <row r="31" spans="1:42" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="45"/>
+      <c r="B31" s="41"/>
+      <c r="C31" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="D31" s="41"/>
+      <c r="E31" s="41"/>
+      <c r="F31" s="56"/>
+      <c r="G31" s="55"/>
+      <c r="H31" s="55"/>
+      <c r="I31" s="55"/>
+      <c r="J31" s="55"/>
+      <c r="K31" s="55"/>
+      <c r="L31" s="55"/>
+      <c r="M31" s="55"/>
+      <c r="N31" s="55"/>
+      <c r="O31" s="55"/>
+      <c r="P31" s="55"/>
+      <c r="Q31" s="55"/>
+      <c r="R31" s="55"/>
       <c r="S31" s="55"/>
-      <c r="U31" s="59"/>
-[...39 lines deleted...]
-      <c r="R32" s="54"/>
+      <c r="T31" s="42"/>
+    </row>
+    <row r="32" spans="1:42" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="45"/>
+      <c r="B32" s="41"/>
+      <c r="C32" s="41" t="s">
+        <v>26</v>
+      </c>
+      <c r="D32" s="41"/>
+      <c r="E32" s="41"/>
+      <c r="F32" s="56"/>
+      <c r="G32" s="55"/>
+      <c r="H32" s="55"/>
+      <c r="I32" s="55"/>
+      <c r="J32" s="55"/>
+      <c r="K32" s="55"/>
+      <c r="L32" s="55"/>
+      <c r="M32" s="55"/>
+      <c r="N32" s="55"/>
+      <c r="O32" s="55"/>
+      <c r="P32" s="55"/>
+      <c r="Q32" s="55"/>
+      <c r="R32" s="55"/>
       <c r="S32" s="55"/>
-      <c r="U32" s="59"/>
-[...39 lines deleted...]
-      <c r="R33" s="54"/>
+      <c r="T32" s="42"/>
+    </row>
+    <row r="33" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="45"/>
+      <c r="B33" s="41"/>
+      <c r="C33" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="D33" s="41"/>
+      <c r="E33" s="41"/>
+      <c r="F33" s="56"/>
+      <c r="G33" s="55"/>
+      <c r="H33" s="55"/>
+      <c r="I33" s="55"/>
+      <c r="J33" s="55"/>
+      <c r="K33" s="55"/>
+      <c r="L33" s="55"/>
+      <c r="M33" s="55"/>
+      <c r="N33" s="55"/>
+      <c r="O33" s="55"/>
+      <c r="P33" s="55"/>
+      <c r="Q33" s="55"/>
+      <c r="R33" s="55"/>
       <c r="S33" s="55"/>
-      <c r="U33" s="59"/>
-[...680 lines deleted...]
-      <c r="C57" s="71" t="s">
+      <c r="T33" s="42"/>
+    </row>
+    <row r="34" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="45"/>
+      <c r="B34" s="41"/>
+      <c r="C34" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="D34" s="41"/>
+      <c r="E34" s="41"/>
+      <c r="F34" s="56"/>
+      <c r="G34" s="56"/>
+      <c r="H34" s="56"/>
+      <c r="I34" s="56"/>
+      <c r="J34" s="56"/>
+      <c r="K34" s="56"/>
+      <c r="L34" s="56"/>
+      <c r="M34" s="56"/>
+      <c r="N34" s="56"/>
+      <c r="O34" s="56"/>
+      <c r="P34" s="56"/>
+      <c r="Q34" s="56"/>
+      <c r="R34" s="56"/>
+      <c r="S34" s="56"/>
+      <c r="T34" s="42"/>
+    </row>
+    <row r="35" spans="1:20" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="47"/>
+      <c r="B35" s="48"/>
+      <c r="C35" s="48"/>
+      <c r="D35" s="48"/>
+      <c r="E35" s="48"/>
+      <c r="F35" s="48"/>
+      <c r="G35" s="48"/>
+      <c r="H35" s="48"/>
+      <c r="I35" s="48"/>
+      <c r="J35" s="48"/>
+      <c r="K35" s="48"/>
+      <c r="L35" s="48"/>
+      <c r="M35" s="48"/>
+      <c r="N35" s="48"/>
+      <c r="O35" s="48"/>
+      <c r="P35" s="48"/>
+      <c r="Q35" s="48"/>
+      <c r="R35" s="48"/>
+      <c r="S35" s="48"/>
+      <c r="T35" s="62"/>
+    </row>
+    <row r="36" spans="1:20" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="53"/>
+      <c r="B36" s="53"/>
+      <c r="C36" s="53"/>
+      <c r="D36" s="53"/>
+      <c r="E36" s="53"/>
+      <c r="F36" s="53"/>
+      <c r="G36" s="53"/>
+      <c r="H36" s="53"/>
+      <c r="I36" s="53"/>
+      <c r="J36" s="53"/>
+      <c r="K36" s="53"/>
+      <c r="L36" s="53"/>
+      <c r="M36" s="53"/>
+      <c r="N36" s="53"/>
+      <c r="O36" s="53"/>
+      <c r="P36" s="53"/>
+      <c r="Q36" s="53"/>
+      <c r="R36" s="53"/>
+      <c r="S36" s="53"/>
+      <c r="T36" s="68" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="37" spans="1:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="48"/>
+      <c r="B37" s="48"/>
+      <c r="C37" s="48"/>
+      <c r="D37" s="48"/>
+      <c r="E37" s="48"/>
+      <c r="F37" s="48"/>
+      <c r="G37" s="48"/>
+      <c r="H37" s="48"/>
+      <c r="I37" s="48"/>
+      <c r="J37" s="48"/>
+      <c r="K37" s="48"/>
+      <c r="L37" s="48"/>
+      <c r="M37" s="48"/>
+      <c r="N37" s="48"/>
+      <c r="O37" s="48"/>
+      <c r="P37" s="48"/>
+      <c r="Q37" s="48"/>
+      <c r="R37" s="48"/>
+      <c r="S37" s="48"/>
+      <c r="T37" s="48"/>
+    </row>
+    <row r="38" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="52"/>
+      <c r="B38" s="53"/>
+      <c r="C38" s="53"/>
+      <c r="D38" s="53"/>
+      <c r="E38" s="53"/>
+      <c r="F38" s="53"/>
+      <c r="G38" s="53"/>
+      <c r="H38" s="53"/>
+      <c r="I38" s="53"/>
+      <c r="J38" s="53"/>
+      <c r="K38" s="53"/>
+      <c r="L38" s="53"/>
+      <c r="M38" s="53"/>
+      <c r="N38" s="53"/>
+      <c r="O38" s="53"/>
+      <c r="P38" s="53"/>
+      <c r="Q38" s="53"/>
+      <c r="R38" s="53"/>
+      <c r="S38" s="53"/>
+      <c r="T38" s="69"/>
+    </row>
+    <row r="39" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="45"/>
+      <c r="B39" s="41" t="s">
         <v>46</v>
       </c>
-      <c r="D57" s="71"/>
-[...145 lines deleted...]
-      <c r="C64" s="141" t="s">
+      <c r="C39" s="41"/>
+      <c r="D39" s="41"/>
+      <c r="E39" s="41"/>
+      <c r="F39" s="41"/>
+      <c r="G39" s="41"/>
+      <c r="H39" s="41"/>
+      <c r="I39" s="41"/>
+      <c r="J39" s="41"/>
+      <c r="K39" s="41"/>
+      <c r="L39" s="41"/>
+      <c r="M39" s="41"/>
+      <c r="N39" s="41"/>
+      <c r="O39" s="41"/>
+      <c r="P39" s="41"/>
+      <c r="Q39" s="41"/>
+      <c r="R39" s="41"/>
+      <c r="S39" s="41"/>
+      <c r="T39" s="42"/>
+    </row>
+    <row r="40" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="45"/>
+      <c r="B40" s="41"/>
+      <c r="C40" s="70" t="s">
         <v>47</v>
       </c>
-      <c r="D64" s="141"/>
-[...63 lines deleted...]
-      <c r="E67" s="77"/>
+      <c r="D40" s="70"/>
+      <c r="E40" s="70"/>
+      <c r="F40" s="70"/>
+      <c r="G40" s="70"/>
+      <c r="H40" s="70"/>
+      <c r="I40" s="70"/>
+      <c r="J40" s="70"/>
+      <c r="K40" s="70"/>
+      <c r="L40" s="70"/>
+      <c r="M40" s="70"/>
+      <c r="N40" s="70"/>
+      <c r="O40" s="70"/>
+      <c r="P40" s="70"/>
+      <c r="Q40" s="70"/>
+      <c r="R40" s="70"/>
+      <c r="S40" s="70"/>
+      <c r="T40" s="71"/>
+    </row>
+    <row r="41" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="45"/>
+      <c r="B41" s="41"/>
+      <c r="C41" s="57" t="s">
+        <v>48</v>
+      </c>
+      <c r="D41" s="58"/>
+      <c r="E41" s="58"/>
+      <c r="F41" s="58"/>
+      <c r="G41" s="58"/>
+      <c r="H41" s="58"/>
+      <c r="I41" s="58"/>
+      <c r="J41" s="58"/>
+      <c r="K41" s="58"/>
+      <c r="L41" s="58"/>
+      <c r="M41" s="58"/>
+      <c r="N41" s="58"/>
+      <c r="O41" s="58"/>
+      <c r="P41" s="58"/>
+      <c r="Q41" s="58"/>
+      <c r="R41" s="58"/>
+      <c r="S41" s="58"/>
+      <c r="T41" s="71"/>
+    </row>
+    <row r="42" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="45"/>
+      <c r="B42" s="41"/>
+      <c r="C42" s="58" t="s">
+        <v>49</v>
+      </c>
+      <c r="D42" s="59"/>
+      <c r="E42" s="58"/>
+      <c r="F42" s="60"/>
+      <c r="G42" s="60"/>
+      <c r="H42" s="60"/>
+      <c r="I42" s="60"/>
+      <c r="J42" s="60"/>
+      <c r="K42" s="60"/>
+      <c r="L42" s="60"/>
+      <c r="M42" s="60"/>
+      <c r="N42" s="60"/>
+      <c r="O42" s="60"/>
+      <c r="P42" s="60"/>
+      <c r="Q42" s="60"/>
+      <c r="R42" s="60"/>
+      <c r="S42" s="60"/>
+      <c r="T42" s="71"/>
+    </row>
+    <row r="43" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="45"/>
+      <c r="B43" s="41"/>
+      <c r="C43" s="56"/>
+      <c r="D43" s="56"/>
+      <c r="E43" s="56"/>
+      <c r="F43" s="56"/>
+      <c r="G43" s="56"/>
+      <c r="H43" s="56"/>
+      <c r="I43" s="56"/>
+      <c r="J43" s="56"/>
+      <c r="K43" s="56"/>
+      <c r="L43" s="56"/>
+      <c r="M43" s="56"/>
+      <c r="N43" s="56"/>
+      <c r="O43" s="56"/>
+      <c r="P43" s="56"/>
+      <c r="Q43" s="56"/>
+      <c r="R43" s="56"/>
+      <c r="S43" s="56"/>
+      <c r="T43" s="42"/>
+    </row>
+    <row r="44" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="45"/>
+      <c r="B44" s="41"/>
+      <c r="C44" s="56"/>
+      <c r="D44" s="56"/>
+      <c r="E44" s="56"/>
+      <c r="F44" s="56"/>
+      <c r="G44" s="56"/>
+      <c r="H44" s="56"/>
+      <c r="I44" s="56"/>
+      <c r="J44" s="56"/>
+      <c r="K44" s="56"/>
+      <c r="L44" s="56"/>
+      <c r="M44" s="56"/>
+      <c r="N44" s="56"/>
+      <c r="O44" s="56"/>
+      <c r="P44" s="56"/>
+      <c r="Q44" s="56"/>
+      <c r="R44" s="56"/>
+      <c r="S44" s="56"/>
+      <c r="T44" s="42"/>
+    </row>
+    <row r="45" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="45"/>
+      <c r="B45" s="41"/>
+      <c r="C45" s="56"/>
+      <c r="D45" s="56"/>
+      <c r="E45" s="56"/>
+      <c r="F45" s="56"/>
+      <c r="G45" s="56"/>
+      <c r="H45" s="56"/>
+      <c r="I45" s="56"/>
+      <c r="J45" s="56"/>
+      <c r="K45" s="56"/>
+      <c r="L45" s="56"/>
+      <c r="M45" s="56"/>
+      <c r="N45" s="56"/>
+      <c r="O45" s="56"/>
+      <c r="P45" s="56"/>
+      <c r="Q45" s="56"/>
+      <c r="R45" s="56"/>
+      <c r="S45" s="56"/>
+      <c r="T45" s="42"/>
+    </row>
+    <row r="46" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="45"/>
+      <c r="B46" s="41"/>
+      <c r="C46" s="41"/>
+      <c r="D46" s="41"/>
+      <c r="E46" s="41"/>
+      <c r="F46" s="41"/>
+      <c r="G46" s="41"/>
+      <c r="H46" s="41"/>
+      <c r="I46" s="41"/>
+      <c r="J46" s="41"/>
+      <c r="K46" s="41"/>
+      <c r="L46" s="41"/>
+      <c r="M46" s="41"/>
+      <c r="N46" s="41"/>
+      <c r="O46" s="41"/>
+      <c r="P46" s="41"/>
+      <c r="Q46" s="41"/>
+      <c r="R46" s="41"/>
+      <c r="S46" s="41"/>
+      <c r="T46" s="42"/>
+    </row>
+    <row r="47" spans="1:20" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="39"/>
+      <c r="B47" s="33"/>
+      <c r="C47" s="161" t="s">
+        <v>50</v>
+      </c>
+      <c r="D47" s="161"/>
+      <c r="E47" s="161"/>
+      <c r="F47" s="161"/>
+      <c r="G47" s="161"/>
+      <c r="H47" s="161"/>
+      <c r="I47" s="161"/>
+      <c r="J47" s="161"/>
+      <c r="K47" s="161"/>
+      <c r="L47" s="161"/>
+      <c r="M47" s="161"/>
+      <c r="N47" s="161"/>
+      <c r="O47" s="161"/>
+      <c r="P47" s="161"/>
+      <c r="Q47" s="161"/>
+      <c r="R47" s="161"/>
+      <c r="S47" s="161"/>
+      <c r="T47" s="40"/>
+    </row>
+    <row r="48" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="39"/>
+      <c r="B48" s="33"/>
+      <c r="C48" s="161"/>
+      <c r="D48" s="161"/>
+      <c r="E48" s="161"/>
+      <c r="F48" s="161"/>
+      <c r="G48" s="161"/>
+      <c r="H48" s="161"/>
+      <c r="I48" s="161"/>
+      <c r="J48" s="161"/>
+      <c r="K48" s="161"/>
+      <c r="L48" s="161"/>
+      <c r="M48" s="161"/>
+      <c r="N48" s="161"/>
+      <c r="O48" s="161"/>
+      <c r="P48" s="161"/>
+      <c r="Q48" s="161"/>
+      <c r="R48" s="161"/>
+      <c r="S48" s="161"/>
+      <c r="T48" s="40"/>
+    </row>
+    <row r="49" spans="1:21" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="72"/>
+      <c r="B49" s="73"/>
+      <c r="C49" s="73"/>
+      <c r="D49" s="73"/>
+      <c r="E49" s="73"/>
+      <c r="F49" s="73"/>
+      <c r="G49" s="73"/>
+      <c r="H49" s="73"/>
+      <c r="I49" s="73"/>
+      <c r="J49" s="73"/>
+      <c r="K49" s="73"/>
+      <c r="L49" s="73"/>
+      <c r="M49" s="73"/>
+      <c r="N49" s="73"/>
+      <c r="O49" s="73"/>
+      <c r="P49" s="73"/>
+      <c r="Q49" s="73"/>
+      <c r="R49" s="73"/>
+      <c r="S49" s="73"/>
+      <c r="T49" s="74"/>
+    </row>
+    <row r="50" spans="1:21" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="75"/>
+      <c r="B50" s="33"/>
+      <c r="C50" s="33"/>
+      <c r="D50" s="33"/>
+      <c r="E50" s="33"/>
+      <c r="F50" s="33"/>
+      <c r="G50" s="33"/>
+      <c r="H50" s="33"/>
+      <c r="I50" s="33"/>
+      <c r="J50" s="33"/>
+      <c r="K50" s="33"/>
+      <c r="L50" s="33"/>
+      <c r="M50" s="33"/>
+      <c r="N50" s="33"/>
+      <c r="O50" s="33"/>
+      <c r="P50" s="33"/>
+      <c r="Q50" s="33"/>
+      <c r="R50" s="33"/>
+      <c r="S50" s="37"/>
+      <c r="T50" s="38"/>
+      <c r="U50" s="39"/>
+    </row>
+    <row r="51" spans="1:21" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="39"/>
+      <c r="B51" s="67" t="s">
+        <v>35</v>
+      </c>
+      <c r="C51" s="33"/>
+      <c r="D51" s="33"/>
+      <c r="E51" s="33"/>
+      <c r="F51" s="33"/>
+      <c r="G51" s="33"/>
+      <c r="H51" s="33"/>
+      <c r="I51" s="33"/>
+      <c r="J51" s="33"/>
+      <c r="K51" s="33"/>
+      <c r="L51" s="33"/>
+      <c r="M51" s="33"/>
+      <c r="N51" s="33"/>
+      <c r="O51" s="33"/>
+      <c r="P51" s="33"/>
+      <c r="Q51" s="33"/>
+      <c r="R51" s="33"/>
+      <c r="S51" s="33"/>
+      <c r="T51" s="40"/>
+      <c r="U51" s="39"/>
+    </row>
+    <row r="52" spans="1:21" ht="5.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="39"/>
+      <c r="B52" s="33"/>
+      <c r="C52" s="33"/>
+      <c r="D52" s="33"/>
+      <c r="E52" s="33"/>
+      <c r="F52" s="33"/>
+      <c r="G52" s="33"/>
+      <c r="H52" s="33"/>
+      <c r="I52" s="33"/>
+      <c r="J52" s="33"/>
+      <c r="K52" s="33"/>
+      <c r="L52" s="33"/>
+      <c r="M52" s="33"/>
+      <c r="N52" s="33"/>
+      <c r="O52" s="33"/>
+      <c r="P52" s="33"/>
+      <c r="Q52" s="33"/>
+      <c r="R52" s="33"/>
+      <c r="S52" s="33"/>
+      <c r="T52" s="40"/>
+      <c r="U52" s="39"/>
+    </row>
+    <row r="53" spans="1:21" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="39"/>
+      <c r="B53" s="76" t="s">
+        <v>51</v>
+      </c>
+      <c r="C53" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="D53" s="33"/>
+      <c r="E53" s="33"/>
+      <c r="F53" s="33"/>
+      <c r="G53" s="33"/>
+      <c r="H53" s="33"/>
+      <c r="I53" s="33"/>
+      <c r="J53" s="33"/>
+      <c r="K53" s="33"/>
+      <c r="L53" s="33"/>
+      <c r="M53" s="33"/>
+      <c r="N53" s="33"/>
+      <c r="O53" s="33"/>
+      <c r="P53" s="33"/>
+      <c r="Q53" s="33"/>
+      <c r="R53" s="33"/>
+      <c r="S53" s="33"/>
+      <c r="T53" s="40"/>
+      <c r="U53" s="39"/>
+    </row>
+    <row r="54" spans="1:21" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="39"/>
+      <c r="B54" s="76" t="s">
+        <v>6</v>
+      </c>
+      <c r="C54" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="D54" s="33"/>
+      <c r="E54" s="33"/>
+      <c r="F54" s="77"/>
+      <c r="G54" s="77"/>
+      <c r="H54" s="77"/>
+      <c r="I54" s="77"/>
+      <c r="J54" s="77"/>
+      <c r="K54" s="77"/>
+      <c r="L54" s="77"/>
+      <c r="M54" s="77"/>
+      <c r="N54" s="77"/>
+      <c r="O54" s="77"/>
+      <c r="P54" s="77"/>
+      <c r="Q54" s="77"/>
+      <c r="R54" s="77"/>
+      <c r="S54" s="33"/>
+      <c r="T54" s="40"/>
+      <c r="U54" s="39"/>
+    </row>
+    <row r="55" spans="1:21" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="39"/>
+      <c r="B55" s="33" t="s">
+        <v>38</v>
+      </c>
+      <c r="C55" s="33"/>
+      <c r="D55" s="33"/>
+      <c r="E55" s="33"/>
+      <c r="F55" s="77"/>
+      <c r="G55" s="77"/>
+      <c r="H55" s="77"/>
+      <c r="I55" s="77"/>
+      <c r="J55" s="77"/>
+      <c r="K55" s="77"/>
+      <c r="L55" s="77"/>
+      <c r="M55" s="77"/>
+      <c r="N55" s="77"/>
+      <c r="O55" s="77"/>
+      <c r="P55" s="77"/>
+      <c r="Q55" s="77"/>
+      <c r="R55" s="77"/>
+      <c r="S55" s="33"/>
+      <c r="T55" s="40"/>
+      <c r="U55" s="39"/>
+    </row>
+    <row r="56" spans="1:21" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="39"/>
+      <c r="B56" s="33" t="s">
+        <v>52</v>
+      </c>
+      <c r="C56" s="33"/>
+      <c r="D56" s="33"/>
+      <c r="E56" s="33"/>
+      <c r="F56" s="77"/>
+      <c r="G56" s="77"/>
+      <c r="H56" s="77"/>
+      <c r="I56" s="77"/>
+      <c r="J56" s="77"/>
+      <c r="K56" s="77"/>
+      <c r="L56" s="77"/>
+      <c r="M56" s="77"/>
+      <c r="N56" s="77"/>
+      <c r="O56" s="77"/>
+      <c r="P56" s="77"/>
+      <c r="Q56" s="77"/>
+      <c r="R56" s="77"/>
+      <c r="S56" s="33"/>
+      <c r="T56" s="40"/>
+      <c r="U56" s="39"/>
+    </row>
+    <row r="57" spans="1:21" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="39"/>
+      <c r="B57" s="76" t="s">
+        <v>7</v>
+      </c>
+      <c r="C57" s="33" t="s">
+        <v>39</v>
+      </c>
+      <c r="D57" s="33"/>
+      <c r="E57" s="33"/>
+      <c r="F57" s="77"/>
+      <c r="G57" s="77"/>
+      <c r="H57" s="77"/>
+      <c r="I57" s="77"/>
+      <c r="J57" s="77"/>
+      <c r="K57" s="77"/>
+      <c r="L57" s="77"/>
+      <c r="M57" s="77"/>
+      <c r="N57" s="77"/>
+      <c r="O57" s="77"/>
+      <c r="P57" s="77"/>
+      <c r="Q57" s="77"/>
+      <c r="R57" s="77"/>
+      <c r="S57" s="33"/>
+      <c r="T57" s="40"/>
+      <c r="U57" s="39"/>
+    </row>
+    <row r="58" spans="1:21" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="39"/>
+      <c r="B58" s="33" t="s">
+        <v>40</v>
+      </c>
+      <c r="C58" s="33"/>
+      <c r="D58" s="33"/>
+      <c r="E58" s="33"/>
+      <c r="F58" s="77"/>
+      <c r="G58" s="77"/>
+      <c r="H58" s="77"/>
+      <c r="I58" s="77"/>
+      <c r="J58" s="77"/>
+      <c r="K58" s="77"/>
+      <c r="L58" s="77"/>
+      <c r="M58" s="77"/>
+      <c r="N58" s="77"/>
+      <c r="O58" s="77"/>
+      <c r="P58" s="77"/>
+      <c r="Q58" s="77"/>
+      <c r="R58" s="77"/>
+      <c r="S58" s="33"/>
+      <c r="T58" s="40"/>
+      <c r="U58" s="39"/>
+    </row>
+    <row r="59" spans="1:21" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="39"/>
+      <c r="B59" s="76" t="s">
+        <v>62</v>
+      </c>
+      <c r="C59" s="33"/>
+      <c r="D59" s="33"/>
+      <c r="E59" s="33"/>
+      <c r="F59" s="77"/>
+      <c r="G59" s="77"/>
+      <c r="H59" s="77"/>
+      <c r="I59" s="77"/>
+      <c r="J59" s="77"/>
+      <c r="K59" s="77"/>
+      <c r="L59" s="77"/>
+      <c r="M59" s="77"/>
+      <c r="N59" s="77"/>
+      <c r="O59" s="77"/>
+      <c r="P59" s="77"/>
+      <c r="Q59" s="77"/>
+      <c r="R59" s="77"/>
+      <c r="S59" s="33"/>
+      <c r="T59" s="40"/>
+      <c r="U59" s="39"/>
+    </row>
+    <row r="60" spans="1:21" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="39"/>
+      <c r="B60" s="76"/>
+      <c r="C60" s="33"/>
+      <c r="D60" s="33"/>
+      <c r="E60" s="33"/>
+      <c r="F60" s="33"/>
+      <c r="G60" s="33"/>
+      <c r="H60" s="33"/>
+      <c r="I60" s="33"/>
+      <c r="J60" s="33"/>
+      <c r="K60" s="33"/>
+      <c r="L60" s="33"/>
+      <c r="M60" s="33"/>
+      <c r="N60" s="33"/>
+      <c r="O60" s="33"/>
+      <c r="P60" s="33"/>
+      <c r="Q60" s="33"/>
+      <c r="R60" s="33"/>
+      <c r="S60" s="33"/>
+      <c r="T60" s="40"/>
+      <c r="U60" s="39"/>
+    </row>
+    <row r="61" spans="1:21" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="39"/>
+      <c r="B61" s="78"/>
+      <c r="C61" s="33"/>
+      <c r="D61" s="33"/>
+      <c r="E61" s="33"/>
+      <c r="F61" s="33"/>
+      <c r="G61" s="33"/>
+      <c r="H61" s="33"/>
+      <c r="I61" s="33"/>
+      <c r="J61" s="33"/>
+      <c r="K61" s="33"/>
+      <c r="L61" s="33"/>
+      <c r="M61" s="33"/>
+      <c r="N61" s="33"/>
+      <c r="O61" s="33"/>
+      <c r="P61" s="33"/>
+      <c r="Q61" s="33"/>
+      <c r="R61" s="33"/>
+      <c r="S61" s="33"/>
+      <c r="T61" s="40"/>
+      <c r="U61" s="39"/>
+    </row>
+    <row r="62" spans="1:21" ht="6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="39"/>
+      <c r="B62" s="76"/>
+      <c r="C62" s="33"/>
+      <c r="D62" s="33"/>
+      <c r="E62" s="33"/>
+      <c r="F62" s="33"/>
+      <c r="G62" s="33"/>
+      <c r="H62" s="33"/>
+      <c r="I62" s="33"/>
+      <c r="J62" s="33"/>
+      <c r="K62" s="33"/>
+      <c r="L62" s="33"/>
+      <c r="M62" s="33"/>
+      <c r="N62" s="33"/>
+      <c r="O62" s="33"/>
+      <c r="P62" s="33"/>
+      <c r="Q62" s="33"/>
+      <c r="R62" s="33"/>
+      <c r="S62" s="33"/>
+      <c r="T62" s="40"/>
+      <c r="U62" s="39"/>
+    </row>
+    <row r="63" spans="1:21" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="39"/>
+      <c r="B63" s="76"/>
+      <c r="C63" s="33"/>
+      <c r="D63" s="33"/>
+      <c r="E63" s="33"/>
+      <c r="F63" s="77"/>
+      <c r="G63" s="77"/>
+      <c r="H63" s="77"/>
+      <c r="I63" s="77"/>
+      <c r="J63" s="77"/>
+      <c r="K63" s="77"/>
+      <c r="L63" s="77"/>
+      <c r="M63" s="77"/>
+      <c r="N63" s="77"/>
+      <c r="O63" s="77"/>
+      <c r="P63" s="77"/>
+      <c r="Q63" s="77"/>
+      <c r="R63" s="77"/>
+      <c r="S63" s="77"/>
+      <c r="T63" s="40"/>
+      <c r="U63" s="39"/>
+    </row>
+    <row r="64" spans="1:21" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="39"/>
+      <c r="B64" s="33"/>
+      <c r="C64" s="33"/>
+      <c r="D64" s="33"/>
+      <c r="E64" s="33"/>
+      <c r="F64" s="77"/>
+      <c r="G64" s="77"/>
+      <c r="H64" s="77"/>
+      <c r="I64" s="77"/>
+      <c r="J64" s="77"/>
+      <c r="K64" s="77"/>
+      <c r="L64" s="77"/>
+      <c r="M64" s="77"/>
+      <c r="N64" s="77"/>
+      <c r="O64" s="77"/>
+      <c r="P64" s="77"/>
+      <c r="Q64" s="77"/>
+      <c r="R64" s="77"/>
+      <c r="S64" s="77"/>
+      <c r="T64" s="40"/>
+      <c r="U64" s="39"/>
+    </row>
+    <row r="65" spans="1:21" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="39"/>
+      <c r="B65" s="33"/>
+      <c r="C65" s="33"/>
+      <c r="D65" s="33"/>
+      <c r="E65" s="33"/>
+      <c r="F65" s="77"/>
+      <c r="G65" s="77"/>
+      <c r="H65" s="77"/>
+      <c r="I65" s="77"/>
+      <c r="J65" s="77"/>
+      <c r="K65" s="77"/>
+      <c r="L65" s="77"/>
+      <c r="M65" s="77"/>
+      <c r="N65" s="77"/>
+      <c r="O65" s="77"/>
+      <c r="P65" s="77"/>
+      <c r="Q65" s="77"/>
+      <c r="R65" s="77"/>
+      <c r="S65" s="77"/>
+      <c r="T65" s="40"/>
+      <c r="U65" s="39"/>
+    </row>
+    <row r="66" spans="1:21" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="39"/>
+      <c r="B66" s="76"/>
+      <c r="C66" s="33"/>
+      <c r="D66" s="33"/>
+      <c r="E66" s="33"/>
+      <c r="F66" s="77"/>
+      <c r="G66" s="77"/>
+      <c r="H66" s="77"/>
+      <c r="I66" s="77"/>
+      <c r="J66" s="77"/>
+      <c r="K66" s="77"/>
+      <c r="L66" s="77"/>
+      <c r="M66" s="77"/>
+      <c r="N66" s="77"/>
+      <c r="O66" s="77"/>
+      <c r="P66" s="77"/>
+      <c r="Q66" s="77"/>
+      <c r="R66" s="77"/>
+      <c r="S66" s="77"/>
+      <c r="T66" s="40"/>
+      <c r="U66" s="39"/>
+    </row>
+    <row r="67" spans="1:21" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="39"/>
+      <c r="B67" s="33"/>
+      <c r="C67" s="33"/>
+      <c r="D67" s="33"/>
+      <c r="E67" s="33"/>
       <c r="F67" s="77"/>
       <c r="G67" s="77"/>
       <c r="H67" s="77"/>
       <c r="I67" s="77"/>
       <c r="J67" s="77"/>
       <c r="K67" s="77"/>
       <c r="L67" s="77"/>
       <c r="M67" s="77"/>
       <c r="N67" s="77"/>
       <c r="O67" s="77"/>
       <c r="P67" s="77"/>
       <c r="Q67" s="77"/>
       <c r="R67" s="77"/>
       <c r="S67" s="77"/>
-    </row>
-[...5 lines deleted...]
-      <c r="E68" s="77"/>
+      <c r="T67" s="40"/>
+      <c r="U67" s="39"/>
+    </row>
+    <row r="68" spans="1:21" s="33" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="39"/>
+      <c r="B68" s="76"/>
       <c r="F68" s="77"/>
       <c r="G68" s="77"/>
       <c r="H68" s="77"/>
       <c r="I68" s="77"/>
       <c r="J68" s="77"/>
       <c r="K68" s="77"/>
       <c r="L68" s="77"/>
       <c r="M68" s="77"/>
       <c r="N68" s="77"/>
       <c r="O68" s="77"/>
       <c r="P68" s="77"/>
       <c r="Q68" s="77"/>
       <c r="R68" s="77"/>
       <c r="S68" s="77"/>
-    </row>
-[...5 lines deleted...]
-      <c r="E69" s="77"/>
+      <c r="T68" s="40"/>
+      <c r="U68" s="39"/>
+    </row>
+    <row r="69" spans="1:21" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="39"/>
+      <c r="B69" s="33"/>
+      <c r="C69" s="33"/>
+      <c r="D69" s="33"/>
+      <c r="E69" s="33"/>
       <c r="F69" s="77"/>
       <c r="G69" s="77"/>
       <c r="H69" s="77"/>
       <c r="I69" s="77"/>
       <c r="J69" s="77"/>
       <c r="K69" s="77"/>
       <c r="L69" s="77"/>
       <c r="M69" s="77"/>
       <c r="N69" s="77"/>
       <c r="O69" s="77"/>
       <c r="P69" s="77"/>
       <c r="Q69" s="77"/>
       <c r="R69" s="77"/>
       <c r="S69" s="77"/>
-    </row>
-[...5 lines deleted...]
-      <c r="E70" s="77"/>
+      <c r="T69" s="40"/>
+      <c r="U69" s="39"/>
+    </row>
+    <row r="70" spans="1:21" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="39"/>
+      <c r="B70" s="33"/>
+      <c r="C70" s="33"/>
+      <c r="D70" s="33"/>
+      <c r="E70" s="33"/>
       <c r="F70" s="77"/>
       <c r="G70" s="77"/>
       <c r="H70" s="77"/>
       <c r="I70" s="77"/>
       <c r="J70" s="77"/>
       <c r="K70" s="77"/>
       <c r="L70" s="77"/>
       <c r="M70" s="77"/>
       <c r="N70" s="77"/>
       <c r="O70" s="77"/>
       <c r="P70" s="77"/>
       <c r="Q70" s="77"/>
       <c r="R70" s="77"/>
       <c r="S70" s="77"/>
-    </row>
-[...5 lines deleted...]
-      <c r="E71" s="77"/>
+      <c r="T70" s="40"/>
+      <c r="U70" s="39"/>
+    </row>
+    <row r="71" spans="1:21" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="39"/>
+      <c r="B71" s="76"/>
+      <c r="C71" s="33"/>
+      <c r="D71" s="33"/>
+      <c r="E71" s="33"/>
       <c r="F71" s="77"/>
       <c r="G71" s="77"/>
       <c r="H71" s="77"/>
       <c r="I71" s="77"/>
       <c r="J71" s="77"/>
       <c r="K71" s="77"/>
       <c r="L71" s="77"/>
       <c r="M71" s="77"/>
       <c r="N71" s="77"/>
       <c r="O71" s="77"/>
       <c r="P71" s="77"/>
       <c r="Q71" s="77"/>
       <c r="R71" s="77"/>
       <c r="S71" s="77"/>
-    </row>
-[...5 lines deleted...]
-      <c r="E72" s="77"/>
+      <c r="T71" s="40"/>
+      <c r="U71" s="39"/>
+    </row>
+    <row r="72" spans="1:21" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="39"/>
+      <c r="B72" s="33"/>
+      <c r="C72" s="33"/>
+      <c r="D72" s="33"/>
+      <c r="E72" s="33"/>
       <c r="F72" s="77"/>
       <c r="G72" s="77"/>
       <c r="H72" s="77"/>
       <c r="I72" s="77"/>
       <c r="J72" s="77"/>
       <c r="K72" s="77"/>
       <c r="L72" s="77"/>
       <c r="M72" s="77"/>
       <c r="N72" s="77"/>
       <c r="O72" s="77"/>
       <c r="P72" s="77"/>
       <c r="Q72" s="77"/>
       <c r="R72" s="77"/>
       <c r="S72" s="77"/>
-    </row>
-[...2026 lines deleted...]
-      <c r="U73" s="52"/>
+      <c r="T72" s="40"/>
+      <c r="U72" s="39"/>
+    </row>
+    <row r="73" spans="1:21" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="72"/>
+      <c r="B73" s="73"/>
+      <c r="C73" s="73"/>
+      <c r="D73" s="73"/>
+      <c r="E73" s="73"/>
+      <c r="F73" s="73"/>
+      <c r="G73" s="73"/>
+      <c r="H73" s="73"/>
+      <c r="I73" s="73"/>
+      <c r="J73" s="73"/>
+      <c r="K73" s="73"/>
+      <c r="L73" s="73"/>
+      <c r="M73" s="73"/>
+      <c r="N73" s="73"/>
+      <c r="O73" s="73"/>
+      <c r="P73" s="73"/>
+      <c r="Q73" s="73"/>
+      <c r="R73" s="73"/>
+      <c r="S73" s="73"/>
+      <c r="T73" s="74"/>
+      <c r="U73" s="39"/>
     </row>
   </sheetData>
   <mergeCells count="11">
+    <mergeCell ref="V22:AP22"/>
+    <mergeCell ref="V23:AP23"/>
+    <mergeCell ref="V24:AP24"/>
+    <mergeCell ref="C26:F26"/>
+    <mergeCell ref="C47:S48"/>
     <mergeCell ref="V21:AP21"/>
     <mergeCell ref="A7:T7"/>
     <mergeCell ref="B17:S17"/>
     <mergeCell ref="B18:S18"/>
     <mergeCell ref="B19:S19"/>
     <mergeCell ref="B20:S20"/>
-    <mergeCell ref="V22:AP22"/>
-[...3 lines deleted...]
-    <mergeCell ref="C47:S48"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.98425196850393704" right="0.78740157480314965" top="0.59055118110236227" bottom="0.23622047244094491" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="96" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="19" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="8" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>申込書（様式1）記入例</vt:lpstr>
+    <vt:vector size="6" baseType="lpstr">
+      <vt:lpstr>申込書（様式1）記入例１</vt:lpstr>
       <vt:lpstr>検査結果（様式２）</vt:lpstr>
       <vt:lpstr>サンプル申請（様式３）</vt:lpstr>
       <vt:lpstr>'サンプル申請（様式３）'!Print_Area</vt:lpstr>
       <vt:lpstr>'検査結果（様式２）'!Print_Area</vt:lpstr>
-      <vt:lpstr>'申込書（様式1）'!Print_Area</vt:lpstr>
-      <vt:lpstr>'申込書（様式1）記入例'!Print_Area</vt:lpstr>
+      <vt:lpstr>'申込書（様式1）記入例１'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>