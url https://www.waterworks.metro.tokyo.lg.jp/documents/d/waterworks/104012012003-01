--- v0 (2025-10-23)
+++ v1 (2026-01-02)
@@ -1,81 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Fsar3-fsa01\093研修・開発センター\G-3402110-000研修・開発開発課開発調整担当\ＨＰ更新\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Fsar3-fsa01\093研修・開発センター\G-3402000-000研修・開発開発課\700_ICT関連\02 ICT情報連絡会\第7回情報連絡会\12_導入事例調査\20251031さいたま市より\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E786FFA0-43FB-4C9C-A3A0-2BB12AAA6B1D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A6B818AB-09BB-4A01-9A77-D5E17CA7D376}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2235" yWindow="2190" windowWidth="22890" windowHeight="12915" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="7320" yWindow="810" windowWidth="21600" windowHeight="11505" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="課題一覧表" sheetId="13" r:id="rId1"/>
+    <sheet name="課題一覧表" sheetId="14" r:id="rId1"/>
     <sheet name="カテゴリー表" sheetId="9" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">課題一覧表!$A$3:$K$135</definedName>
-    <definedName name="A">課題一覧表!$D$138</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">課題一覧表!$A$3:$K$141</definedName>
+    <definedName name="A" localSheetId="0">課題一覧表!$D$144</definedName>
+    <definedName name="A">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">カテゴリー表!$A$1:$D$12</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">課題一覧表!$A$1:$K$128</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">課題一覧表!$A$1:$K$118</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">課題一覧表!$1:$3</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1264" uniqueCount="1017">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1323" uniqueCount="1052">
   <si>
     <t>課題件名</t>
     <rPh sb="0" eb="2">
       <t>カダイ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ケンメイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>事業体名</t>
     <rPh sb="0" eb="3">
       <t>ジギョウタイ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>No.</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
@@ -206,63 +219,106 @@
   </si>
   <si>
     <t>堺市上下水道局</t>
     <rPh sb="0" eb="2">
       <t>サカイシ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ジョウゲ</t>
     </rPh>
     <rPh sb="4" eb="7">
       <t>スイドウキョク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>広島市水道局</t>
     <rPh sb="0" eb="3">
       <t>ヒロシマシ</t>
     </rPh>
     <rPh sb="3" eb="6">
       <t>スイドウキョク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>名古屋市上下水道局</t>
+    <rPh sb="0" eb="4">
+      <t>ナゴヤシ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>ジョウゲ</t>
+    </rPh>
+    <rPh sb="6" eb="9">
+      <t>スイドウキョク</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>福島市水道局</t>
+    <rPh sb="0" eb="3">
+      <t>フクシマシ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>スイドウ</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>キョク</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>さいたま市水道局</t>
+    <rPh sb="4" eb="5">
+      <t>シ</t>
+    </rPh>
+    <rPh sb="5" eb="8">
+      <t>スイドウキョク</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
     <t>福岡市水道局</t>
     <rPh sb="0" eb="3">
       <t>フクオカシ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>スイドウ</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>キョク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>個票No.</t>
+    <rPh sb="0" eb="2">
+      <t>コヒョウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
     <t>東2</t>
     <rPh sb="0" eb="1">
       <t>ヒガシ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>東3</t>
     <rPh sb="0" eb="1">
       <t>ヒガシ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>東4</t>
     <rPh sb="0" eb="1">
       <t>ヒガシ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>東6</t>
     <rPh sb="0" eb="1">
       <t>ヒガシ</t>
     </rPh>
@@ -366,199 +422,147 @@
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>名3</t>
     <rPh sb="0" eb="1">
       <t>ナ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>名4</t>
     <rPh sb="0" eb="1">
       <t>ナ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>名5</t>
     <rPh sb="0" eb="1">
       <t>ナ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>スマートメータの電源確保</t>
-[...4 lines deleted...]
-      <t>カクホ</t>
+    <t>京都市上下水道局</t>
+    <rPh sb="0" eb="3">
+      <t>キョウトシ</t>
+    </rPh>
+    <rPh sb="3" eb="8">
+      <t>ジョウゲスイドウキョク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>京1</t>
     <rPh sb="0" eb="1">
       <t>キョウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>京2</t>
     <rPh sb="0" eb="1">
       <t>キョウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>京3</t>
     <rPh sb="0" eb="1">
       <t>キョウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>東8</t>
     <rPh sb="0" eb="1">
       <t>ヒガシ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>東9</t>
     <rPh sb="0" eb="1">
       <t>ヒガシ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>東10</t>
     <rPh sb="0" eb="1">
       <t>ヒガシ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>東11</t>
+    <t>求める技術
+番号</t>
     <rPh sb="0" eb="1">
-      <t>ヒガシ</t>
+      <t>モト</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ギジュツ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>バンゴウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>⑪</t>
-    <phoneticPr fontId="1"/>
-[...38 lines deleted...]
-    </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>⑦</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>運用を停止せずに配水池内部のメンテナンスの実施</t>
     <rPh sb="0" eb="2">
       <t>ウンヨウ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>テイシ</t>
     </rPh>
     <rPh sb="8" eb="11">
       <t>ハイスイチ</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>ナイブ</t>
     </rPh>
     <rPh sb="21" eb="23">
       <t>ジッシ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>⑥</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>管路施設の総合マネジメントシステムによる有収率の向上</t>
-[...17 lines deleted...]
-  <si>
     <t>⑧</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>水道管路の埋設位置の把握</t>
     <rPh sb="0" eb="2">
       <t>スイドウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>カンロ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>マイセツ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>イチ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>ハアク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>③</t>
     <phoneticPr fontId="1"/>
@@ -567,79 +571,50 @@
     <t>不断水による水道管路の調査・点検技術の高度化</t>
     <rPh sb="0" eb="3">
       <t>フダンスイ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>スイドウ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>カンロ</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>チョウサ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>テンケン</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>ギジュツ</t>
     </rPh>
     <rPh sb="19" eb="22">
       <t>コウドカ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>不断水による漏水調査技術</t>
-[...27 lines deleted...]
-  <si>
     <t>工事現場における未然事故防止技術</t>
     <rPh sb="0" eb="2">
       <t>コウジ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ゲンバ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ミゼン</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>ジコ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>ボウシ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>ギジュツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>⑩</t>
     <phoneticPr fontId="1"/>
   </si>
@@ -651,57 +626,50 @@
     <rPh sb="7" eb="9">
       <t>キキ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>ソウサ</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>クンレン</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>ソウサ</t>
     </rPh>
     <rPh sb="18" eb="20">
       <t>ギジュツ</t>
     </rPh>
     <rPh sb="21" eb="23">
       <t>コウジョウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>⑭</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>・水道管路の漏水又はその疑いのある個所を遠隔で迅速に特定できる技術
-[...5 lines deleted...]
-  <si>
     <t>②</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>⑮</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>①</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ＡＩを活用したお客様対応</t>
     <rPh sb="3" eb="5">
       <t>カツヨウ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>キャクサマ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>タイオウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
@@ -718,50 +686,63 @@
     </rPh>
     <rPh sb="9" eb="11">
       <t>コウジ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>ズメン</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>シンサ</t>
     </rPh>
     <rPh sb="16" eb="17">
       <t>オヨ</t>
     </rPh>
     <rPh sb="18" eb="20">
       <t>カンセイ</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>ズメン</t>
     </rPh>
     <rPh sb="22" eb="24">
       <t>ケンサ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>静岡市上下水道局</t>
+    <rPh sb="0" eb="3">
+      <t>シズオカシ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ジョウゲ</t>
+    </rPh>
+    <rPh sb="5" eb="8">
+      <t>スイドウキョク</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
     <t>通信技術を活用した遠隔操作によるメーターの開栓・閉栓</t>
     <rPh sb="0" eb="2">
       <t>ツウシン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ギジュツ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>カツヨウ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>エンカク</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>ソウサ</t>
     </rPh>
     <rPh sb="21" eb="22">
       <t>カイ</t>
     </rPh>
     <rPh sb="22" eb="23">
       <t>セン</t>
     </rPh>
     <rPh sb="24" eb="26">
       <t>ヘイセン</t>
     </rPh>
@@ -898,166 +879,80 @@
     </rPh>
     <rPh sb="8" eb="10">
       <t>カツヨウ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>ドボク</t>
     </rPh>
     <rPh sb="14" eb="17">
       <t>コウゾウブツ</t>
     </rPh>
     <rPh sb="18" eb="19">
       <t>スイ</t>
     </rPh>
     <rPh sb="19" eb="20">
       <t>カン</t>
     </rPh>
     <rPh sb="20" eb="21">
       <t>キョウ</t>
     </rPh>
     <rPh sb="22" eb="24">
       <t>テンケン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>現存する施設・設備や工事予定の施設・設備等を３Ｄモデル化し、ＡＲやＶＲ等を活用して、様々な角度からシミュレーションを行い、施設管理を高度化する技術</t>
-[...56 lines deleted...]
-  <si>
     <t>過去の設計積算のデータや積算基準をもとにＡＩが設計図書の誤りを検知することができる技術</t>
     <rPh sb="0" eb="2">
       <t>カコ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>セッケイ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>セキサン</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>セキサン</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>キジュン</t>
     </rPh>
     <rPh sb="23" eb="25">
       <t>セッケイ</t>
     </rPh>
     <rPh sb="25" eb="27">
       <t>トショ</t>
     </rPh>
     <rPh sb="28" eb="29">
       <t>アヤマ</t>
     </rPh>
     <rPh sb="31" eb="33">
       <t>ケンチ</t>
     </rPh>
     <rPh sb="41" eb="43">
       <t>ギジュツ</t>
-    </rPh>
-[...26 lines deleted...]
-      <t>カンリ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>一般家庭における用途毎の水道使用量の把握</t>
     <rPh sb="0" eb="2">
       <t>イッパン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>カテイ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ヨウト</t>
     </rPh>
     <rPh sb="10" eb="11">
       <t>ゴト</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>スイドウ</t>
     </rPh>
     <rPh sb="14" eb="17">
       <t>シヨウリョウ</t>
     </rPh>
     <rPh sb="18" eb="20">
       <t>ハアク</t>
@@ -1738,97 +1633,107 @@
   <si>
     <t>コールセンター・料金徴収</t>
     <rPh sb="8" eb="10">
       <t>リョウキン</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>チョウシュウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ＳＮＳ・広報ツール</t>
     <rPh sb="4" eb="6">
       <t>コウホウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>その他</t>
     <rPh sb="2" eb="3">
       <t>タ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>①他事業者等との立会業務時に、完成図等より埋設位置の情報提供を行っているが、現地の形態が竣工時と相違している場合や資料・認識不足により正確な埋設位置情報の提供ができていないことにより、管路等の破損など重大事故発生につながりかねない。
-[...3 lines deleted...]
-  <si>
     <t>②</t>
   </si>
   <si>
+    <t>水道事業に求められるお客さまの要望は各都市共通のものも多く、また対応も定例的なものもあることから、ＡＩを活用した次世代型コールセンターを共同で設置運営できないか。
+災害時には、お客さまに対して速やかに断水や応急給水の情報を発信したいが、コールセンターにオペレーターが集まらないなど、課題があることからＡＩを活用したコールセンター業務の広域化を図ることで、相互バックアップを可能とすることができる。</t>
+  </si>
+  <si>
     <t>⑫</t>
   </si>
   <si>
     <t>⑮</t>
   </si>
   <si>
+    <t>将来の市内全域への導入拡大をめざし、水道スマートメーターの導入に向けた課題と効果を整理し、新たな活用策による付加価値の創出を図ります。市域の一部エリアへの先行導入や、産学官連携による実証実験の実施により、様々な課題の検証や技術面・業務面でのノウハウの蓄積を行っています。</t>
+  </si>
+  <si>
+    <t>水道スマートメーターは従来の機械式メーターに比べて費用が高いことから、導入拡大に向けては費用対効果の向上が課題となっています。そのため、費用低減に向けた取組を進める一方で、ビッグデータの利活用による新たなサービスといった新たな付加価値を創出する必要があります。</t>
+  </si>
+  <si>
+    <t>現状では、水道スマートメーターは従来の機械式メーターに比べて導入費用が高いことから、将来的な導入拡大に向けては費用低減が課題となっています。</t>
+  </si>
+  <si>
+    <t>（従来の機械式メーター並みに）安価に水道スマートメーターの導入・運用を実現する技術
+スマートメーターの形式（分離型、一体型、アタッチメント型など）や通信方式（セルラー、非セルラー）等を問わず、安価に遠隔検針を可能とする技術・アイデアの提案を期待します。</t>
+  </si>
+  <si>
     <t>⑪</t>
   </si>
   <si>
     <t>水道スマートメーターは、検針業務の効率化や見守りサービス等に関する具体的な活用が検討されていますが、配水管理分野などの技術的な活用方策については何例か検討事例はあるものの、具体化しているとは言い難い状況です。</t>
   </si>
   <si>
     <t>水道スマートメーターで得られる１時間の水量データの活用方法として、漏水監視や水質監視等が考えられますが、どのデータをどのように使用すればよいか、具体的なイメージが持てていません。</t>
   </si>
   <si>
     <t>⑦</t>
-  </si>
-[...7 lines deleted...]
-    <t>本市が有する全資産について、その資産を保険対象とすべきかどうかの判定、固定資産台帳と保険台帳の整合性の確認、保険適用に必要な図面等補足資料の管理を担当職員が手作業で行う必要があり、事務作業量が膨大になってしまっています。</t>
   </si>
   <si>
     <t>水道管布設工事を行うために実施される設計書の作成については、現地踏査や既存竣工図のデータ、地下埋設物の調査により、設計図面を作成しています。</t>
   </si>
   <si>
     <t>設計変更のない精度の高い設計を行うためには、現場を正確に反映させた設計図面の作成が必要不可欠です。また、施工においても間違いのない配管図面を日毎に作成する技術が求められています。上記課題に対して、ＵＡＶ（ドローン）を活用した設計配管図の作成から、施工中においてもＵＡＶを活用して、工事日報や竣工図を一連で反映できるようなシステムがあれば便利であると考えています。
 ※ これらの技術は、将来的にＩＣＴ小規模土工、災害復旧においても機能する技術であると考えています。</t>
   </si>
   <si>
     <t>ＵＡＶを活用した設計図面の作成技術
 ＵＡＶを活用した施工管理技術（工事日報や竣工図の作成）</t>
   </si>
   <si>
     <t>排水作業に伴う仕切弁等の自動回転機器</t>
+  </si>
+  <si>
+    <t>水道管の配管時における洗管作業の際に、既設仕切弁は年月の経過とともに発生する錆の影響により、操作が困難（固くなり、回転しにくい）となる場合があります。
+また、口径の大きな水道管についても、流量が大きく断水、排水を伴う作業において、その操作が困難となる場合があります。</t>
+  </si>
+  <si>
+    <t>仕切弁の操作がとても困難となる場合があるので、仕切弁操作において、人の力の代わりとなり、自動で力をコントロールして遠隔操作できるような仕切弁操作機器があれば便利であると考えています。</t>
   </si>
   <si>
     <t>⑩</t>
   </si>
   <si>
     <t>非開削工法による管体の外面腐食度調査の実現</t>
   </si>
   <si>
     <t>管体の外面腐食の情報は漏水事故の未然防止に活用できるほか、効率的な管路更新計画の基礎情報として重要ですが、その調査には試掘等により管体を目視する必要があります。</t>
   </si>
   <si>
     <t>現状では、試掘等による調査に費用や時間を要することから調査箇所及び延長が限られています。ＩＣＴ技術の活用により非開削での調査が可能となれば、試掘等に要する費用や時間の削減が可能となり、より多くの調査が可能となります。</t>
   </si>
   <si>
     <t>現在、電話でのお客様からのお問い合わせは、水道局電話受付センターで行っており、水道の使用開始や中止、使用水量や水道料金、その他水道に関する一般的なお問い合わせなどを受け付けています。</t>
   </si>
   <si>
     <t>電話応対では、電話が混み合う日や時間帯があり、工事や地震などに関連した濁水や着色水が出た場合なども混み合う可能性が高くなります。また、電話応対は委託化しており、その人員確保のリスクは外部化していますが、今後は生産年齢の人口の減少に伴い電話受付応対者の減少も想定されることから、委託先の品質に関するリスクも大きくなります。</t>
   </si>
   <si>
     <t>基本的な応答を24時間対応できるＡＩ応答やチャットへの誘導、チャットポットなどの技術で、その恩恵を全水道事業体で共有できるもの</t>
     <rPh sb="0" eb="3">
       <t>キホンテキ</t>
     </rPh>
     <rPh sb="4" eb="6">
@@ -1871,50 +1776,55 @@
   </si>
   <si>
     <t>目視による図面確認作業をＡＩで自動化することにより、時間の削減だけでなく確認漏れを大きく減らすことができ、設計要件や材料表の確認、マッピングシステムの過去情報や周辺情報等との比較から整合が取れているかの検証、指導すべき事項の見逃し確認など、あらゆる場面で事務作業の効率化を図ることができると考えます。</t>
   </si>
   <si>
     <t>更新周期が長期に及ぶ土木構造物や管路などの水道施設については、適切な維持管理を行いながら施設を良好な状態に保つとともに、効果的な修繕により長寿命化を図ることで適正な資産管理を行うことが特に重要です。そのため、定期的な点検や、ドローンを使った撮影により、異常の有無の確認を行っています。</t>
   </si>
   <si>
     <t>センシング技術やＡＩを活用した故障予測技術</t>
     <rPh sb="5" eb="7">
       <t>ギジュツ</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>カツヨウ</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>コショウ</t>
     </rPh>
     <rPh sb="17" eb="19">
       <t>ヨソク</t>
     </rPh>
     <rPh sb="19" eb="21">
       <t>ギジュツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水道スマートメーターのビッグデータを水道事業以外の他分野で活用する技術・アイデア
+想定される技術：都市計画・防災計画、マーケティング、省エネ、ヘルスケアなどへ活用する技術
+（データ分析、ＡＩなど）技術を活用してどのようなサービスが可能となるかの提案も期待します。</t>
   </si>
   <si>
     <t>そこで，現場の画像データを撮影し，その状況をＡＩ等で分析し，危険個所とその対処法を指摘してくれる技術(例えば，スマホで撮影したデータをアップロードすれば，すぐに現場の危険個所を指摘してくれる)があれば，経験の少ない職員でも現場の安全を確保しやすくなる。</t>
   </si>
   <si>
     <t>※②の漏水に関する技術は、漏水量等のデータの利活用に関する技術</t>
     <rPh sb="3" eb="5">
       <t>ロウスイ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>カン</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>ギジュツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>※⑧の漏水に関する技術は、漏水発生後の漏水箇所の特定等の漏水調査に関する技術</t>
     <rPh sb="3" eb="5">
       <t>ロウスイ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>カン</t>
     </rPh>
@@ -2071,379 +1981,88 @@
     </rPh>
     <rPh sb="21" eb="22">
       <t>スウ</t>
     </rPh>
     <rPh sb="23" eb="25">
       <t>ショクイン</t>
     </rPh>
     <rPh sb="29" eb="30">
       <t>メイ</t>
     </rPh>
     <rPh sb="30" eb="32">
       <t>テイド</t>
     </rPh>
     <rPh sb="33" eb="35">
       <t>コウシ</t>
     </rPh>
     <rPh sb="36" eb="38">
       <t>ショクイン</t>
     </rPh>
     <rPh sb="41" eb="42">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>スマートメーターのバッテリー長寿命化</t>
-[...269 lines deleted...]
-  <si>
     <t>①地下埋設物協議における立会業務と工事に起因する事故及び対応（業務改善：事故件数及び対応回数の削減）
 ②設計業務での設計変更（業務改善：正確な位置把握による頻度の軽減）</t>
     <rPh sb="36" eb="40">
       <t>ジコケンスウ</t>
     </rPh>
     <rPh sb="40" eb="41">
       <t>オヨ</t>
     </rPh>
     <rPh sb="42" eb="44">
       <t>タイオウ</t>
     </rPh>
     <rPh sb="44" eb="46">
       <t>カイスウ</t>
     </rPh>
     <rPh sb="47" eb="49">
       <t>サクゲン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">①地下埋設物協議における立会業務件数　約2,400件／年　20～30分程度／件　　
 ②配水管の布設替え等工事件数　約４０件／年　設計変更件数　約４０件／年
 </t>
   </si>
   <si>
     <t>設計積算照査</t>
     <rPh sb="0" eb="2">
       <t>セッケイ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>セキサン</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ショウサ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>水管橋の目視点検</t>
-[...18 lines deleted...]
-  <si>
     <t>ドローンを活用した隧道の点検</t>
     <rPh sb="5" eb="7">
       <t>カツヨウ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>ズイドウ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>テンケン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>長距離に及ぶ隧道内部の点検を実施する技術
 想定される技術：特殊ドローン　など</t>
     <rPh sb="0" eb="3">
       <t>チョウキョリ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>オヨ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>ズイドウ</t>
     </rPh>
     <rPh sb="8" eb="10">
@@ -2559,241 +2178,72 @@
     </rPh>
     <rPh sb="81" eb="83">
       <t>ケンシン</t>
     </rPh>
     <rPh sb="88" eb="90">
       <t>ショウリョク</t>
     </rPh>
     <rPh sb="90" eb="91">
       <t>カ</t>
     </rPh>
     <rPh sb="93" eb="94">
       <t>カタチ</t>
     </rPh>
     <rPh sb="95" eb="99">
       <t>リョウキンチョウシュウ</t>
     </rPh>
     <rPh sb="100" eb="102">
       <t>カノウ</t>
     </rPh>
     <rPh sb="118" eb="119">
       <t>モト</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>水道管網の一体的な監視システム</t>
+    <t xml:space="preserve">当局では、約28,000kmにおよぶ管路やその付属設備等を管理しています。
+</t>
     <rPh sb="0" eb="2">
-      <t>スイドウ</t>
-[...64 lines deleted...]
-      <t>タンイ</t>
+      <t>トウキョク</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>ヤク</t>
     </rPh>
     <rPh sb="18" eb="20">
-      <t>リュウリョウ</t>
-[...119 lines deleted...]
-      <t>モト</t>
+      <t>カンロ</t>
+    </rPh>
+    <rPh sb="23" eb="25">
+      <t>フゾク</t>
+    </rPh>
+    <rPh sb="25" eb="27">
+      <t>セツビ</t>
+    </rPh>
+    <rPh sb="27" eb="28">
+      <t>トウ</t>
+    </rPh>
+    <rPh sb="29" eb="31">
+      <t>カンリ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>静1</t>
     <rPh sb="0" eb="1">
       <t>セイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>静2</t>
     <rPh sb="0" eb="1">
       <t>セイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>静3</t>
     <rPh sb="0" eb="1">
       <t>セイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
@@ -3304,323 +2754,160 @@
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>多数の施設・設備の目視による点検業務</t>
     <rPh sb="0" eb="2">
       <t>タスウ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>シセツ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>セツビ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>モクシ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>テンケン</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>ギョウム</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>配水池：183か所（238池）
-[...34 lines deleted...]
-  <si>
     <t>広3</t>
     <rPh sb="0" eb="1">
       <t>ヒロ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>施設更新の候補地選定</t>
     <rPh sb="0" eb="4">
       <t>シセツコウシン</t>
     </rPh>
     <rPh sb="5" eb="10">
       <t>コウホチセンテイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>担当職員により、施設更新候補地の選定、買収面積及び工事費等の算出を行い、予算要求・執行管理を行っている。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>山林等を造成する必要がある場合、現地調査前の段階では造成範囲や地形・地質状況等を把握することが難しく、買収面積や工事費の算出にも苦慮している。</t>
   </si>
   <si>
     <t>造成の可否や諸条件を整理する基本検討業務</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>技術者研修のＸＲ技術による効果向上</t>
     <rPh sb="0" eb="3">
       <t>ギジュツシャ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ケンシュウ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ギジュツ</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>コウカ</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>コウジョウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>静6</t>
-[...5 lines deleted...]
-  <si>
     <t>堺6</t>
     <rPh sb="0" eb="1">
       <t>サカイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>堺7</t>
-[...17 lines deleted...]
-  <si>
     <t>⑨</t>
   </si>
   <si>
     <t>大11</t>
     <rPh sb="0" eb="1">
       <t>ダイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>札6</t>
     <rPh sb="0" eb="1">
       <t>サツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ＡＩを活用したコールセンターの運営</t>
   </si>
   <si>
     <t>ＡＩを活用した設計積算の省力化</t>
   </si>
   <si>
     <t>ＡＩを活用した薬品注入の運転支援</t>
     <rPh sb="3" eb="5">
       <t>カツヨウ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>ヤクヒン</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>チュウニュウ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>ウンテン</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>シエン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>今後想定される職員数の減少により、資料作成業務の効率化を行っていく必要があります。その一環として、内部（バックオフィス）業務について、ＡＩの利活用を通じた業務効率化を行うことで、職員の業務負担軽減を図りたいと考えています。</t>
   </si>
   <si>
-    <t>・ドローン・ロボット等による各施設・設備の画像・動画撮影技術（異音解析）及び温度・湿度等の測定、データ転送技術
-[...110 lines deleted...]
-    <phoneticPr fontId="1"/>
+    <t xml:space="preserve">施工現場のリアルタイム映像から、ＡＩ等を活用し、事故を未然に防止する技術
+危険箇所を未然に通知する技術
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">・ドローン以外の近接目視点検技術（橋梁添架管の上部などドローンによる侵入困難箇所の点検等）
+・赤外線等による点検技術
+・足場を要さず詳細点検が実施できる技術（膜厚・板厚計測、ケーブル引力測定、ボルトナットのゆるみ確認等）
+・ＡＩ活用による点検結果を用いた劣化診断技術
+　（ＡＩ活用による点検画像より異常箇所及び劣化状況の評価、評価結果を踏まえた補修要否の判定及び補修方法の提案）
+・Iot活用による劣化状況を常時監視する技術 </t>
   </si>
   <si>
     <t>・地形データや、土地の利用状況（障害物判定）、土砂災害警戒区域などの情報に基づいたＡＩによる候補地の選定
 ・山林等の造成シミュレーション結果の出力、用地取得面積や概算工事費の算出</t>
   </si>
   <si>
     <t>ＡＩにベテラン職員の経験による注入実績を学習させ、注入量の予測値を算出することで、経験の浅い職員を支援する技術
 想定される技術：ＡＩを活用した薬品注入量の予測機能　など</t>
     <rPh sb="7" eb="9">
       <t>ショクイン</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>ケイケン</t>
     </rPh>
     <rPh sb="15" eb="19">
       <t>チュウニュウジッセキ</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>ガクシュウ</t>
     </rPh>
     <rPh sb="25" eb="28">
       <t>チュウニュウリョウ</t>
     </rPh>
     <rPh sb="29" eb="32">
       <t>ヨソクチ</t>
@@ -3704,98 +2991,54 @@
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>横8</t>
     <rPh sb="0" eb="1">
       <t>ヨコ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>名6</t>
     <rPh sb="0" eb="1">
       <t>ナ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>名7</t>
     <rPh sb="0" eb="1">
       <t>ナ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>名8</t>
-[...46 lines deleted...]
-      <t>セッチ</t>
+    <t xml:space="preserve">水道工事の現場では、掘削作業におけるバックホウによる事故、舗装作業におけるローラーによる激突事故、重機の移動による事故、水道管の抜け出しなど管布設作業の特有事故など毎年少なからず事故が発生しています。
+</t>
+    <rPh sb="26" eb="28">
+      <t>ジコ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">目視調査業務、劣化度・健全度評価（現在は業務委託し、目視にて実施）
 </t>
     <rPh sb="26" eb="28">
       <t>モクシ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>横7</t>
     <rPh sb="0" eb="1">
       <t>ヨコ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>中口径管路を対象とした漏水検知技術の開発</t>
     <rPh sb="0" eb="1">
       <t>チュウ</t>
     </rPh>
     <rPh sb="1" eb="3">
       <t>コウケイ</t>
@@ -3850,399 +3093,58 @@
       <t>シンダン</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>ギジュツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>現状、残留塩素濃度が低い地区の維持管理は、直営作業による残留塩素濃度調査及びドレン排水により残留塩素の確保に努めています。今後、水需要の低下が見込まれ、末端地域のドレン排水量は、さらに増加すると見込まれます。このドレン排水量の増加に伴う有収率の低下や下水道使用料の増大の回避には、きめ細やかで適切な排水量の調整が必要ですが、現在のところ、直営作業以外に方法がありません。</t>
     <rPh sb="86" eb="87">
       <t>リョウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>残留塩素濃度に応じて、自動的に排水を開始・停止を行う装置で、設置が容易なサイズ（理想は口径25㎜（φ40㎜）メーターボックス内に収納できるサイズ）の装置であれば、設置や運用コストをかけずに末端の残留塩素濃度を確保することが可能となります。</t>
     <rPh sb="74" eb="76">
       <t>ソウチ</t>
     </rPh>
     <rPh sb="81" eb="83">
       <t>セッチ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>①他事業者等との地下埋設物協議における立会業務時の正確な埋設位置情報の本市からの提供
-[...98 lines deleted...]
-  <si>
     <t>機器点検などが事前に予定されている場合は、操作手順書を作成し、それを基に作業を行うが、
 VRを使用した機器操作シミュレーション技術があれば、現地に移動しなくてもVR空間で機器操作
 の手順を確認することができる。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>VRゴーグル等により、点検作業等の操作手順を検証することができる技術。
 また、この技術は配水場の機器操作技術の向上・誤操作防止に応用することができる。</t>
-    <phoneticPr fontId="1"/>
-[...239 lines deleted...]
-    </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>①</t>
   </si>
   <si>
     <t>水管橋や橋梁添架管等は、定期的な目視による点検結果に基づき、計画的に塗装等の補修工事を施工していますが、管の劣化及び腐食状況等について、目視による判断ではなく、定量的な診断と評価に基づくメンテナンスが必要と考えています。</t>
   </si>
   <si>
     <t>①
 ⑦</t>
   </si>
   <si>
     <t>大口径の水管橋や水路橋の維持管理として、定期的な目視点検により漏水や腐食等の異常の有無を外観目視で確認しており、塗装の劣化状況に応じ、優先順位を付けて計画的に塗装の塗替えを行っています。</t>
   </si>
   <si>
     <t>本市の導水施設に使用される大口径の水管橋や水路橋は、高度経済成長期に布設されたものが多く、布設後50～70年が経過しています。これらの水管橋や水路橋は口径1,350mm以上あり、水路橋については最大延長約400ｍの大規模な施設で、足場の設置が困難な位置にあります。
 また、常時運用していることから、長期間の断水が困難であり、内面腐食による劣化状況が把握できていません。</t>
   </si>
   <si>
     <t xml:space="preserve">管路の内面腐食調査（現状未実施ですが、管路内面の腐食状況を確認し、健全性を評価することで、延命化等の検討に役立てられると考えられます。）
 </t>
   </si>
   <si>
     <t xml:space="preserve">16の導水施設の内面腐食調査
@@ -4291,122 +3193,185 @@
     </rPh>
     <rPh sb="31" eb="33">
       <t>テイド</t>
     </rPh>
     <rPh sb="34" eb="36">
       <t>ソウテイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>⑤</t>
   </si>
   <si>
     <t>⑦
 ⑩</t>
   </si>
   <si>
     <t xml:space="preserve">老朽管の更新・耐震化事業として年間約150件の管路工事を発注しています。管路工事の進捗管理は３段階あり、(1)工事担当課の監督・設計の職員が、工事ごとに金額や進捗等を管理する個別工事の管理 (2)同じく工事担当課の事務職員が行う課が担う複数工事の進捗管理(3)統括課が行うそれぞれの工事担当課を合わせた事業全体の複数工事の管理があります。
 </t>
   </si>
   <si>
     <t xml:space="preserve">現状上記の(1)(2)(3)の業務はエクセルで行っておりますが、①当初予定から、工事の変更、消去、追加、組み換え等が頻繁に行われること、②個別工事の管理と複数工事の管理は別で行っていること、③エクセルに詳しい職員でないと、工事管理の項目追加操作等ができない等属人化していることにより、管理が煩雑になっています。
 </t>
   </si>
   <si>
-    <t>発注工事件数：※143件/年　※：令和５年度実績</t>
-[...1 lines deleted...]
-  <si>
     <t>①
 ③
 ⑩</t>
   </si>
   <si>
+    <t>コールセンター業務</t>
+  </si>
+  <si>
+    <t xml:space="preserve">漏水事故の未然防止と有収率の向上を図るため、定期的に漏水調査を実施していますが、主に小口径管路が対象で、漏水検知技術が確立されています。しかし、中大口径管路では漏水音が伝搬しにくい等の制約があり、効果的かつ実用的な漏水検知技術が確立されていません。また、中大口径管路の漏水事故は社会的影響が大きいため、地下漏水時点での早期発見が望ましいが、技術として確立していない。
+</t>
+  </si>
+  <si>
+    <t>中大口径管路は、更新に多額の費用がかかること、更新工事期間はその管路の代替機能の確保が難しいことから、更新が容易に進まない状況です。中大口径管路（主に500 ㎜ 以上）で漏水検知技術が確立されれば、通常の漏水調査による漏水検知のほか、更新が困難な管路では状態監視もできるようになります。
+　また、中大口径管路は小口径管路と比較して、埋設位置が深いため、修繕作業に伴う仮設等土木工事が大規模となり、修繕作業当日での掘削範囲の拡大などの対応が困難なことから、修繕作業の前段において、漏水位置を特定する作業（漏水調査の精度誤差を補完）を実施することが望ましい。</t>
+  </si>
+  <si>
+    <t xml:space="preserve">・中大口径管路（主に口径500 ㎜ 以上）の漏水音を検知できる技術（音圧調査、相関調査、各種音聴（戸別、弁栓、路面）調査等）
+・中大口径管路の漏水状況を常時監視できる技術
+・海底横断管の漏水を検知できる技術
+・漏水調査による精度誤差を補完するための漏水位置を特定する技術（探査ボーリング以外の手法）
+</t>
+  </si>
+  <si>
     <t>①
 ⑪</t>
   </si>
   <si>
     <t>水道スマートメーターから得られる各需要家の給水データを「ビッグデータ」として活用し、配水区域内の配水管理（水量・水圧・水質（残留塩素等））の高度化や、配水管水圧の適正化や口径縮小などのコスト縮減につながるような解析、シミュレーションが可能なソフトウェアに関する技術</t>
   </si>
   <si>
     <t>②
 ⑪</t>
   </si>
   <si>
+    <t xml:space="preserve">水管橋や橋梁添架管の点検は、人による外部からの遠方目視が基本となっています。形式や現場状況（川幅など）によって、点検精度にばらつきが生じることやすべての箇所を目視で確認できない場合があり、本格的な点検を行うには仮設足場の設置や橋梁点検車両を用いることとなりますが、河川管理者との調整が必要で、また多大な費用が必要です。
+　また、詳細点検では、塗装の劣化状況の判断や管厚の測定、腐食状況など、定量的な診断・評価が可能な情報の取得が望ましいところですが、これにも費用を要します。
+</t>
+    <rPh sb="148" eb="150">
+      <t>タダイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
     <t>水管橋等の近接目視点検が定期的に容易に行え、かつ、劣化状況について定量的な診断・評価が可能となる技術が必要であると考えています。</t>
   </si>
   <si>
+    <t>水管橋の目視点検業務（目視からドローン等新技術の活用への変更）</t>
+  </si>
+  <si>
+    <t>年に１回、職員により実施（作業時間：約１日／回・センター）</t>
+  </si>
+  <si>
     <t>末端部での排水業務</t>
   </si>
   <si>
     <t>年に数回、職員または受注者により実施（作業時間：数時間／回）</t>
+  </si>
+  <si>
+    <t>水道スマートメーター導入のためには、大前提として安定的に通信できる技術の確立が必要です。
+マンションや戸建てなど設置されている環境、あるいは通信方式（セルラー、非セルラー）の違いなどの様々な条件下で、安定的に通信を確保するためにはどのような手法が望ましいのか、比較検討を行っています。</t>
+  </si>
+  <si>
+    <t>LoRaWAN、LTE-M、NB-IoTなどの通信方式を用い検証を行っていますが、現状ではまだスマートメーターを市域全戸に導入するには通信成功率が低い状況です。電気やガスはスマートメーター化が進んでいますが、水道はメーターボックスが地中にある、鉄蓋が主流である、などの水道特有の通信阻害要因があります。</t>
+  </si>
+  <si>
+    <t>まったく新しい通信方式や、既存の通信方式での通信成功率を高める技術や工夫など、さまざまな角度からの提案を期待しています。</t>
   </si>
   <si>
     <t xml:space="preserve">内部（バックオフィス）業務における文書や数値を使用した資料作成や過年度の資料比較など、資料作成に多くの時間を要しており職員の負担が大きくなっています。
 </t>
   </si>
   <si>
     <t xml:space="preserve">・資料のとりまとめ業務
 ・過去資料の検索・確認・集約業務
 ・素案作成業務
 </t>
   </si>
   <si>
+    <t>埋設管路の目視確認が不可能で、維持管理として管体自体の劣化状況を直接的に把握することができない。また、維持管理手法として、時間計画保全である管路更新か漏水後の修繕による事後保全となっており、状態監視による維持管理が基本不可である。そのため、一定経年化傾向を踏まえた時間計画保全として管路更新は実施しているものの、実際の管体劣化状況を踏まえた効率的な管路更新になっていない。</t>
+  </si>
+  <si>
     <t xml:space="preserve">管路の劣化状況を直接的に診断・把握することで、維持管理手法の高度化を図ることができます。
 </t>
   </si>
   <si>
+    <t xml:space="preserve">埋設管路について、非開削・非破壊で劣化状況を把握・診断できる技術が確立することで、埋設管路の状態監視が可能となります。技術確立に至った場合の使用用途としては以下を想定しています。
+・使用可能年数を超過した管路の状態監視
+・布設替困難管路の状態監視
+・漏水発生管路の劣化診断
+・管路更新対象外管路の状態監視　など
+</t>
+  </si>
+  <si>
     <t>④</t>
+  </si>
+  <si>
+    <t xml:space="preserve">行政申請に手続きにおいて、申請受付者は申請された多量の書類の確認を行い、添付資料の不足や不備などの修正点を電話などで指示し、再提出を求めている。この申請書類の確認には多大な人的労力を要している。
+　現在、行政申請は対面申請からオンライン申請への移行を進めており、今後は申請書類についても紙媒体からデジタル化を図り、これまで申請受付者が実施していた添付資料の不備や誤記などの提出書類の確認を自動化できないかと考えている。
+</t>
+    <rPh sb="154" eb="155">
+      <t>ハカ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">行政申請手続きに必要な提出書類を自動的にチェックできる下記のようなシステム
+☑ 提出図面の誤記などの不備を自動判別し、正しい記載への変換とその部分を可視化できる
+☑ 過去の指摘内容をラーニングし、スキルアップするシステム
+</t>
   </si>
   <si>
     <t>大12</t>
     <rPh sb="0" eb="1">
       <t>ダイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>工事設計簡素化に寄与する自動化ツール</t>
     <rPh sb="0" eb="2">
       <t>コウジ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>セッケイ</t>
     </rPh>
     <rPh sb="4" eb="7">
       <t>カンソカ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>キヨ</t>
     </rPh>
     <rPh sb="12" eb="15">
       <t>ジドウカ</t>
     </rPh>
     <phoneticPr fontId="1"/>
-  </si>
-[...1 lines deleted...]
-    <t>工事発注に係る設計書の作成にあたっては、設計コンサルタントからの成果品（設計図面や数量計算書）の提出時に、数量計算書で工事に必要な材料及び数量が設計図面から正確に抽出されているかを確認している。</t>
   </si>
   <si>
     <t>設計書作成における数量計算の確認作業については、ミスを防ぐため複数人で確認を繰り返すこととしており、多くの時間を要している。設計図面から工事に必要な材料及び数量等を、「ヒト」による確認を行わず把握可能とする仕組みにすることで、業務量の削減に寄与できる。</t>
     <rPh sb="0" eb="3">
       <t>セッケイショ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>サクセイ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>スウリョウ</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>ケイサン</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>カクニン</t>
     </rPh>
     <rPh sb="62" eb="64">
       <t>セッケイ</t>
     </rPh>
     <rPh sb="64" eb="66">
       <t>ズメン</t>
     </rPh>
     <rPh sb="68" eb="70">
@@ -5168,54 +4133,50 @@
     <rPh sb="0" eb="1">
       <t>ダイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>自動開閉機能付きメーターの開発</t>
     <rPh sb="0" eb="2">
       <t>ジドウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>カイヘイ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>キノウ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>ツ</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>カイハツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t xml:space="preserve">現在、水道の開栓・閉栓、給水停止は受注業者が担っており、人的コスト・移動や作業に時間を要している。水道スマートメーターの導入に向けて検討を進めており、自動開閉機能の付いた水道スマートメーターの開発により、遠隔による開閉作業ができないかと考えている。
-[...2 lines deleted...]
-  <si>
     <t>既存のメータボックスに格納できるサイズや、開閉が頻繁には行われない中で、検定満期期間中（最大８年間）開閉機能を保持できる技術の提案を期待します。</t>
     <rPh sb="0" eb="2">
       <t>キゾン</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>カクノウ</t>
     </rPh>
     <rPh sb="21" eb="23">
       <t>カイヘイ</t>
     </rPh>
     <rPh sb="24" eb="26">
       <t>ヒンパン</t>
     </rPh>
     <rPh sb="28" eb="29">
       <t>オコナ</t>
     </rPh>
     <rPh sb="33" eb="34">
       <t>ナカ</t>
     </rPh>
     <rPh sb="36" eb="38">
       <t>ケンテイ</t>
     </rPh>
     <rPh sb="38" eb="40">
       <t>マンキ</t>
     </rPh>
@@ -5233,96 +4194,57 @@
     </rPh>
     <rPh sb="48" eb="49">
       <t>カン</t>
     </rPh>
     <rPh sb="50" eb="52">
       <t>カイヘイ</t>
     </rPh>
     <rPh sb="52" eb="54">
       <t>キノウ</t>
     </rPh>
     <rPh sb="55" eb="57">
       <t>ホジ</t>
     </rPh>
     <rPh sb="60" eb="62">
       <t>ギジュツ</t>
     </rPh>
     <rPh sb="63" eb="65">
       <t>テイアン</t>
     </rPh>
     <rPh sb="66" eb="68">
       <t>キタイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>堺8</t>
-[...5 lines deleted...]
-  <si>
     <t>大規模災害発生時には上下水道施設の被害・復旧状況を迅速に把握し復旧等対応していくこととしており、現在はクラウド上のエクセルに被災・復旧状況を入力し共有することとしています。</t>
     <rPh sb="55" eb="56">
       <t>ウエ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>委託する業務範囲も幅広く、業務内容も多岐にわたる営業業務の包括的民間委託（水道メーターの検針、料金収納、コールセンター等）のモニタリング（監督・検査、履行状況の評価・分析、包括的民間委託の導入効果の検証等）に関する業務</t>
-[...30 lines deleted...]
-  <si>
     <t>警察署、税務署等の官公署からの使用者との給水契約の内容、料金の支払状況等に関する照会への回答業務</t>
   </si>
   <si>
     <t>警察署、税務署等の官公署から、使用者との給水契約の内容（使用者名義、水道使用場所、給水契約日、給水契約解除日、連絡先電話番号等）や、料金の支払状況（請求金額、支払方法、請求口座、滞納の有無、滞納金額等）などに関する照会が、年間約250件ありますが、照会ごとに照会事項は異なり、1回の照会の照会事項が多岐にわたっているケースや、個人情報の取扱い上で注意が必要なケースがあるなど、回答作業の事務負担は少なくありません。
 　本業務は、本市の利用者サービスや事業運営に直接関係のない業務であるにもかかわらず、料金システムでの確認作業、回答文の作成、チェック等も煩雑なものとなっており、効率化による事務負担の軽減が必要な状況です。</t>
   </si>
   <si>
     <t>情報セキュリティを確保しつつ、スムーズに電子上で照会の受付・回答ができる技術
 照会事項に対して、既存料金システムからのデータ抽出や回答文作成、回答等を自動で行う技術</t>
   </si>
   <si>
     <t>決裁資料及び回答文の作成業務</t>
   </si>
   <si>
     <t>上下水道施設の被災・復旧状況のマッピング</t>
   </si>
   <si>
     <t>エクセルでの共有について、住所表記となるため土地勘のない職員には場所が分かりにくい。また、上水・下水が一体的に復旧対応していく（断水解消に合わせて下水の応急復旧を行うなど）にあたって、住所表記ではそれぞれの施設の関連性が分かりにくいという課題を抱えています。</t>
   </si>
   <si>
     <t>上下水道に関する施設を地図上に表示し、被災・復旧状況などを入力できる技術
 管路の被災状況に応じて断水や下水の使用制限区域等を表示できる技術
 平時利用として上水・下水の既存台帳システムと連携がとれる技術</t>
   </si>
   <si>
@@ -5367,106 +4289,87 @@
   <si>
     <t xml:space="preserve">ポンプ所等巡回対象施設内において、ドローンに事前に写真撮影や機械設備の動作音をモニタリングするポイントを登録しておき、職員が施設を巡回に訪れた際に屋内型のドローンに自動巡回させます。職員はその間ドローンでは確認できない箇所を巡回します。
 </t>
   </si>
   <si>
     <t xml:space="preserve">ドローンにより収集した画像や音声データを蓄積し、機械学習を用いた分析をしたうえで異常の有無を判定。また写真撮影したメータやカウンター等から数値をデータ化し、過去のデータとの比較によりAIを用いて異常の有無を判定。
 </t>
   </si>
   <si>
     <t>巡視の結果、設備の異常を見落とす可能性を減らせます。また、職員による施設の巡視箇所を減らすことが期待できます。</t>
     <rPh sb="48" eb="50">
       <t>キタイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>設備ごとに　１回/月</t>
   </si>
   <si>
     <t>工事及び点検における事故の原因は、作業の慣れ、安全確認不足、不注意などによるものが多く、監督員である職員においても、机上の安全管理に関する知識はあるものの、実際の事故経験がない職員が多く、実際の作業の場において、どのような事故が発生するか予見できていません。</t>
   </si>
   <si>
     <t>職員が起こり得る事故のリスクを主任技術者や作業員に「しっかり」伝えることができれば、現場での事故を減らすことができます。また、職員の直接行う作業（断水、設備保守点検）においても事故リスクは潜んでおり、仮想ではあるが自身が体験することにより、安全管理の技術として習得できると考えています。</t>
   </si>
   <si>
-    <t>⑩
-[...2 lines deleted...]
-  <si>
     <t>エネルギー消費原単位や温室効果ガス排出量等の集計自動化</t>
   </si>
   <si>
     <t>集計の対象となる施設数が多く、集計や分析に多大な労力と時間を費やしています。また、各部署毎の原因分析と対策の検討は毎月実施していますが、局全体の状況は半年毎の実績集計を実施しないと把握できません。</t>
   </si>
   <si>
     <t>省エネ法、温対法等のエネルギー使用量や温室効果ガス排出量等の報告書の作成。上下水道局の事業全体におけるエネルギー使用量や温室効果ガス排出量、廃棄物発生量及び用紙使用量等の局内での報告業務。</t>
   </si>
   <si>
     <t>・作業頻度：２回/年
 ・作業期間：1～2週間程度/回
 ・費用：0円/年</t>
   </si>
   <si>
     <t>お客さまからの問い合わせ対応業務</t>
   </si>
   <si>
     <t>（令和4年度）
 年間着信数:約25万7千件、平均応答率:91.4%</t>
-  </si>
-[...7 lines deleted...]
-    <t>施設等を３Ｄ化することで視覚的に確認でき、さらに仮想空間上でのシミュレーションが可能となれば、その繋がりや影響を容易に把握することが可能となります。また、３Ｄ化したデータは施設の整備だけでなく、維持管理や安全対策への取組みにも活用していきたいと思います。</t>
   </si>
   <si>
     <t>適正な設計積算をするため、設計図書の設計数値や積算の考え方に誤りがないか等確認を行う設計照査を実施しております。</t>
   </si>
   <si>
     <t>設計照査の作業には相当の時間と労力を費やしており、また経験による判断も必要となってきます。限られた人員で適正な設計積算を実施しなければならない状況で、設計照査の質の向上や負担軽減などの対策を講じていかなければなりません。</t>
   </si>
   <si>
     <t>水道事業を担う技術者に対する効果的かつ効率的な研修</t>
   </si>
   <si>
     <t>BIM/CIMモデルなどを用いたＸＲ技術により、施工現場を再現し、体感できる技術
 XRを用いて縮尺を変えて表示することにより、多様な視点から確認できる技術
 施工現場を段階表示し、施工手順を再現する技術
 日常業務で経験することが難しい状況をXRを利用して体験する技術</t>
   </si>
   <si>
     <t>⑭</t>
-  </si>
-[...4 lines deleted...]
-    <t>目視による点検の場合、足場がなく点検ができない箇所があったり、塗装の劣化度合い等の評価について人的誤差が出てしまいます。</t>
   </si>
   <si>
     <t>配水塔の運用を休止するためには、配水ルートの切り替えに多大な労力を費やす必要があります。</t>
     <rPh sb="0" eb="3">
       <t>ハイスイトウ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ウンヨウ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>キュウシ</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>ハイスイ</t>
     </rPh>
     <rPh sb="22" eb="23">
       <t>キ</t>
     </rPh>
     <rPh sb="24" eb="25">
       <t>カ</t>
     </rPh>
     <rPh sb="27" eb="29">
       <t>タダイ</t>
     </rPh>
     <rPh sb="30" eb="32">
@@ -6058,284 +4961,196 @@
       <t>ジュケンシャ</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>スウ</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>ニン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>新3</t>
     <rPh sb="0" eb="1">
       <t>シン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>大量のデータを収集・分析する技術</t>
   </si>
   <si>
     <t xml:space="preserve">アセットマネジメント推進のため、「必要情報の整備」を課題の一つとし、自らが取得・保有するデータを統合的に利活用するための体制整備と環境整備を進めている。
 </t>
   </si>
   <si>
+    <t xml:space="preserve">日々の業務の中で蓄積される様々なデータは、それぞれ別々の場所やシステムに保存され、それらの取得や集計を手動で行うには時間と労力がかかる。
+　また、大量のデータの分析や評価もデータ解析などの専門知識が必要となるなど、職員自身がこれらを行うには非常に困難な状況が予想される。
+</t>
+  </si>
+  <si>
     <t>散在する大量のデータを素早く収集・集計・分析・評価をし、適切な意思決定へ寄与することができる技術</t>
   </si>
   <si>
     <t>職員の手作業によるデータ収集・分析など</t>
   </si>
   <si>
     <t>水道メーターの取替え及び購入計画の最適化</t>
+  </si>
+  <si>
+    <t xml:space="preserve">水道メーターは8年以内に取替えが必要となります。取替の多くは検定有効期限に伴う取替えで、取替個数やメーター保管を月単位で計画的に行う必要があり職員が取替計画とメーター購入計画を調整して取替えを行っています。
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">水道メーターの取替えは、合併等により年度別取替数等に偏りがあり、メーター取替従事者減少の懸念から平準化が求められています。平準化を図るためのメーター購入計画が必要になりますが、取扱いメーターの種類の多さや委託先の担当地域別の制約、効率性から平準化が進んでいません。
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">水道メーター取替計画とメーター購入計画を容易に月単位で地域別と全体で将来見込みを推定でき、平準化の最適解を示せる技術
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">水道メーター取替計画とメーター購入計画業務（実施計画・予算資料）
+長期的な水道メーターに関する費用算出（アセットマネジメント）
+</t>
   </si>
   <si>
     <t xml:space="preserve">作業時間：約50～時間／年
 </t>
   </si>
   <si>
     <t>福島1</t>
     <rPh sb="0" eb="2">
       <t>フクシマ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>水道施設点検</t>
-[...27 lines deleted...]
-  <si>
     <t>福島2</t>
     <rPh sb="0" eb="2">
       <t>フクシマ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>水管橋・橋梁添架管の点検</t>
-[...34 lines deleted...]
-  <si>
     <t>福島3</t>
     <rPh sb="0" eb="2">
       <t>フクシマ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ＡＩ、ＶＲを活用した保守点検業務の補助</t>
   </si>
   <si>
-    <t>現場における機器・設備の突然の故障や、不具合を防ぐために重要なのが「保守点検」です。
-[...62 lines deleted...]
-</t>
+    <t>カメラで撮影したものを画像認識でデータ化し、従来の手書きの記録簿やタブレットへの入力作業などは必要としない技術
+機器の図面、仕様書、取扱説明書や蓄積された点検データ、修繕履歴等といった書類を高精度に認識し、最適な運用保守を支援するＡＩ技術
+点検はＶＲスコープを着用しながら行い、操作方法や危険な作業に対する警戒情報など、ＡＩからの補助支援を受けながら、安全かつ効率的に現場点検を行う技術</t>
   </si>
   <si>
     <t>水道工事の設計・施工管理業務等における図面作成作業</t>
   </si>
   <si>
     <t xml:space="preserve">通年で実施
 </t>
   </si>
   <si>
     <t>⑨
 ⑩</t>
   </si>
   <si>
     <t xml:space="preserve">排水作業等における仕切弁開閉作業
 </t>
   </si>
   <si>
     <t xml:space="preserve">電話受付業務における一部の基本的な応答
 </t>
   </si>
   <si>
     <t xml:space="preserve">年間３６５日　８時から２１時まで
 </t>
   </si>
   <si>
     <t xml:space="preserve">給水装置工事における図面審査及び図面検査業務の一部
 </t>
   </si>
   <si>
     <t>配水池やダム堤体、水管橋などでは、直接近接目視や打診が困難な箇所があり、点検実施に苦慮しています。また、診断には高度な技術が必要ですが、熟練技術者の減少も危惧されています。
 現在、ドローンを利用することで、高所や危険個所においても安全に画像データが取得できるようになっていますが、これらの画像データを使って簡易的に劣化診断を行える技術があれば、施設の効果的な維持管理ができます。</t>
   </si>
   <si>
+    <t>更新周期が長期に及ぶ土木構造物や管路などの水道施設については、適切な維持管理を行いながら施設を良好な状態に保つとともに、効果的な修繕により長寿命化を図ることで適正な資産管理を行うことが特に重要です。
+しかし、設置状況により、目視による点検等が困難な構造物があり、様々な条件下に対応できる効果的な点検手法が求められます。</t>
+  </si>
+  <si>
+    <t>ダムから浄水場まで導水するルートに隧道（トンネル）を用いることが有ります。
+経年化が進んだ隧道では、崩落やガス滞留の危険があるため人員の侵入ができず、また、延長が数kmに及ぶ場合や堆積物が多い場合には汎用ドローンの侵入も難しく、点検が困難です。</t>
+  </si>
+  <si>
+    <t>将来のスマートメータ導入促進に向けては、そのデータ利活用による付加価値の創出を図る必要があると考えています。
+　福岡市では、市内配水管の流量や水圧を24時間体制で集中コントロールする配水調整システムを構築いることから、これらのデータを掛け合わせることで、より高度な付加価値を創出できないかと期待しています。</t>
+  </si>
+  <si>
     <t>現状、スマートメータは導入コストが大きな課題となっており、コスト低減に向けた取組みを進めつつ、導入効果についてもしっかりと検討する必要があると考えています。このため、コスト低減やデータ利活用による付加価値の創出について、広く提案を求めます。</t>
   </si>
   <si>
     <t>薬品注入量の設定については、ベテラン職員がこれまでの経験に基づいて蓄積したノウハウから判断することが多く、今後、ベテラン職員が退職などにより不在となった場合、経験の浅い職員では、判断に時間を要すなど、将来的な対応が困難になることが懸念されています。</t>
   </si>
   <si>
     <t>現場の画像データから安全診断</t>
   </si>
   <si>
     <t>浄水場等，施設内の安全管理や工事現場での安全対策を徹底しているが，職員の経験不足などにより，危険個所を見落とし，事故につながることがある。
 このため，定期的に安全パトロールを実施し，複数の職員の指摘を共有することで，安全意識の向上と現場の安全確保を図っている。</t>
   </si>
   <si>
     <t>現場の画像データや作業内容から，想定される危険を指摘してくれる技術</t>
   </si>
   <si>
     <t xml:space="preserve">施工管理業務、研修・人材育成業務の効率化
 </t>
   </si>
   <si>
     <t>平面図等を用いた施設・設備情報の活用</t>
   </si>
   <si>
     <t xml:space="preserve">設計業務、維持管理業務・防災計画業務の効率化
 </t>
   </si>
   <si>
     <t>③
 ⑨</t>
   </si>
   <si>
     <t>浄水場等運転状況，水質情報等の集中監視</t>
   </si>
   <si>
     <t>取水から浄水，配水といった水道一連の水量，水質，処理状況等の情報を集約し，監視するためには，ベンダーの異なる監視制御システムの情報を収集・統合する必要があるため，コストと手間が大きく，集中監視システムの導入が困難な状況です。</t>
+  </si>
+  <si>
+    <t>浄水場における処理状況や増圧ポンプの稼働状況，配水池の運用状況，水質情報等を一元的に集約し，監視，解析することで，最適な水処理，水運用に活かせ，震災時の確保水量の算定なども行えます。
+さらに，施設・設備情報，管網情報などを加えることで，設備故障時の運用シミュレーションや残留塩素のより高度な管理などにも利用することが考えられます。</t>
   </si>
   <si>
     <t>ベンダーの異なる監視制御システムの情報を簡易かつより安価に集約できる技術、
 取り込んだ情報を解析し，演算，シミュレーション等を行える技術</t>
   </si>
   <si>
     <t xml:space="preserve">運転管理業務・維持管理業務の効率化
 </t>
   </si>
   <si>
     <t>①
 ②</t>
   </si>
   <si>
     <t>停水件数：約4,000件/年</t>
     <rPh sb="0" eb="2">
       <t>テイスイ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ケンスウ</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>ヤク</t>
     </rPh>
     <rPh sb="11" eb="12">
@@ -6348,205 +5163,91 @@
   </si>
   <si>
     <t>⑦
 ⑪</t>
   </si>
   <si>
     <t>本市では、水道管更新工事設計の積算にあたり水道管の材料を一つ一つ図面で数え、表計算ソフトウェアに入力して数量表を作成し、集計した数量を積算システムに入力することで設計金額を算出しています。数量表までは設計委託業務で作成していますが、予算等の都合で路線が増減すると図面からやり直す必要があり、委託設計の成果を使用できず事務量が多くなり、発注までに時間を要しています。</t>
   </si>
   <si>
     <t>積算を行うにあたり、図面から管の数量や施工手間を正確に拾うことが求められますが、違算とならないよう慎重に行う必要があり、職員は多くの作業時間を費やしています。配管図等の情報から数量を計上し積算を行うことができれば、職員の作業量を縮減できます。</t>
   </si>
   <si>
     <t xml:space="preserve">数量計算、積算作業
 </t>
   </si>
   <si>
     <t xml:space="preserve">年間30㎞分の数量計算・積算作業
 </t>
   </si>
   <si>
     <t>②
 ⑦</t>
   </si>
   <si>
     <t xml:space="preserve">検針作業
-</t>
-[...8 lines deleted...]
-面的な漏水調査業務　約2,400㎞/年
 </t>
   </si>
   <si>
     <t>①
 ②
 ⑦
 ⑧</t>
   </si>
   <si>
     <t>有収率改善に向けた水道DXソリューション</t>
   </si>
   <si>
     <t>水道管の老朽化による更新需要の増大が要因で、改築工事や修繕工事の対応、大雨等の風水害や地震に対する対策などに遅れが生じています。 また、水道管の漏水を調査できる熟練職員の不足により、管の破裂や漏水の頻度が上がるなど、有収率の改善が図れていません。</t>
   </si>
   <si>
     <t>管路の漏水調査（音聴調査）は毎年実施していますが、老朽化や劣化診断・予測ついて詳細な把握ができていません。管の漏水調査・劣化診断（劣化予測）・改築計画、また施設の送水圧力、流量、水質検査、薬品投入の作業を自動化できれば、職員の作業量の大幅な軽減につながります。</t>
   </si>
   <si>
     <t xml:space="preserve">水運用計画、管・施設の監視や制御業務、漏水調査（音聴調査）、水質検査、薬品投入業務
 </t>
   </si>
   <si>
     <t>漏水調査費：8,000万円/年</t>
   </si>
   <si>
     <t>ＶＲ等を活用した安全教育</t>
     <rPh sb="2" eb="3">
       <t>ナド</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>・事故防止研修等の座学研修と併用して行う事でより習熟度が向上することが期待される。
 ・OJTによる現場経験の代わりとなり得る。
 ・VR等を活用することで、本来長い業務年数を経て蓄積される現場経験を積むことができる。</t>
     <rPh sb="67" eb="68">
       <t>ナド</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>ドローン等を用いて撮影した映像から、ＡＩを用いた画像自動判別技術を使って水管橋の異常箇所発見、劣化診断・評価、補修要否判定を実施できる技術
-[...102 lines deleted...]
-  <si>
     <t>配水塔内部の状態把握</t>
     <rPh sb="0" eb="2">
       <t>ハイスイ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>トウ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ナイブ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>ジョウタイ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ハアク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>配水塔の運用を休止しないで内部の状態把握をするためには、水中カメラを使用する必要があります。</t>
     <rPh sb="2" eb="3">
       <t>トウ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ウンヨウ</t>
@@ -6667,82 +5368,51 @@
     </rPh>
     <rPh sb="102" eb="104">
       <t>コウカ</t>
     </rPh>
     <rPh sb="105" eb="106">
       <t>タカ</t>
     </rPh>
     <rPh sb="107" eb="109">
       <t>シュホウ</t>
     </rPh>
     <rPh sb="110" eb="112">
       <t>ギョウム</t>
     </rPh>
     <rPh sb="112" eb="114">
       <t>コウリツ</t>
     </rPh>
     <rPh sb="115" eb="116">
       <t>ア</t>
     </rPh>
     <rPh sb="121" eb="122">
       <t>モト</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>深度の深く（車道で深さ4.0ｍ程度）、管径の大きい配水本管を地上から調査できる技術
-[...17 lines deleted...]
-  <si>
     <t>⑧</t>
-  </si>
-[...10 lines deleted...]
-</t>
   </si>
   <si>
     <t>神戸市水道局</t>
     <rPh sb="0" eb="3">
       <t>コウベシ</t>
     </rPh>
     <rPh sb="3" eb="6">
       <t>スイドウキョク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>神戸1</t>
     <rPh sb="0" eb="2">
       <t>コウベ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>配水場やポンプ場など、多くの施設の巡回を行い、定期的に構造物等の状態把握を行っています。点検結果は現地で帳票に記入し、帰庁後に電子化作業を行っています。</t>
   </si>
   <si>
     <t>管理する施設数が多く、今後職員数も減少していくため、人の目に代わる効率的な点検ツールが必要と考えています。また、施設を延命化していくため、点検結果をわかりやすくデータベース化し、施設の健全度評価と補修・修繕などの予防保全措置を適切に実施する必要があります。</t>
   </si>
   <si>
@@ -6884,87 +5554,106 @@
   </si>
   <si>
     <t>湛水面積：112万㎡、作業頻度：１回／週（数箇所採水）</t>
   </si>
   <si>
     <t>⑥
 ⑮</t>
   </si>
   <si>
     <t>神戸5</t>
     <rPh sb="0" eb="2">
       <t>コウベ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>配水管末端における残留塩素濃度の遠隔監視</t>
   </si>
   <si>
     <t>配水区域の末端は水の滞留が発生しやすいことから、水質自動監視装置によるリアルタイム監視に加え、市内約600箇所のドレン等において、職員が巡回により残留塩素濃度の測定を行っています。また、低残塩地区については、常時放水による水質維持を図っています。</t>
   </si>
   <si>
     <t>残留塩素濃度が低下しやすい時期を重点的に測定していますが、箇所数が多く移動に時間がかかることから、効率化を図る必要があります。また、効率化により測定頻度を増やすことができれば、測定データを活用し、塩素注入率や常時放水箇所の最適化を図ることができると考えています。</t>
   </si>
   <si>
-    <t>既存ドレン等に設置可能な小型のバッテリー型測定装置で、かつ無線通信でクラウドへのデータ伝送が可能な技術</t>
-[...1 lines deleted...]
-  <si>
     <t>残留塩素測定業務</t>
   </si>
   <si>
     <t>測定箇所：約600箇所</t>
   </si>
   <si>
     <t>画像解析やＡＩ技術などを活用した施設管理の効率化</t>
     <rPh sb="0" eb="2">
       <t>ガゾウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>カイセキ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>ギジュツ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>カツヨウ</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>シセツ</t>
     </rPh>
     <rPh sb="18" eb="20">
       <t>カンリ</t>
     </rPh>
     <rPh sb="21" eb="23">
       <t>コウリツ</t>
     </rPh>
     <rPh sb="23" eb="24">
       <t>カ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>福岡県南広域水道企業団</t>
+    <rPh sb="0" eb="3">
+      <t>フクオカケン</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>ナン</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>コウイキ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>スイドウ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>キギョウ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>ダン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
     <t>福南1</t>
     <rPh sb="0" eb="1">
       <t>フク</t>
     </rPh>
     <rPh sb="1" eb="2">
       <t>ナン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>各種データから原水水質悪化を予測するシステム</t>
     <rPh sb="7" eb="9">
       <t>ゲンスイ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>スイシツ</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>アッカ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>当企業団では筑後川表流水を主水源としていますが、降雨や河川流況により、その水質は大きく変化します。上流域で大雨が降った際には原水濁度の顕著な上昇、逆に降雨が少ない場合には河川流量の減少による原水水質の悪化（有機物の上昇）や、晴天や著しい高温が続く場合には浄水処理障害を引き起こす生物による原水水質の悪化（異臭味の発生、ろ過粒子数の上昇、ろ過障害等）が見られます。その発生時期には検査頻度を増やし、薬注処理の強化で対応しています。</t>
   </si>
@@ -6984,54 +5673,50 @@
       <t>ゲンスイ</t>
     </rPh>
     <rPh sb="30" eb="32">
       <t>スイシツ</t>
     </rPh>
     <rPh sb="32" eb="34">
       <t>アッカ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>福南2</t>
     <rPh sb="0" eb="1">
       <t>フク</t>
     </rPh>
     <rPh sb="1" eb="2">
       <t>ナン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>埋設物調査の共同受付</t>
   </si>
   <si>
     <t>業者が道路掘削などを行う際、掘削箇所における当企業団の埋設物の有無について、事前の埋設物協議を実施しています。基本的には業者がホームページにある調査申請書に記入し、メールを送信することで埋設物の有無を確認しております。埋設物が有りの場合は、返信した調査申請書及び施工図等を持参して対面による協議を行っております。</t>
-  </si>
-[...2 lines deleted...]
-　また、業者も当企業団だけでなく、他インフラ事業者（水道、電気、ガス等）へ個別に調査しなければならない状況です。</t>
   </si>
   <si>
     <t>ＷＥＢで各インフラ事業者の埋設物を確認できる共同申請受付システム</t>
   </si>
   <si>
     <t xml:space="preserve">埋設協議業務
 </t>
   </si>
   <si>
     <t xml:space="preserve">約160件/年(R5年度実績)(他インフラ事業者と共同で行うことより更に効果が大きくなる)
 </t>
   </si>
   <si>
     <t>福南3</t>
     <rPh sb="0" eb="1">
       <t>フク</t>
     </rPh>
     <rPh sb="1" eb="2">
       <t>ナン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>取水樋管の不断水による清掃</t>
   </si>
@@ -7205,243 +5890,148 @@
       <t>コウリョ</t>
     </rPh>
     <rPh sb="42" eb="44">
       <t>セコウ</t>
     </rPh>
     <rPh sb="44" eb="46">
       <t>ホウホウ</t>
     </rPh>
     <rPh sb="47" eb="50">
       <t>キャッカンテキ</t>
     </rPh>
     <rPh sb="51" eb="53">
       <t>ハンダン</t>
     </rPh>
     <rPh sb="55" eb="57">
       <t>ギジュツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>千2</t>
     <rPh sb="0" eb="1">
       <t>チ</t>
     </rPh>
     <phoneticPr fontId="1"/>
-  </si>
-[...88 lines deleted...]
-</t>
   </si>
   <si>
     <t>千3</t>
     <rPh sb="0" eb="1">
       <t>チ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>サーバルームの遠隔監視</t>
   </si>
   <si>
     <t>当局では今後、執務室の移転等により、サーバルームと担当職員のいる執務室の場所が遠くなることが予想されます。障害ランプの把握遅れや業者作業立会いによる職員の移動が大変になるなどの課題を想定しています。</t>
   </si>
   <si>
     <t>現在、サーバルームの隣に職員が日中常時待機しているため、職員が定期的に障害ランプを確認しているほか、業者による作業確認も適切に行っています。
 今後もリモートで同等の運用を行えるICT技術を募集します。</t>
   </si>
   <si>
     <t>遠隔でリアルタイムの監視及び検知ができるツール
 UPS等の周辺装置など、ネットワーク上にない機器のエラーも検知できるツール
 想定される技術：
 多角的なウェブカメラ、エラー時の自動通知ツール
 コンソール画面の文字も判別可能なテレビ会議ツール
 ネットワーク温湿度計・アラーム感知計</t>
   </si>
   <si>
     <t>人力による毎日の目視管理</t>
   </si>
   <si>
-    <t>千4</t>
-[...5 lines deleted...]
-  <si>
     <t>共有ドライブのデータを使った質問回答及び検索システム</t>
     <rPh sb="11" eb="12">
       <t>ツカ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>当局では、電子ファイルを共有ドライブで保存しナレッジの継承を図っています。年々データ量が増えていること、渇水や特定設備の障害など数年に1度しか発生しないデータなど見つけるのに苦労しています。</t>
   </si>
   <si>
     <t>以前は、サーバ内を検索するソフトウェアを導入していましたが、データ量の増大などによるライセンス費用の高騰などから継続を断念しました。</t>
   </si>
   <si>
     <t>共有ドライブ内のデータから質問に答え、かつ根拠となる元ファイルも提示してくれるシステム
 学習形式である場合、学習するデータを選択できるシステム（最新ファイルのみを選択するなど）
 事前に回答を用意する必要がなく、自動または最小限の作業で検索データベースを作成できるシステム
 また、情報流出の危険性がないシステム
 想定される技術：生成ＡＩ</t>
   </si>
   <si>
     <t>札1</t>
     <rPh sb="0" eb="1">
       <t>サツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>千5</t>
-[...5 lines deleted...]
-  <si>
     <t>安価で高速な衛星通信による冗長化</t>
   </si>
   <si>
     <t>当局では、IP電話や各種情報システム、浄給水場の監視制御に光回線を利用していますが、地震時の回線切断などリスクを抱えています。</t>
   </si>
   <si>
     <t>最近は、遠地のデータセンターを利用するシステムも増え給水エリア以外の災害、障害によってシステムが使えなくなるリスクもあります。</t>
   </si>
   <si>
     <t>安価で高速、かつ回線切断時にも利用でき、通信のセキュリティが担保された最新のバックアップ回線技術
 通常のIP電話回線等から速やかに切り替えられる緊急回線
 大規模または長期的な停電時でも利用可能な災害に強い回線
 想定される技術：スターリンクやアマゾンが計画している低軌道通信衛星をバックアップとして利用する等の技術</t>
   </si>
   <si>
-    <t>千6</t>
-[...5 lines deleted...]
-  <si>
     <t>水管橋の塗装時期診断ツール</t>
   </si>
   <si>
     <t>千葉県企業局では水道施設維持管理の一環として、水管橋の漏水の有無、補剛材・配管受台等の損傷状況、管の塗装状況の劣化度合いを定期的に目視で点検しております。</t>
   </si>
   <si>
     <t>目視による点検であるため、配管や補剛材の全周を点検できない箇所があります。また、塗装の劣化度合いについても、点検者の判断によるため、人的誤差が生じてしまいます。</t>
   </si>
   <si>
     <t>・アーチ補剛形式やトラス補剛形式、床版下の添架形式等の目視での点検が困難な水管橋を全周点検でき、その劣化度合いを診断できる技術を求めています。</t>
+  </si>
+  <si>
+    <t>浜松市上下水道部</t>
+    <rPh sb="0" eb="3">
+      <t>ハママツシ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ジョウゲ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>スイドウ</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>ブ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>浜1</t>
     <rPh sb="0" eb="1">
       <t>ハマ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>沈でん池の劣化状況の把握</t>
     <rPh sb="0" eb="1">
       <t>チン</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>イケ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>レッカ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>ジョウキョウ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>ハアク</t>
     </rPh>
@@ -7839,50 +6429,58 @@
 自動でマニュアルや動画教材を作成できるシステム</t>
   </si>
   <si>
     <t xml:space="preserve">ナレッジバンク作成業務、マニュアル作成業務、動画教材作成業務
 </t>
   </si>
   <si>
     <t>札2</t>
     <rPh sb="0" eb="1">
       <t>サツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>研修効果測定システム</t>
   </si>
   <si>
     <t>人材育成のための有効な手段の１つとして研修を実施しており、毎年度研修計画を立てて効果的かつ効率的に研修が実施できるよう努めています。一部の研修では研修受講アンケートを実施し、研修内容等の改善に役立てていますが、研修の実施成果が各職場で生かされているかどうかは把握できていません。</t>
   </si>
   <si>
     <t>研修の効果を確かめる手法として受講アンケートを実施しているが、アンケートだけでは研修の実施効果を見える化することが難しい
 研修の効果の定量化が難しい
 研修効果を上げる手法が分からない</t>
   </si>
   <si>
+    <t xml:space="preserve">以下のような作業を行い、研修効果を見える化するシステム
+　・受講アンケート集計・解析
+　・受講後数ヶ月後の研修内容定着状況把握
+　・組織への寄与度把握
+見える化した結果を基に、研修実施効果を上げるための手法をフィードバックするシステム
+</t>
+  </si>
+  <si>
     <t xml:space="preserve">受講アンケート集計・解析業務
 </t>
   </si>
   <si>
     <t>札3</t>
     <rPh sb="0" eb="1">
       <t>サツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>管路やバルブの位置を視覚的に把握することができるシステム</t>
   </si>
   <si>
     <t>積雪寒冷地である本市の現場作業においては、管路やバルブの位置を探し出すことが困難な状況があります。管路やバルブの位置を容易に把握することができれば、作業の大幅な時間短縮を期待できます。</t>
   </si>
   <si>
     <t>積雪期においては、オフセットや見出票からバルブの位置の見当をつけて、そこから除雪を行い、バルブを探し出しますが、実際の位置が想定の位置と異なっており、時間を要することがあります。この作業時間を短縮できれば、素早い初動対応にもつながります。</t>
   </si>
   <si>
     <t xml:space="preserve">管路やバルブの位置を座標に落とし込み、現場で容易に位置を特定できるシステム
 </t>
   </si>
   <si>
     <t xml:space="preserve">積雪期における現場作業の負担軽減が期待できる
@@ -7931,340 +6529,270 @@
   <si>
     <t>水中のヒ素連続監視システム</t>
   </si>
   <si>
     <t>他都市と比べ浄水場原水のヒ素濃度が高いため、原因となる自然湧水を含む河川水を抜本的に取り除くための事業を進めています。
 ヒ素を含む自然湧水はPACを用いた沈殿処理後に河川へ放流しますが、自然湧水のヒ素濃度は取水地点の河川流量等の影響を受け変動するため、流入水質に応じた自動制御処理システムの導入が望まれます。</t>
   </si>
   <si>
     <t>処理対象水の流量、濃度が一定でないため薬品注入量、運転方法の設定を頻繁に変更する必要がある
 流入水・処理後のヒ素濃度をリアルタイムで把握する手段がない</t>
   </si>
   <si>
     <t>流入・放流水のヒ素濃度を自動かつ連続で計測できる技術
 流入量・流入水質に応じた薬品注入量の自動制御技術</t>
   </si>
   <si>
     <t>現状ではヒ素濃度の代替として電気伝導速度を測定し、近似式からヒ素濃度を把握する予定ですが、ヒ素濃度を自動・連続監視することでより精度の高い測定、きめ細かい効率的な運転管理が可能になります。</t>
   </si>
   <si>
     <t>システムの導入が望まれる豊平川水道水源水質保全事業における最大の流入量・放流水は流量1.7㎥／ｓを予定してます。また、計測頻度は毎日連続して測定する予定です。</t>
   </si>
   <si>
     <t>非開削による管体外面腐食調査</t>
   </si>
   <si>
+    <t>本市の管路延長は6,000㎞を超えており、延命化や事業量の平準化などにより計画的に更新しています。
+更新にあたっては、漏水の主原因である管の外面腐食を考慮し、布設地域の土質やポリエチレンスリーブの有無等で外面腐食度を推定し更新基準年数を設定していますが、実際の腐食状況は試掘や堀上撤去時に確認している状況で、事前に調査できる箇所は限られています。</t>
+  </si>
+  <si>
+    <t>本市の管路は主にダクタイル鋳鉄管であり、管路の腐食状況を事前に把握するには試掘等の調査が必要であるため、調査できる箇所や延長は限られています。ＩＣＴ技術の活用により非開削の調査が可能となれば、腐食を起因とした漏水発生を未然に防ぐことや、管路更新をより効率的に進めることができます。</t>
+  </si>
+  <si>
+    <t>埋設された既設管路の外面腐食状況を非開削で調査する技術（電波・音波・衛星画像等）
+調査結果から、腐食による漏水リスクを可視化する技術</t>
+  </si>
+  <si>
     <t>現状では、水道管布設工事における試掘時や掘上撤去時に施工業者の協力を得て手作業で資料採取、腐食深さの測定を行ってきましたが、技術の導入により、調査業務の省力化、精度の向上が期待できます。</t>
   </si>
   <si>
     <t>札幌市内に布設されている配水管約6,000㎞のうち、ポリエチレンスリーブが被覆されていない約1,900kmなどを対象とした調査が想定されます。</t>
   </si>
   <si>
     <t>札7</t>
     <rPh sb="0" eb="1">
       <t>サツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>積雪寒冷地における配水管浅層埋設支援技術</t>
     <rPh sb="0" eb="2">
       <t>セキセツ</t>
     </rPh>
     <rPh sb="2" eb="5">
       <t>カンレイチ</t>
     </rPh>
     <rPh sb="9" eb="12">
       <t>ハイスイカン</t>
     </rPh>
     <rPh sb="12" eb="13">
       <t>アサ</t>
     </rPh>
     <rPh sb="13" eb="14">
       <t>ソウ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>マイセツ</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>シエン</t>
     </rPh>
     <rPh sb="18" eb="20">
       <t>ギジュツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>本市の管路延長は6,000㎞を超えており、延命化や事業量の平準化などにより計画的に更新しています。北海道のような積雪寒冷地での更新にあっては、配水管内の水が凍結しないように、基本的には凍結深度よりも深く埋設しなければならず、土工によるコストがかさんでいる（札幌市の配水支管埋設深さ：1.1～1.2m）</t>
+  </si>
+  <si>
     <t>人口減少等により給水収益が減少する中で、北海道のような寒冷地においても、凍結しない範囲で掘削深を浅くすることができれば、延長あたりの「更新コストの削減」や「更新に要する期間の短縮」が見込める。</t>
   </si>
   <si>
     <t>・浅埋埋設可能な範囲（凍結しない範囲）の調査・検討を支援する技術（土中・管内温度測定等）
 ・施工や維持管理に影響を与えず、低コストな管の保温技術（断熱塗装、高断熱ポリスリーブ等）</t>
   </si>
   <si>
     <t>「更新コストの削減」や「更新に要する期間の短縮」が期待されます。</t>
   </si>
   <si>
     <t>札幌市内に布設されている配水管約6,000㎞の更新</t>
     <rPh sb="23" eb="25">
       <t>コウシン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>北九州市上下水道局</t>
+    <rPh sb="0" eb="4">
+      <t>キタキュウシュウシ</t>
+    </rPh>
+    <rPh sb="4" eb="9">
+      <t>ジョウゲスイドウキョク</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
     <t>北1</t>
     <rPh sb="0" eb="1">
       <t>キタ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ドローンを用いた自動点検・診断システム</t>
   </si>
   <si>
     <t>現在、浄水場等施設では、各設備の点検時に人が現場へ行き、目視等で行っております。実際に現場へ出向いての点検は時間と人手がかかり、点検箇所によっては近寄り難い場所や、高所等では足場を組まないと点検できないことがあり、容易に点検することができません。また、施設や設備の劣化判断は、点検者の経験等によって結果に差が出ることがあります。</t>
   </si>
   <si>
     <t>自動運転するドローンにより、各設備の点検と劣化診断が可能になれば、実際に現場へ行く労力が省力化でき、人手や時間を要する点検作業の大幅な効率化と統一的な劣化診断に繋がります。</t>
   </si>
   <si>
     <t>あらかじめ指定したルートをドローンが自動飛行して点検を行い、ＡＩによる画像解析等で設備や外壁等の劣化状態を診断する技術</t>
   </si>
   <si>
     <t>毎日の場内巡視業務　
 設備機器等の定期点検業務</t>
   </si>
   <si>
     <t>場内巡視　→　作業頻度：毎日、作業時間：２時間
 定期点検　→　作業頻度：１回／月、作業時間：１時間／1箇所</t>
   </si>
   <si>
     <t>北2</t>
     <rPh sb="0" eb="1">
       <t>キタ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>浄水場等施設への不法侵入ドローン対策</t>
   </si>
   <si>
+    <t>近年ドローンは技術の進歩により、測量や監視、点検など
+さまざまな分野で活用されています。一方でドローンを使用
+した施設への不法侵入など、ドローンを悪用した犯罪やテロ
+が発生する恐れがあり、浄水場等施設への不法侵入ドローン
+に対するシステムを構築する必要があります。</t>
+  </si>
+  <si>
     <t>現状、浄水場等施設は不法侵入してくる「人」に対する対策を主眼としており、ドローンを悪用した毒物投入やテロ等への対策が困難な状態です。</t>
   </si>
   <si>
     <t>・レーダーやカメラ、電波等で不法侵入ドローンを検知する技術
 ・不法侵入ドローンの捕獲や、飛行を無効化する技術</t>
   </si>
   <si>
     <t>北3</t>
     <rPh sb="0" eb="1">
       <t>キタ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>点検結果からの劣化予測</t>
   </si>
   <si>
     <t>本市では点検時にモバイル端末を活用し、点検記録のデータ化を行うとともに、故障・修繕情報、台帳情報などを一元管理するシステムを構築中です。しかし、データ化した維持管理情報からの劣化診断や効果的な修繕・更新計画の立案など具体的な活用方法については現在検討中です。</t>
   </si>
   <si>
     <t>維持管理情報を収集し、これらの情報を基に膨大なプラント設備の修繕・更新計画を策定するには多大な労力を要します。維持管理情報を一元管理するシステム内に、計画策定を自動化又は補助するような機能があれば、業務の効率化に繋がります。</t>
   </si>
   <si>
     <t>収集した維持管理情報から、自動的に最適な修繕・更新計画が策定できるようなツール</t>
   </si>
   <si>
     <t>計画策定業務</t>
   </si>
   <si>
     <t>作業頻度：　２回／年、作業時間：約2０時間／回、作業人数：１３</t>
   </si>
   <si>
     <t>宇1</t>
     <rPh sb="0" eb="1">
       <t>ウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>水道管口径，制御所能力の適正化や管末放水量の抑制等による効率的な水運用を行う必要がある。
-[...9 lines deleted...]
-  <si>
     <t>宇2</t>
     <rPh sb="0" eb="1">
       <t>ウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>管路継手部位置の把握</t>
-[...13 lines deleted...]
-  <si>
     <t>宇3</t>
     <rPh sb="0" eb="1">
       <t>ウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ＩＣＴを活用した料金収入・水需要予測・分析業務</t>
   </si>
   <si>
-    <t>①料金収入予測業務において，過去の収入増減実績や，今後の人口減少等を考慮した予測を作成している。人口減少などに伴い水需要の減少が見込まれることから，需要予測に基づく効率的な水運用体制を確立する必要がある。
-[...14 lines deleted...]
-  <si>
     <t>宇4</t>
     <rPh sb="0" eb="1">
       <t>ウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
-  </si>
-[...1 lines deleted...]
-    <t>自動回転機器によるバルブ操作作業</t>
   </si>
   <si>
     <t>▷ 開栓棒を使用しないで（人の力でなく）回転力を与えることが出来るバルブ操作機器
 ▷ 熟練職員の作業をＡＩ等で学習し，弁が破損しないように力のコントロールができるシステム
 ▷ 回転数が表示され,両周り可能なもの
 ▷ 口径４０以下の止水栓にも対応可能なもの（取替え式など）</t>
   </si>
   <si>
-    <t>漏水修繕時における迅速な弁類の開閉作業
-[...6 lines deleted...]
-  <si>
     <t>宇5</t>
     <rPh sb="0" eb="1">
       <t>ウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>自動判別路面音聴調査機器</t>
-[...13 lines deleted...]
-  <si>
     <t>宇6</t>
     <rPh sb="0" eb="1">
       <t>ウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>高架水槽等の外壁点検（ＡＩ等による画像劣化診断）</t>
-[...42 lines deleted...]
-    <t>管工事件数　年間約70件　※１工事につき最低１回以上通水作業有</t>
+    <t>熊本市上下水道局</t>
+    <rPh sb="0" eb="3">
+      <t>クマモトシ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ジョウゲ</t>
+    </rPh>
+    <rPh sb="5" eb="8">
+      <t>スイドウキョク</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>熊1</t>
     <rPh sb="0" eb="1">
       <t>クマ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>施設の見学・開放を行う際は、敷地内のセキュリティや工事等と調整する必要があり、受け入れ可能な日時・人数が限られます。また、天候次第では実施できないこともあります。</t>
   </si>
   <si>
     <t>施設見学については、施設所管部署に予定日時での受け入れの可否を確認していますが、工事等の都合により一部施設の見学ができない場合や、あるいは日程変更や見学不可とせざるを得ない場合があります。常時開放としていない施設の開放には、セキュリティ解除や人員配置など受け入れ態勢の準備が必要となります。また、申込等に応じて見学を実施するため、人数に限りがあります。</t>
   </si>
   <si>
     <t>施設見学、事業の紹介・疑似体験などが任意の時間・場所で実現できる技術</t>
   </si>
   <si>
     <t>（申込等があった場合に発生する）見学等の受け入れに伴う調整・準備</t>
   </si>
   <si>
     <t>作業頻度：5回／週、作業時間：約2.5時間／回</t>
   </si>
   <si>
     <t>熊2</t>
@@ -8345,1573 +6873,420 @@
     <t>熊5</t>
     <rPh sb="0" eb="1">
       <t>クマ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">地中探査による漏水箇所特定技術 </t>
   </si>
   <si>
     <t xml:space="preserve">漏水調査における樹脂管等（ポリエチレン・塩ビ管等）の漏水位置の確定業務。 </t>
   </si>
   <si>
     <t xml:space="preserve">年間平均漏水件数約2,500件のうち78％がポリエチレン管や塩ビ管等の樹脂管であり、漏水音が反響せず漏水箇所の特定に苦慮しています。 </t>
   </si>
   <si>
     <t xml:space="preserve">地中探査ロボット等による地中における音源（漏水箇所）の特定技術 </t>
   </si>
   <si>
     <t xml:space="preserve">漏水箇所が確定されることによる調査時間の削減、ムダ堀の削減 </t>
   </si>
   <si>
     <t xml:space="preserve">2,000件/年程度 </t>
   </si>
   <si>
+    <t>宇都宮市上下水道局</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
     <t>施設見学等の新たな広報</t>
-    <phoneticPr fontId="1"/>
-[...14 lines deleted...]
-大8</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>無し</t>
     <rPh sb="0" eb="1">
       <t>ナ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>大1
 名2</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>大4</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>神3</t>
     <rPh sb="0" eb="1">
       <t>カミ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>東3</t>
-[...56 lines deleted...]
-  <si>
     <t>神4</t>
     <rPh sb="0" eb="1">
       <t>カミ</t>
     </rPh>
-    <phoneticPr fontId="1"/>
-[...142 lines deleted...]
-名8</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>横7
 京1</t>
     <rPh sb="3" eb="4">
       <t>キョウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>東10
-[...29 lines deleted...]
-  <si>
     <t>大7
 神戸5
 熊4</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>大7
 静3
 熊4</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>大7
 静3
 神戸5</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>堺7
-[...33 lines deleted...]
-  <si>
     <t>大10
 札6</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>大10
-[...70 lines deleted...]
-  <si>
     <t>大16</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>神2
-[...29 lines deleted...]
-  <si>
     <t>ＵＡＶ（ドローン）を活用した設計・施工管理システムの構築</t>
-    <phoneticPr fontId="1"/>
-[...20 lines deleted...]
-静6</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>水道施設内に設置される電気・機械設備の情報は台帳等で管理しており，その配置や配線・配管等については，別途工事図書内の平面図，配線配管図等で管理しています。
 このように，設備関連の平面図等に関しては，設置工事毎に独立しており，マッピングシステムのように，施設の現状を包括的に反映している図面はありません。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>マッピングシステムのように，設備関連の平面図等を，現状通りに重ね合わせ，配置や配線・配管等の情報について，単線結線図や配線系統図等から平面図上の配置，配管・配線ルート等を確認できる形で整理・管理を行う。また，電源系統や通信ネットワーク，計装ループなどもシステム上で構築できれば，維持管理業務や防災対策に利用できるとともに，設計業務の補助にも活用できると考えます。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>静5</t>
-[...163 lines deleted...]
-  <si>
     <t>浜3</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>大11
-[...104 lines deleted...]
-  <si>
     <t>堺3</t>
-    <phoneticPr fontId="1"/>
-[...35 lines deleted...]
-静6</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>大9</t>
     <rPh sb="0" eb="1">
       <t>ダイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>神2</t>
     <rPh sb="0" eb="1">
       <t>カミ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>神5</t>
     <rPh sb="0" eb="1">
       <t>カミ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>名古屋市上下水道局では、エネルギー消費原単位や温室効果ガス排出量等の集計を行い、増減の原因分析やその対策の検討を実施しています。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>新4</t>
     <rPh sb="0" eb="1">
       <t>シン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>さ1</t>
-[...22 lines deleted...]
-  <si>
     <t>ＩＣＴを活用した流量・流方向の監視装置</t>
-    <phoneticPr fontId="1"/>
-[...13 lines deleted...]
-横9</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>東１
 大3
 大5</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>神5
-[...1 lines deleted...]
-北1</t>
+    <t>コンクリート構造物の状態監視を効率化かつ客観的に実施するための新技術</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>現場画像等を用いた事故防止対策</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水道スマートメーターの通信成功率の向上</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>埋設管路の劣化診断技術</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>スマートメータデータの利活用でよりよい社会の実現に貢献</t>
+    <rPh sb="11" eb="14">
+      <t>リカツヨウ</t>
+    </rPh>
+    <rPh sb="19" eb="21">
+      <t>シャカイ</t>
+    </rPh>
+    <rPh sb="22" eb="24">
+      <t>ジツゲン</t>
+    </rPh>
+    <rPh sb="25" eb="27">
+      <t>コウケン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東京都水道局では令和６年度までに約13万個のスマートメータを先行導入し、お客さまサービスの向上や水道事業運営への活用等に資する取組であることを確認しました。
+この成果を踏まえ、令和７年度から令和10年度にかけて約100万個のスマートメータの導入を進めており、2030年代の全戸導入に向けて、スマートメータから取得したデータを活用した、新たなサービスの開発・提供を検討しております。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>スマートメータの導入をさらに拡大させていくためには、単なる自動検針による業務効率化だけではなく、様々な付加価値を創出することが必要不可欠です。東京都水道局では、防災や福祉分野など行政課題の解決に資するデータ活用策を検討しております。その他の分野においても、社会的価値の高いサービスが創出されることについて期待しているため、防災や福祉分野に限らない、広く公共課題の解決に資する提案を募集します。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>スマートメータのデータ（１時間ごとの使用水量データ取得が可能）を活用し、公共性の高い防災分野や福祉分野に加えて、より広く社会に還元できるサービスが提供できる技術提案を募集します。
+なお、サービスの実現に当たっては、法令に則った個人情報の取扱いが必要であるため、その点についても提案の中に含めて頂ければと考えます。
+技術提案例：公安分野（防犯・捜査・救急）、福祉分野（フレイル予防・介護）、防災分野、都市計画分野（まちづくり）etc…</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水道スマートメータの導入・運用においては、メータ本体、通信機器、通信回線、データ管理システム等いった様々な案件の調達が必要となっています。東京都水道局では、水道スマートメータの全戸導入に向けて、これら全体的な調達に関する枠組みの最適化が重要なテーマとなっております。調達の仕組みをどのようにすれば、市場競争をより活性化させて、新たな技術開発を促すことができるのか、全体的に最適な体制を日々、試行錯誤しています。また、令和４年度から６年度までの３か年で、計画どおり約13万個の設置を進め、通信率約98％を達成し、実運用に問題のないレベルを達成しましたが、効率的な水道スマートメータの運用に向けて、通信率を更に向上させる必要があります。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東京都では、原則としてスマートメータ関係の調達契約を可能な限り細分化し、競争環境の創出と費用低減を図っておりますが、例えば一体型スマートメータのように、メータ本体と通信機器をまとめることによって、調達コスト削減や管理運営コスト削減に結び付く事例もございます。
+また、通信失敗によるデータ欠損は、現地検針の増加によるコスト増、漏水検知や見守りサービス等の付加価値サービスの品質低下を引き起こします。特に、電波の減衰が確認されている高層階等における対策が課題となっています。
+新しい技術を活用することによって、調達契約の範囲をより適切なものとし、調達コストだけではなく、通信成功率の向上等といった、運用コストも含めた全体のコスト縮減が可能な技術提案を広く募集します。_x000B_</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>・導入、運用体制を最適化する技術例：メータからデータ管理システムまでの調達のうち、一定範囲を一体的に管理し、コストだけではなく、運用面においても付加価値（管理工数の削減、通信成功率の向上等）を付与することができるサービスを提供できる技術。_x000B_・通信成功率を向上させる技術例：双方向通信を活用してデータ取得漏れを防ぐ技術、複数の通信事業者の回線やプラットフォームに対応するとともに、遠隔操作で事業者を切り替えることができる技術、携帯電波を活用する通信方式と電力スマートメータの通信システムを活用する通信方式とを遠隔操作で切り替えることができる技術、机上でエリアごとの携帯電波の電波強度が測定できる技術、現地で携帯電波の電波強度が測定できる技術_x000B_</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　浄水施設等のコンクリート構造物については、長寿命化等を目的に、予防保全型管理による維持管理を行っています。維持管理に伴う調査として、コンクリートの状態（ひび割れ、剥離等）を定量的に確認する目視点検と、劣化状況を把握し、将来的な劣化予測を行うコンクリート試験を実施しています。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">　調査においては、施設を停止し、排水した上で、内面の点検を行っていますが、配水池など安定給水への影響が大きい施設については、施設を停止することが困難な状況です。そのため、施設を停止せずにコンクリートの状態を確認できれば、より効率的な維持管理が可能となります。
+</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">施設の運転を継続したまま、コンクリートの状態や劣化状況を定量的に把握できる技術
+想定される技術：浄水施設で使用可能な水中ドローン、画像解析技術　など
+</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">施設停止作業（バルブ操作、排水・充水作業、系統変更作業）の削減による業務の効率化
+画像解析による劣化図の作成や定量的な劣化状況把握の効率化
+</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>池状構造物の断水に向けたバルブ操作や排水・充水作業や系統変更作業を年間数十施設に対して実施</t>
     <rPh sb="0" eb="1">
-      <t>カミ</t>
-[...155 lines deleted...]
-⑧</t>
+      <t>イケ</t>
+    </rPh>
+    <rPh sb="1" eb="2">
+      <t>ジョウ</t>
+    </rPh>
+    <rPh sb="2" eb="5">
+      <t>コウゾウブツ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>ダンスイ</t>
+    </rPh>
+    <rPh sb="9" eb="10">
+      <t>ム</t>
+    </rPh>
+    <rPh sb="15" eb="17">
+      <t>ソウサ</t>
+    </rPh>
+    <rPh sb="18" eb="20">
+      <t>ハイスイ</t>
+    </rPh>
+    <rPh sb="21" eb="23">
+      <t>ジュウスイ</t>
+    </rPh>
+    <rPh sb="23" eb="25">
+      <t>サギョウ</t>
+    </rPh>
+    <rPh sb="26" eb="28">
+      <t>ケイトウ</t>
+    </rPh>
+    <rPh sb="28" eb="30">
+      <t>ヘンコウ</t>
+    </rPh>
+    <rPh sb="30" eb="32">
+      <t>サギョウ</t>
+    </rPh>
+    <rPh sb="33" eb="35">
+      <t>ネンカン</t>
+    </rPh>
+    <rPh sb="35" eb="37">
+      <t>スウジュッ</t>
+    </rPh>
+    <rPh sb="37" eb="39">
+      <t>シセツ</t>
+    </rPh>
+    <rPh sb="40" eb="41">
+      <t>タイ</t>
+    </rPh>
+    <rPh sb="43" eb="45">
+      <t>ジッシ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　開削工事では輻輳する地下埋設管の損傷事故が発生することがあり、ひとたび事故が発生すると、工事の中止、埋設物の復旧、周辺住民への対応など多岐にわたる対応が必要となります。
+　また、設計時に輻輳する埋設管を誤認することで、設計図への反映が正確に実施されないことがあります。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">　地下埋設物の位置が複雑であり、全てを正確に把握することが困難です。
+　現在の情報を３DCadに変換するためには非常に大きな労力が必要です。
+</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>深度の深く、管径の大きい配水本管を地上から調査できる技術
+地下埋設管の簡易的な情報（オフセット、土被り、管径、条数）を入力することより、施工箇所の三次元での位置情報が入手できるシステム
+さらにその位置情報をCADへ変換でき、仮設工事の計画に活用可能なシステム</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水道管路については、経過年数だけでなく、管体の老朽具合等を踏まえ、計画的に更新を進めていく必要があります。しかし、一般的な水道管路の管内調査は、断水を伴うものであり、お客さまに多大なご迷惑をおかけしているのが現状です。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　不断水で管内調査可能な技術として、挿入式の管内調査ロボットがありますが、大型かつ有線であることから、どこでも調査ができるわけではありません。断水せずに、より簡単に管内の状態を確認できるような技術があれば、効率的な修繕・更新計画を立案することができます。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水道管路内を、断水せずに調査・点検できる技術
+水道管路内を自走でき、ＧＰＳ等で現在位置を捕捉できる技術
+（可能であれば、リアルタイムの管内情報を得ることができる技術）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">より効率的な修繕・更新計画の策定に寄与することが期待されます。
+</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>大口径配水管に適用される漏水調査の手法として、二点相関式漏水発見装置※１や透過式漏水発見器※２があるが、適用口径が制限される、断水が必要、正確な漏水位置の特定は困難といった課題がある。
+※１　漏水が予想される箇所を挟んだ2か所にセンサーを設置し、漏水音の到達時間差や伝搬速度から漏水位置を算出し漏水箇所を特定
+※２　ヘリウムガスを管内に注入し、管体の漏水箇所から漏えいして地中を透過してくるヘリウムガスを地上の検知器で捉えることにより、漏水位置を特定</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">　実際の工事現場では、そのすべてを監督することは難しく施工現場におけるリアルタイム映像から、危険な行動を予測し、事故を未然に防止することができれば、より質の高い安全管理が行えると思います。
+</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">事故を未然に防止することによって、作業員の安全性が向上するとともに、事故発生に伴う工事中止期間等が削減され、円滑な工事進捗に寄与します。
+</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">配水管の布設替え工事は、年間数百ｋｍの事業規模となっています。
+</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">　安定給水を確保するためには、設備の健全性を維持することが不可欠です。このため、浄水場等の水道施設で使用するポンプや制御盤などの設備機器について、日常的に点検を行っています。この点検では、職員の五感を使って、音や振動などから異常の確認を行ったり、電流、電圧などの計測値の記録、各種警報の有無の確認を行っています。
+</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">　点検の対象となる数多くの水道施設は、各地に点在しており、施設の点検には多くの人員と時間を要しています。また、職員の経験値には個人差があり、全ての職員が異常の前兆を確実に把握することは難しい状況です。
+</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">多くの設備機器の点検作業を省力化・効率化する技術、故障の前兆を確実に把握できる技術
+想定される技術：センシング技術、ＡＩによる故障予測技術　など
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">日常点検ではポンプ設備や電気設備等について点検を行っており、設備によって点検回数が異なります。多いものでは週５回以上点検する設備もあります。
+</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>①
-⑧</t>
-[...8 lines deleted...]
-    <t>④
 ⑦</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>①
-[...454 lines deleted...]
-各種センシング関連サービスを統合するシステム（各種サービスが乱立しており、１つのクラウドサービスへ統合できないか）</t>
+    <t>水道施設内の地下などでは構内PHSシステムが導入されている。そのため、一般の通信キャリアが圏外になる場所でも通話が可能であり、異常時などの連絡手段として活用されている。また、発災時も安定して通信できるとされている。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>構内PHSシステムは、データ通信容量の制限により、音声通話が主体であり、写真などのデータ転送やビデオ通話をすることはできない。
+　また、公衆PHSサービスが2023年3月で終了していることから、構内PHSにおいてもシステムの維持にかかるコストの上昇が懸念されている。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>次世代構内通信システムとして、高いセキュリティを確保でき、高速かつ大容量通信が可能なシステム。
+イニシャルコスト・ランニングコストが優れている技術。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>写真やビデオ通話等により、構内での事故・故障発生時の状況を即座に報告でき、迅速かつ的確な対応が可能となる。また、今後の導入が期待されるIoTデバイスやAIアプリケーションとの連携も期待される。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>水需要予測を実施するにあたり、信頼性の高い予測とするため、一般家庭における風呂や台所、トイレなどの用途毎の水の利用実態を把握するための調査しています。
 調査方法としては、各蛇口に測定機器を設置して、用途毎の使用水量を計測しています。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>現状、蛇口には水量メーターが設置されていないため、調査時にメーター等の計測機器の設置が必要となり、労力がかかっています。また、計測したデータの精度が高くないため、各蛇口の使用水量を算出する際に、多くのデータ処理が必要となり、多くの時間や労力を要すること等が課題となっています。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>設置作業の簡素化、データの補正作業等（令和4年度に一般家庭水利用実態調査等業務委託内で実施）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>機器設置業務　3人/日（設置に掛かる時間　２時間/１件）
 データ補正作業　５時間/１件
 （参考）令和4年度業務委託契約金額：約2000万円（機器の設置箇所：約100件、その他モニター募集等含む）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>水管橋等の露出管は主に鋼管を使用していますが、ダクタイル鋳鉄製やステンレス製等、複数の管種が存在しています。防食処理の方法についても、塗装の塗替えや防食テープによる補修などがありますが、補修する材料は複数の種類があります。
 現在は、目視による点検結果に基づき、管の腐食状況や劣化状況を判断していますが、防食テープ下の管の状況や、管内面の劣化状況の確認は目視で判断することは困難なため、管の補修時期や更新時期を判断する上で、課題となっています。</t>
     <phoneticPr fontId="1"/>
@@ -9925,1020 +7300,3381 @@
   </si>
   <si>
     <t>水管橋定期点検時、防食・更新計画を策定するために行う詳細な劣化状況確認</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>定期点検：７事務所について、それぞれ担当職員３名が年間延べ20日程度（目視のみ）
 市内水管橋件数：787橋
 点検頻度：１回/年　</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>横浜市水道局では、配水池（鉄筋コンクリート造）の維持管理の一環として、配水池の清掃等で水を抜くタイミングに合わせ、配水池内部の定期点検を実施しています。定期点検では、配水池内部の壁面及び柱等の劣化状況を目視確認しており、この結果を余寿命の予測や維持管理手法の検討に活用する取組を行っています。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>人による目視調査では、人的誤差により客観性に課題があるほか、膨大な人数・時間を要します。自動検出技術や画像診断技術等を用いることで人的誤差を減らし、配水池の劣化状況をより客観的に捉えることができるほか、機械的な処理により人員・時間の縮減につながります。さらに、データを蓄積し精度を向上させることで、より正確な余寿命の予測や適切な維持管理手法の検討へと活用できます。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>鉄筋コンクリートの劣化状態を自動検出・診断し、さらに今後の劣化について予測する技術
 想定される技術：ひび割れや剥落・損傷の自動検出技術、コンクリートの自動診断技術、劣化予測技術　など</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>例年、地下埋設物の毀損事故は多く、令和５年度は事故発生件数38件のうち地下埋設物の毀損事故が21件発生しており、依然として多くの割合を占めています。
-[...4 lines deleted...]
-  <si>
     <t>地下に埋設されているもの（他企業管を含む）の情報が一括して確認でき、掘削する重機に埋設物の情報が反映され、更に、想定外の埋設物についても重機が逐次感知することで、毀損を回避することができるシステムがあれば、確実に埋設物の毀損事故を減らすことができます。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>事業者が行っている刃先監視員の設置や人力掘削作業</t>
-    <phoneticPr fontId="1"/>
-[...4 lines deleted...]
-件数：※148件　※：令和５年度実績</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>工事検査における出来形確認等のシステム化</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>工事検査は発注時期の平準化により分散傾向にはありますが、現場条件への対応や、道路規制の影響もあり、現在も3月末に集中しています。
 検査における時間割合は現場検査30％、書類検査70％程度になりますので繁忙期には検査に対応する職員及び検査を受ける施工者にとっても負担となります。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>出来形・品質検査に必要な情報をデータ化し、書類とともに確認できれば、検査における業務時間を大幅に削減できます。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ＩＣＴにより、職場にいながら、出来ばえの確認が行える。
 ・水道工事におけるＩＣＴ建機等を用いた土量管理、施工量、使用材料、搬出量等を自動でデータ化し、出来形・品質のばらつき、出来形数量確認の効率化を行えるシステムの開発など
 ・フォルダ内の画像データからキーワードを用いて画像検索を可能とし、閲覧の時間削減ができる技術。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>検査員が現地で行う出来栄えの確認、書類検査における確認作業・照合作業</t>
-    <phoneticPr fontId="1"/>
-[...3 lines deleted...]
-※231件（500万円以上の土木工事）　　※：令和５年度実績検査業務１件当りにかかる業務量： 2（日/人）×１（人）=２（日）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>水道局では、発注する工事で労働災害や公衆災害が起きないよう安全管理に努めています。
 具体的には、局職員が定期的に工事現場の安全パトロールを行い、危険個所への対策状況を確認しているほか、安全意識の向上にむけ、工事安全研修等を通じて、安全パトロールの指摘内容や重大事故の事例等を、職員及び工事事業者間で共有しています。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>安全パトロールや工事安全研修の実施により、事故発生件数は年々減少傾向にあるものの、依然としてヒューマンエラーに起因した事故が発生しています。中には、一歩間違えれば人命にも関わる事故が発生しており、このような工事事故を防止していくことは、水道工事を発注する水道事業者として非常に重要な責務と言えます。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>現場の画像データから、危険個所の検出や危険行動を取る恐れのある作業者等を検知し指摘する技術
 現場の画像データや作業内容から想定される危険を指摘してくれる技術
 動いている重機の付近に人がいることを重機の操作者に知らせる技術
 その他工事安全に係る技術</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>工事安全パトロール
 事故発生に伴う対応業務</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>年間工事件数：※231件（500万円以上の土木工事）
-[...6 lines deleted...]
-</t>
+    <t>管路工事進捗一元管理システム</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>エクセルでの管理に代わる、個別工事の進捗管理と複数工事の横断管理が円滑に行えるシステム
 ・個別工事の進捗管理、複数工事の横断管理がひとつのシステム上で可能
 ・属人化せず、誰でも直感的に操作可能
 ・システムを見れば一目で状況がわかる、情報共有が容易
 ・工事の変更、消去、組み換え等が可能
 ・関連工事の紐づけが可能
 ・進捗管理できる要素が容易に追加可能（スケジュール、金額、延長等）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t xml:space="preserve">エクセルを用いた個別工事、複数工事進捗管理業務
+</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>複数の通信方式に対応した一体型スマートメーター</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>分離型で主流のスター方式（LTE-MやNB-IoTなど）に加え、マルチホップ方式（Wi-SUNなど）に対応した一体型又はアタッチメント型スマートメーター。ただし、両通信方式への対応が同一製品で実現困難な場合は、通信方式ごとに別製品とすることも可能とします。
+また、上記の条件を満たした上で、従来の分離型と比較して低価格化が見込めるもの。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ＡＩを活用した次世代型コールセンターの整備と広域化</t>
+  </si>
+  <si>
+    <t>ＡＩ活用による次世代型コールセンター共同設置運営・バックアップ体制の構築。
+突発的な断水や災害時など、お客さまに対して速やかに断水や応急給水の情報発信が必要となった際に、当該地域のコールセンターでのオペレーター対応だけでなく、ＡＩを活用したコールセンター業務の広域化を図ることで、相互バックアップを可能とする仕組み。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東1
+福岡3</t>
+    <rPh sb="0" eb="1">
+      <t>ヒガシ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>フクオカ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水道スマートメーターの導入は、その効果として水道使用量の見える化などのお客さまの利便性向上、遠隔検針など水道事業運営の効率化、さらには、データ利活用によりエネルギー効率化や環境負荷低減などSDGsの達成やスマートシティの実現にも寄与することが期待されます。
+将来の市内全域への導入拡大をめざし、市域の一部エリアへの先行導入や、産学官連携による実証実験の実施により、導入に向けた課題と効果の整理を行っています。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>静4</t>
+    <rPh sb="0" eb="1">
+      <t>シズ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">・残留塩素濃度が一定値以下（例：0.20mg/㍑）になると自動でドレンが作動する小型で、排水量の記録も行える装置（口径25㎜（φ40㎜）メータ－ボックス内に収納できる装置が望ましい）
+・ 省電力かつ電源の確保が容易であり、また、安価で、装置全体の維持管理費が掛からない装置
+</t>
+    <rPh sb="1" eb="3">
+      <t>ザンリュウ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>エンソ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ノウド</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>イッテイ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>チ</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>イカ</t>
+    </rPh>
+    <rPh sb="14" eb="15">
+      <t>レイ</t>
+    </rPh>
+    <rPh sb="29" eb="31">
+      <t>ジドウ</t>
+    </rPh>
+    <rPh sb="36" eb="38">
+      <t>サドウ</t>
+    </rPh>
+    <rPh sb="40" eb="42">
+      <t>コガタ</t>
+    </rPh>
+    <rPh sb="44" eb="46">
+      <t>ハイスイ</t>
+    </rPh>
+    <rPh sb="46" eb="47">
+      <t>リョウ</t>
+    </rPh>
+    <rPh sb="48" eb="50">
+      <t>キロク</t>
+    </rPh>
+    <rPh sb="51" eb="52">
+      <t>オコナ</t>
+    </rPh>
+    <rPh sb="54" eb="56">
+      <t>ソウチ</t>
+    </rPh>
+    <rPh sb="57" eb="59">
+      <t>コウケイ</t>
+    </rPh>
+    <rPh sb="76" eb="77">
+      <t>ナイ</t>
+    </rPh>
+    <rPh sb="78" eb="80">
+      <t>シュウノウ</t>
+    </rPh>
+    <rPh sb="83" eb="85">
+      <t>ソウチ</t>
+    </rPh>
+    <rPh sb="86" eb="87">
+      <t>ノゾ</t>
+    </rPh>
+    <rPh sb="114" eb="116">
+      <t>アンカ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>バックオフィスへのＡＩ利活用による業務効率化</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(例) ・人材マネジメントのための職員データの自動収集・見える化・分析、適材適所となる職員の配置素案の自動作成、退職者や問題行動をする職員等に関する予兆行動の分析
+・収支予測、各項目の予算額素案の自動作成
+・法的な課題や紛争が生じた際、過去データ等を踏まえた論点・争点
+・解決の方向性を整理した資料案の自動作成　
+</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>行政手続きに係る申請書類のチェックの自動化</t>
+  </si>
+  <si>
+    <t xml:space="preserve">行政申請手続きは、紙媒体により申請された書類を申請受付者が確認しており、添付資料の不足や誤記等の不備の洗い出しに多くの時間を取られ、職員の多大な労力が発生している。
+</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>工事発注に係る設計書の作成にあたっては、設計コンサルタントからの成果品（設計図面や数量計算書）の提出時に、数量計算書で工事に必要な材料及び数量が設計図面から正確に抽出されているかを確認している。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>浄・配水場等の保安警備の高度化</t>
+  </si>
+  <si>
+    <t xml:space="preserve">本市では、水道の使用中止受付後、長期間使用されない場合には、受注業者が現地に赴き、閉栓を実施しています。また、未納者に対して給水停止を行う場合には、受注業者が現地において閉栓キャップを取付け停水を行い、入金が確認できた場合には再度現地にて開栓の作業を行っています。なお、水道の使用中止受付後の一定期間については、次に使用開始があった際の効率性を考え、物理的な閉栓を行っていませんが、その水栓については定例検針を実施し、現地で不明水の有無を確認しています。
+</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">現在、水道の開栓・閉栓、給水停止は受注業者が担っており、人的コスト・移動や作業に時間を要している。水道スマートメーターの導入に向けて検討を進めており、自動開閉機能の付いた水道スマートメーターの開発により、遠隔による開閉作業ができないかと考えている。
+</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水道施設の適切な維持管理においては、漏水を早期に発見し修理することで、事故を未然に防ぐ取組みを進めていますが、それでも多くの漏水は、一般の方からの通報により対応しているのが実情です。河川の水質事故では、ほとんどが関係機関からの通報となっています。
+一方で、スマートフォンの普及により、漏水事故や水質汚染を疑わせるような写真が、驚くほどのスピードでSNSに投稿され、拡散していきます。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>漏水事故や水質汚染の情報がすぐに入手できれば、通報システムよりも迅速に被害箇所等を把握することができます。
+現在、一般からの通報を受けるシステムが開発されていますが、事前にアプリを登録するなどの準備が必要で、情報提供者には限りがあるため、これと併用して、SNSのサイトを巡回し必要な情報の収集と併せ、行政ネットワークとの連携が可能なシステムが望まれます。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>①
+⑧</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ＶＲ等を活用した工事作業における事故体験
+ＶＲ等を活用した道路上作業における事故体験
+ＶＲ等を活用した設備点検における事故体験</t>
+    <rPh sb="2" eb="3">
+      <t>ナド</t>
+    </rPh>
+    <rPh sb="23" eb="24">
+      <t>ナド</t>
+    </rPh>
+    <rPh sb="45" eb="46">
+      <t>ナド</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>⑩
+⑭</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>スマートメーターの安定的な通信</t>
+    <rPh sb="9" eb="12">
+      <t>アンテイテキ</t>
+    </rPh>
+    <rPh sb="13" eb="15">
+      <t>ツウシン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>当庁では、水道事業の経営環境が厳しさを増す中で、業務効率化や最適化を目的に、スマートメーターの
+導入を検討しております。
+スマートメーターを導入することで、検針業務の効率化が図られるだけでなく、得られたビッグデータを水道事業に活用することや、お客さまサービスの向上等が期待されています。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>スター方式やマルチホップ方式等複数の通信方式があるなか、マルチホップ方式は市街地や集合住宅等のスマートメーターが密集した地域には有用ですが、丘陵地や山間部など戸建て住宅間の距離が離れている地域についてはマルチホップが作用せず、安定的な通信への課題があります。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>丘陵地や山間部など戸建て住宅間の距離が離れている地域へのマルチホップ方式に対応したスマートメーター、又は中継器の開発。
+当庁の給水区域は市街地から丘陵地や山間部と幅広いことから、フィールドを提供した実証実験も可能です。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>・管内水管橋数1,278橋
+・点検の頻度
+　基幹管路：２年に１回　（184橋）
+　上記以外：５年に１回　（1,094橋）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>広4</t>
+    <rPh sb="0" eb="1">
+      <t>ヒロ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ＡＩを活用した管路更新計画策定</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>管路更新事業の予算課で、管路材料や管路劣化状況等を勘案して、4年間毎の中期経営計画において管路更新計画を策定している。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>広島市は地形的な特徴から液状化の可能性が高い地域や山間部を有しており、同時期に布設された管路においても劣化状況が異なる上、人口集中地域や重要給水施設の有無によって管路の更新優先順位が異なることから、更新計画の策定には多大な時間と労力を要している。また、熟練の技術者による経験や知見をもって策定していることから、その計画には個人差が生じる上、熟練技術者の大量退職が控えている現状において、若年層への技術継承が課題となっている。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>管路劣化状況、耐震化状況、重要給水施設の有無、事故時の社会的影響、年間予算、工事単位等の種々の条件を勘案して、自動的に更新すべき管路の優先順位を提案する技術</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>①管路更新計画の立案
+②予算担当課と取りまとめ課による調整</t>
+    <rPh sb="18" eb="19">
+      <t>ト</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>更新目標延長：110km/4年間</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>名古屋市上下水道局では、お客さま受付センターが水道の使用開始や使用中止の申し込み、料金等の各種問い合わせへの対応など、局の総合窓口としての役割を担っています。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>業務の複雑化、高度化にオペレータの質を合わせていくことに苦労しています。また、昨今の雇用情勢から、オペレータを確保することも困難になっています。お客さまのニーズの多様化、人口減少社会という情勢を鑑みるに、この傾向は今後も続いていくと思われます。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>経験豊富な人材の退職など、水道事業を担う技術者も減少しており、人材育成は事業運営上の重要な課題となっています。
+大規模工事の減少や委託業務の活用拡大に伴う経験機会の減少、施設・設備の劣化進行に伴う維持管理業務の重要化や、新技術への対応など、技術者に求められる知識も時代に合わせて変化していく中、将来に向けて効果的かつ効率的な研修実施方法を検討しています。また事故防止のための安全教育についても、研修効果を高めていきたいと考えています。
+こうした多様化する課題に対し、ＸＲ技術を用いた仮想的な体験を通して経験を積ませることにより、技術者研修の効果向上を図りたいと考えています。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>④
+⑦</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水管橋の劣化診断</t>
+    <rPh sb="0" eb="2">
+      <t>スイカン</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ハシ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>レッカ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>シンダン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>名古屋市上下水道局では水管橋の定期的な点検を外観から目視（漏水の有無、鋼部材の腐食・破損状況、塗装・防食材の状態など）により行っています。この点検結果より詳細な調査が必要と判断された場合は、仮設足場等を設置した上で、測定機器を用いた詳細調査を行うこととしていますが、これには多くの費用や期間を要します。</t>
+    <rPh sb="52" eb="53">
+      <t>ザイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>外観からの目視のみでは、管内面の状態や防食材に覆われた管外面の状態を把握することができません。
+点検結果から劣化診断を行っていますが、判定に際して人的誤差が生じます。また、補修等の対策が必要な時期（劣化予測）を正確に判断することが困難です。</t>
+    <rPh sb="21" eb="22">
+      <t>ザイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>電磁波や赤外線などにより、外観から管内面の状態や防食材に覆われた管外面の状態（管厚、腐食部など）を把握できる技術
+AIの画像処理などにより、異常判定・劣化診断・劣化予測を行う技術</t>
+    <rPh sb="26" eb="27">
+      <t>ザイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水管橋の効率的な維持管理や計画的な更新につながります。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>現場における機器・設備の突然の故障や、不具合を防ぐために重要なのが「保守点検」です。
+水道施設の保守点検を含む運転管理業務は、民間企業へ業務委託していますが、慢性的な人手不足や技術力の低下が課題となっています。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>点検を要する水道施設は約６０箇所あり、曜日毎に設定したコースを週１回（浄水施設、主要ポンプ所などは週２回）、２名体制で点検を行っています。
+日常点検の重要性は高いものの、故障などが発見された場合はそれらを優先させるため、日常点検業務に負担が掛かってしまう状況が見られます。
+技術者の能力スキルによる点検品質のばらつきなどが生じており、客観性に課題もあります。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>日常点検の省力化、効率化
+点検品質の向上、均一化(定量的な劣化状況把握)
+事故の未然防止、作業員の安全性向上</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ロボットを活用した設備監視の自動化</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水道施設の保守点検を含む運転管理業務は、民間企業へ業務委託していますが、慢性的な人手不足や技術力の低下が課題となっています。
+進行する施設の老朽化や自然災害による水道施設への被害など、頻繁に発生するトラブルに対し、対応が追い付かなくなる状況も懸念されます。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>近年、全国各地で線状降水帯など発生し、大雨による水質変化（濁度、色度の急激な上昇）や落雷による停電、機器の故障など、不測かつ突発的に起きている状況にあり、それが集中的に発生すると現状の人員体制では対応が追い付かず、後手にならざるを得ない状況にあります。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>人による巡視点検業務をロボットに置き換え、異常が発生した際には、現場に人が駆けつけることなく常駐するロボットが原因を調査又は応急措置を行う技術
+自律移動が可能なロボットであらかじめ設定されたとおりに自動点検を行い、画像データや各種センサーからの情報を解析し、異常を検知して通知する技術</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>日常点検の省力化、効率化
+点検品質の向上、均一化（定量的な劣化状況把握）
+事故の未然防止、作業員の安全性向上
+感染症拡大など、有事時における保安作業の維持</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>広2
+浜3</t>
+    <rPh sb="0" eb="1">
+      <t>ヒロ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>ハマ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ＩＣタグを利用した管理システム</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水道施設の保守点検を含む運転管理業務は、民間企業へ業務委託していますが、慢性的な人手不足や技術力の低下が課題となっています。
+進行する施設の老朽化や自然災害による水道施設への被害など、頻繁に発生するトラブルに対し、対応が追い付かなくなる状況も懸念される中、限られた予算でいかに効率的、効果的に維持管理を行うかが重要となります。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>故障など事象が起きてから、完成図書や製品に関する各種資料、過去の履歴などを調べ始めるため、初動が遅くなります。
+予備部品や廃止施設からの回収品などをストックしていますが、十分な整理ができていないため、探すのに時間がかかります。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>主要な機器にＩＣタグを貼り付け、製品情報や修繕履歴等を記録することで、各施設における多種多様な機器の保存情報を瞬時に照合し、検索などの手間を軽減することで作業効率の向上と省力化を図る。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>日常点検の省力化、効率化
+緊急対応の迅速化</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>さ5</t>
+  </si>
+  <si>
+    <t>さ4</t>
+  </si>
+  <si>
+    <t>さ3</t>
+  </si>
+  <si>
+    <t>さ2</t>
+  </si>
+  <si>
+    <t>さ1</t>
+  </si>
+  <si>
+    <t>開栓・閉栓を行うためには、現地で作業を行わなければなりませんが、遠隔操作で行うことができれば職員の作業を削減できます。
+また、使用量の計測、集計を行うことができれば使用状況の把握ができます。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>開栓・閉栓の現地作業</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水道法では、水道水の毎日検査の色、濁り、消毒の残留効果の検査が義務付けられています。それらの検査は自動水質監視装置（以下、監視装置という）や目視検査により実施されています。
+本市は、配水系統ごと末端に設置した監視装置により色度、濁度、残留塩素濃度を測定し、監視装置を設置環境が整っていない山間部においては色、濁りを目視で、残留塩素濃度を残留塩素測定器を用いて目視で検査しています。
+厚生労働省告示どおりに色度、濁度、残留塩素濃度の連続測定を行う監視装置は、導入に費用がかかるうえ、測定精度の確保のために保守点検も必要になります。そのため、監視装置の導入及び保守点検の費用対効果を考えると山間部への監視装置の導入が進まない状況です。そこで、監視装置による測定ではなく、色度、濁度が基準値未満であること、残留塩素濃度が基準値以上であることをの判別できる安価で簡易な装置に着目しています。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>色度、濁度が基準値未満であること、残留塩素濃度が基準値以上であることを自動（1日1回以上）で判別でき、検査結果を遠隔操作で集約できれば、確実な毎日検査が実施できます。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>毎日検査</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>地区管理補助者による検査箇所　９箇所（１回／日）</t>
+    <rPh sb="0" eb="2">
+      <t>チク</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>カンリ</t>
+    </rPh>
+    <rPh sb="4" eb="7">
+      <t>ホジョシャ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>ケンサ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>カショ</t>
+    </rPh>
+    <rPh sb="16" eb="18">
+      <t>カショ</t>
+    </rPh>
+    <rPh sb="20" eb="21">
+      <t>カイ</t>
+    </rPh>
+    <rPh sb="22" eb="23">
+      <t>ニチ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>検針業務の効率化のためにスマートメーターの導入を検討していますが、水道事業全体の事業費を抑えた形で導入することが困難なコストがかかる機器となっています。付加価値の工夫により費用対効果を生み出す取組がありますが、代替できる手法がある場合が多く、導入が経営リスクとなりかねない点を懸念しています。水道事業の業務効率化に寄与し、導入コストを抑えたスマートメーターの採用について検討が必要だと考えています。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>大口径管路の更新を行うに当たり、施工条件により、開削、非開削を選定しています。開削工法の適用については、掘削幅や重機の配置から作業帯の幅を決定し、道路幅員と比較することで施工の可否を判定しています。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>設計段階で開削が可能と判断した場合でも、実際に現地に重機を配置すると作業に支障がでることや、想定より広い作業帯幅が必要となり、片側交互通行が困難な場合があります。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水道管口径，制御所能力の適正化や管末放水量の抑制等による効率的な水運用を行う必要がある。
+また，水道管路の維持管理では漏水の早期発見，早期修繕に取り組んでいる。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>・水道管路の流量や流方向を確実に把握し，的確な配水コントロールを行うことで効率的な水運用に取り組みたい。
+・有収率が低下しており，有収率向上に向けて配水量と漏水量を正確に把握し，効率的・効果的に漏水箇所の特定を行いたい。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　配水ブロックを設定し，そのエリアの流量・流方向・水圧等を新設の仕切弁ではなく，既存の仕切弁等を活用して遠隔で監視するシステム</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>埋設管の詳細位置の把握</t>
+    <rPh sb="0" eb="2">
+      <t>マイセツ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>ショウサイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水道管工事やその他占用者工事の際に，管路の詳細位置を掘削せずに正確に把握することが難しい。</t>
+    <rPh sb="0" eb="3">
+      <t>スイドウカン</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>コウジ</t>
+    </rPh>
+    <rPh sb="8" eb="9">
+      <t>ホカ</t>
+    </rPh>
+    <rPh sb="9" eb="12">
+      <t>センヨウシャ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>コウジ</t>
+    </rPh>
+    <rPh sb="15" eb="16">
+      <t>サイ</t>
+    </rPh>
+    <rPh sb="21" eb="23">
+      <t>ショウサイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>埋設位置が不明なことにより，無駄な掘削作業が発生することがある。また，工事の際に埋設位置が不明確なため事故の原因になっている。</t>
+    <rPh sb="0" eb="4">
+      <t>マイセツイチ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>フメイ</t>
+    </rPh>
+    <rPh sb="35" eb="37">
+      <t>コウジ</t>
+    </rPh>
+    <rPh sb="38" eb="39">
+      <t>サイ</t>
+    </rPh>
+    <rPh sb="40" eb="44">
+      <t>マイセツイチ</t>
+    </rPh>
+    <rPh sb="45" eb="48">
+      <t>フメイカク</t>
+    </rPh>
+    <rPh sb="51" eb="53">
+      <t>ジコ</t>
+    </rPh>
+    <rPh sb="54" eb="56">
+      <t>ゲンイン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>管路延長：約3200km</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>①料金収入予測業務において，過去の収入増減実績や，今後の人口減少等を考慮した予測を作成している。人口減少などに伴い水需要の減少が見込まれることから，需要予測に基づく効率的な水運用体制を確立する必要がある。
+②毎月の料金収入の増減理由を分析している。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>①水需要や料金収入の予測にあたっては，猛暑や寒波等の気象要因のほか，新型コロナウイルス感染症などの特殊要因の影響による増減があり，予測が難しい面がある。また，予測に基づく効率的な水運用体制を確立することで運用コスト低減を図りたい。
+②毎月，口径別（一般家庭・大口使用者）の収入分析や大口使用者の増減を分析しているが，増減理由を特定する事務量が膨大である。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>①人口予測や過去の気象要因，大規模開発，過去の料金収入実績等を入力し，ＩＣＴを活用し自動的に今後の水需要や料金収入を予測する技術
+②口径別の収入状況等を入力し，増減理由を迅速に特定する技術</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>①作業頻度：２回／年，作業時間：約２０時間／回
+②作業頻度：１回／月，作業時間：約１０時間／回</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>自動回転機器によるバルブ操作作業</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　既設バルブの開閉作業を行う際，敷設年が経過した既設バルブは錆の影響により，固着して操作作業に複数人を要す場合があり，中には開閉が困難となる場合もある。大口径になるにつれて，弁の回転数も多く，開閉作業に体力と時間を要す。また，熟練の職員の感覚による細かい作業が要求されることもある。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　仕切弁や制水弁等のバルブ操作が困難となる場合があるので，バルブ操作において，人力の代わりに自動で力をコントロールし，持ち運びが可能なバルブ操作機器が求められる。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>漏水修繕時における迅速な弁類の開閉作業
+排水作業等における迅速な弁類の開閉作業
+技術継承</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>通年で使用</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水道管通水時における管内部の可視化</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>新しい管を布設した際に行う仕切弁の操作による通水作業は，仕切弁の開度や口径，仕切弁の状況，既設管の布設年度によっても大きく変わり，これらの作業を行うには多くの経験を積まなければならない。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>仕切弁操作後，口径が大きい場合は管内充水されるまで時間がかかる。
+また，一気に仕切弁を開けてしまうと濁り水や空気が発生し，水を綺麗な状態に戻るまで時間がかかる。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>管内の水の状況を確認できる小型のカメラ，センサーなど</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>通水作業時間の短縮
+濁り水等の発生の抑制</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>通水回数：約 ３６回／年
+一回にかかる時間：約 3～6時間</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>積算における検算補助ツール</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>工事の発注にあたり積算を行い設計書を作成している。
+忙しい時期には月に2,3本の設計書を作成する必要があるので，経験が浅い職員や若手職員と熟練職員との理解に差があり事務処理ミスが発生する可能性がある。</t>
+    <rPh sb="56" eb="58">
+      <t>ケイケン</t>
+    </rPh>
+    <rPh sb="64" eb="66">
+      <t>ワカテ</t>
+    </rPh>
+    <rPh sb="66" eb="68">
+      <t>ショクイン</t>
+    </rPh>
+    <rPh sb="69" eb="73">
+      <t>ジュクレンショクイン</t>
+    </rPh>
+    <rPh sb="75" eb="77">
+      <t>リカイ</t>
+    </rPh>
+    <rPh sb="78" eb="79">
+      <t>サ</t>
+    </rPh>
+    <rPh sb="82" eb="86">
+      <t>ジムショリ</t>
+    </rPh>
+    <rPh sb="89" eb="91">
+      <t>ハッセイ</t>
+    </rPh>
+    <rPh sb="93" eb="96">
+      <t>カノウセイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>積算を行う人によって熟練度や理解度に差があるため，設計違算が発生してしまうことがある。
+AIによって設計違算が発生しやすいポイントをあらかじめ注意喚起することで，違算の発生を抑制することができるようになる。</t>
+  </si>
+  <si>
+    <t>過去の違算データを分析し，積算時にミスが発生しやすい場所の注意喚起や警告を行ってくれる技術</t>
+  </si>
+  <si>
+    <t>年間発注件数　120件</t>
+    <rPh sb="0" eb="6">
+      <t>ネンカンハッチュウケンスウ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>ケン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>⑬
+⑭</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>埋設された中大口径管路における高精度の健全度調査</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>導水や送水のための埋設された中大口径管路は、高度経済成長期に鋼管で整備しているものが多いことから、耐震性は確保されているものの、老朽化が進行しています。
+現在、中大口径管路については布設年度や管種、口径、土質状況等を基に健全度を予測していますが、より精度の高い健全度を把握するためには、掘削や断水を実施し、内外面からの劣化診断を行うなど、実施の管体状況を細かく調査する必要があります。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>中大口径管路の健全度調査には内外面劣化診断が重要ですが、掘削には多くの費用がかかるとともに、断水にも大規模な水運用の変更のための時間と労力が不可欠です。掘削や断水をすることなく、精度の高い内外面劣化診断ができれば、多くの管路を同時に調査できるなど、調査期間や作業量の大幅な削減につながります。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>掘削や断水をすることなく管路の健全度が高精度で把握できる技術
+［想定される技術］
+　・水が流れる中でのロボットによる内面劣化診断
+　・掘削せずにレーダーなどによる外面劣化診断　など</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>劣化の進行状況を踏まえた健全度調査業務
+（断水による目視調査、打音調査、掘削による管体調査など）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>断水を伴う内面劣化診断等による健全度調査
+　想定する鋼管の延長：導水管（約50㎞）
+　　　　　　　　　　　送水管・配水本管（約150㎞）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>川2</t>
+    <rPh sb="0" eb="1">
+      <t>カワ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>配水ブロック流量の把握</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>川崎市では、２万人～４万人を１つの単位とする中配水ブロックが４０ブロックあります。各ブロックの注入点における流量が把握できておらず、配水管の更新計画や水圧管理、漏水防止対策をより効果的にできるように正確な流量の常時監視技術が求められます。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>各中配水ブロックの注入点（φ200～350）は、２箇所～５箇所で中配水４０ブロックの注入点は、合計１００箇所を超えます。現在、各注入点に流量計は設置されておらず、管網解析の算定流量からブロックの水圧を把握し、配水管更新時の口径選定を実施しています。今後、中大口径管路（400㎜以上の送・配水管）が一気に更新時期を迎えるため、適正な口径選定や更新時の水運用計画策定などのために正確な流量の把握が必要となっています。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>①200㎜～350㎜の流量計が不断水で設置可能であること
+②流量の常時監視ができて、データ収集やイレギュラー
+ アラーム機能（漏水検知など）があること
+③メンテナンスが容易なこと
+④震災時にも通信が可能なこと</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>中大口径管路更新に関する各種委託の簡略化
+漏水事故や災害時の初動調査</t>
+    <rPh sb="4" eb="6">
+      <t>カンロ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　　　　　　　　　</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>川3</t>
+    <rPh sb="0" eb="1">
+      <t>カワ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>残留塩素濃度の変化を予測するシステム</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>本市では水温の変動や塩素消費量等のデータを基に、残留塩素濃度の設定を年間１３期間に細分化しています。水質自動測定装置により給水区域の水質状況を常時監視し、残留塩素濃度が高め（又は低め）に推移している場合は、浄水場配水池出口の残留塩素濃度を設定値よりも適宜低減化（又は強化）して対応しています。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水源での降雨による原水濁度の上昇や浄水場での粉末活性炭の注入開始等により、浄水処理後の水道水質の変化とともに、配水過程での塩素消費量も変化します。浄水場での塩素注入率の調整には、水質データ（有機物質の指標項目等）を参考にしますが、想定よりも塩素消費量が大きく変化することもあり、対応に苦慮しています。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水源の水質、浄水場の原水・配水の水質、浄水場での塩素注入率、残留塩素濃度、天候、水温、配水量等のデータを元に、ＡＩが水道水の残留塩素濃度を予測する技術</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>残留塩素濃度の管理業務（残留塩素濃度の設定、残塩消費量の監視、変動の予測等）</t>
+    <rPh sb="28" eb="30">
+      <t>カンシ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>川4</t>
+    <rPh sb="0" eb="1">
+      <t>カワ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>浄水場における臭気の自動監視</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>本市は相模湖を水源としており、近年は夏季の藍藻類によるかび臭以外にも、珪藻類等による臭気異常のリスクが高まる事象が増えており、対応に苦慮しています。浄水場では臭気異常が起きないよう、職員が分析装置による臭気物質の測定、生物試験、臭気官能試験等を行っています。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>土日祝日など浄水場職員の不在時に、原水中の生物が短時間で急激に増加すると、臭気への対応が遅れてしまう場合があります。また、臭気官能試験については、嗅覚は個人差が大きく、体調の変化にも左右されやすいため、僅かな臭気を検知できない場合があります。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>原水及び浄水の臭気をセンサーで常時監視し、ＡＩが様々な臭気異常の判別をサポートする技術</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>浄水場における臭気監視業務</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>浄水場職員が日常及び臨時で実施</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ドローン等を活用した屋内設備の自動点検</t>
+    <rPh sb="4" eb="5">
+      <t>トウ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>カツヨウ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>オクナイ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>セツビ</t>
+    </rPh>
+    <rPh sb="15" eb="17">
+      <t>ジドウ</t>
+    </rPh>
+    <rPh sb="17" eb="19">
+      <t>テンケン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>川崎市は東西に長い地形のため、水道設備の点検には多くの時間と労力がかかっています。
+また、目視点検では担当者による判断のばらつきが生じやすく、点検精度に課題があります。
+さらに、災害時には限られた人員で複数の設備を確認する必要があり、迅速な対応が困難です。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">川崎市では、遠方の水道施設（配水池・配水塔・ポンプ所）の点検に多くの時間と労力がかかっており、車両移動による燃料消費や事故リスクも課題となっています。
+ドローンやロボット等を活用することで、無人での常時監視が可能となり、画像データによる点検精度の向上が期待されます。
+また、点検業務に従事していた職員を人手不足の現場へ配置転換することで、人的資源の有効活用にもつながります。
+さらに、地震などの災害時には、複数の設備を限られた人員で確認しなければならず、迅速な対応が困難となる恐れがあります。
+</t>
+    <rPh sb="85" eb="86">
+      <t>トウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>・ドローンやロボット等の技術を活用することにより、各施設・設備の画像や動画を撮影し、遠隔でデータを転送することが可能になる。
+・AIによる劣化診断技術を用いて、取得した映像データを過去の記録や蓄積データと比較・解析することで、設備の劣化状況を高精度に判断できる。
+・ドローンとAIによる点検技術は既に存在するが、暗所・狭所での飛行に制限があるため、技術的な改善が必要。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">・目視点検業務の自動化
+ドローンやロボット等に搭載されたカメラにより、設備の外観や動作状況を撮影・記録することで、従来の目視点検を代替。高所や狭所など、作業が困難な場所でも安全かつ確実な点検が可能になります。
+・異常検知業務の高度化
+取得した映像データをAIで解析し、過去のデータと比較することで、設備の劣化や異常を自動的に検出します。これにより、人による判断のばらつきを抑え、点検の精度向上が期待できます。
+さらに、巡視頻度を高めることで、設備の微細な変化にも早期に気づくことができ、故障の未然防止につながります。
+・記録・報告業務の効率化
+ドローンやロボット等が取得したデータを自動で保存・分類し、AIが点検結果をレポート化することで、職員の記録作業を大幅に削減できます。
+・危険作業の回避
+高温・高湿・暗所・狭所など、職員の安全確保が難しい環境での点検をドローンやロボット等が代行することで、事故やケガのリスクを低減します。
+・災害時の巡視点検
+災害時でも職員が危険な現場に赴く必要がなく、ドローンやロボット等が遠隔で異常や被害状況を即座に把握できるため、安全性と対応の迅速化が飛躍的に向上します。
+</t>
+    <rPh sb="417" eb="420">
+      <t>サイガイジ</t>
+    </rPh>
+    <rPh sb="421" eb="423">
+      <t>ジュンシ</t>
+    </rPh>
+    <rPh sb="423" eb="425">
+      <t>テンケン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ポンプ設備を有する無人施設：７か所
+巡視頻度：週１回
+点検頻度：月１回</t>
+    <rPh sb="16" eb="17">
+      <t>ショ</t>
+    </rPh>
+    <rPh sb="18" eb="20">
+      <t>ジュンシ</t>
+    </rPh>
+    <rPh sb="20" eb="22">
+      <t>ヒンド</t>
+    </rPh>
+    <rPh sb="23" eb="24">
+      <t>シュウ</t>
+    </rPh>
+    <rPh sb="25" eb="26">
+      <t>カイ</t>
+    </rPh>
+    <rPh sb="27" eb="29">
+      <t>テンケン</t>
+    </rPh>
+    <rPh sb="29" eb="31">
+      <t>ヒンド</t>
+    </rPh>
+    <rPh sb="32" eb="33">
+      <t>ツキ</t>
+    </rPh>
+    <rPh sb="34" eb="35">
+      <t>カイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ドローン等による浄水場屋外施設の自動巡視</t>
+    <rPh sb="4" eb="5">
+      <t>トウ</t>
+    </rPh>
+    <rPh sb="18" eb="20">
+      <t>ジュンシ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>現在、浄水場内の各施設や設備は、職員による目視での巡視点検が行われています。しかし、人の目による判断には個人差があり、見落としのリスクが懸念されます。
+また、屋外での作業が多いため、天候の変化や工事の有無などにより作業環境が大きく左右され、巡視自体が危険を伴う場合もあります。
+さらに、災害時には限られた人員で広範囲の設備を確認する必要があり、迅速な対応が難しいという課題もあります。</t>
+    <rPh sb="25" eb="27">
+      <t>ジュンシ</t>
+    </rPh>
+    <rPh sb="120" eb="122">
+      <t>ジュンシ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>将来的に職員の高齢化や人員減少が見込まれる中、浄水場などの施設における巡視業務を、ドローンやロボット等による自動巡視へ段階的に移行することを検討しています。
+この取り組みにより、以下の効果が期待されます：
+・施設・設備の異常の早期発見
+・職員の事故やケガのリスク回避
+・不法侵入者の検知・通報・警告の自動化
+・人的負担の軽減と業務の効率化
+・限られた人員を専門性の高い業務へ再配置し、人的資源を有効活用
+・災害時における設備異常の迅速な把握</t>
+    <rPh sb="35" eb="37">
+      <t>ジュンシ</t>
+    </rPh>
+    <rPh sb="56" eb="58">
+      <t>ジュンシ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>１．安定した移動制御技術
+屋外での運用においては、風雨などの気象条件に左右されない安定した移動が不可欠です。これを実現するために、気温・風速・降雨量などの環境情報をリアルタイムで取得・解析し、移動の可否を自動判断するセンサーシステムの導入が求められます。
+２．航空法対応の安全飛行技術
+ドローンが浄水場の敷地外へ逸脱することのないよう、航空法に準拠した安全対策が必要です。具体的には、以下のような技術が求められます。
+・帰還信号の電波を浄水場周囲に張り巡らせることで、飛行範囲を制限するシステム
+・ドローンを物理的に係留する装置（ワイヤー等）による飛行範囲の物理的制御
+・ジオフェンス（仮想的な飛行禁止区域）の設定と自動制御機能</t>
+    <rPh sb="6" eb="8">
+      <t>イドウ</t>
+    </rPh>
+    <rPh sb="45" eb="47">
+      <t>イドウ</t>
+    </rPh>
+    <rPh sb="96" eb="98">
+      <t>イドウ</t>
+    </rPh>
+    <rPh sb="312" eb="314">
+      <t>キノウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">・巡視点検業務の自動化
+場内の水道設備を定期的に巡視・点検する業務を、ドローンやロボット等による自動巡視と画像・動画データの取得により代替。AIによる解析を組み合わせることで、異常の早期発見と点検精度の向上が可能。
+・設備監視業務の代替
+場内の水道設備における異常検知、通報、警告などの監視業務を、ドローンやロボット等による定期的な巡視と連携したシステムにより自動化。職員の現場対応負担を軽減し、設備の安定稼働と安全性を高める。
+・環境状況の確認業務
+屋外施設における天候や作業環境の確認を、環境センサーと連携した制御システムにより遠隔で実施。危険な状況下での作業を回避し、職員の安全を確保。
+・記録・報告業務の効率化
+ドローンやロボット等が取得した映像・画像データを自動で保存・整理し、AIが分析結果を報告書形式で出力することで、職員の記録作業を大幅に削減。
+・災害時の対応強化
+災害発生時には、ドローンやロボット等による自動巡視により職員が危険な現場に赴くことなく場内の水道設備の点検や監視が可能となり、安全性と災害対応力の向上が期待される。
+</t>
+    <rPh sb="24" eb="26">
+      <t>ジュンシ</t>
+    </rPh>
+    <rPh sb="50" eb="52">
+      <t>ジュンシ</t>
+    </rPh>
+    <rPh sb="257" eb="259">
+      <t>セイギョ</t>
+    </rPh>
+    <rPh sb="414" eb="416">
+      <t>ジュンシ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>有人施設（２箇所）
+巡視頻度：毎日（２回）</t>
+    <rPh sb="0" eb="2">
+      <t>ユウジン</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>シセツ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>カショ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>ジュンシ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>ヒンド</t>
+    </rPh>
+    <rPh sb="15" eb="17">
+      <t>マイニチ</t>
+    </rPh>
+    <rPh sb="19" eb="20">
+      <t>カイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ポンプ設備の延命予測システム</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>現在、浄水場をはじめとする水道施設では、設備の老朽化が進行しており、更新時期を間近に迎えています。しかし、昨今の物価高騰の影響により、更新に必要な予算の確保が困難な状況が予想されています。
+特に水道の要であるポンプ設備については、現時点での見積額が従来の倍以上となっており、更新の可否そのものが大きな課題となっています。今後は、延命予測システムの導入や、修繕計画の見直し、更新時期の最適化など、財政状況に応じた柔軟な対応が求められます。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>現在の厳しい財政状況を踏まえると、高額な設備更新は非常に困難です。特に水道の要であるポンプ設備については、延命を前提とした運用が求められています。
+これまで川崎市では、水の安定供給を最優先とし、ポンプ設備の早期更新を計画・実施してきました。しかし、近年の物価高騰により、見積額が従来の倍以上となっている現状では、トータルコストを考慮した更新・修理の判断が必要です。
+現在は、固定資産の耐用年数に基づいて更新サイクルを設定していますが、今後は実態に即した見直しが不可欠です。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">１．ポンプ設備の延命予測技術
+設備の老朽化が進む中、更新が困難な状況に対応するため、IoTセンサーやAIを活用してポンプの運転状況や劣化傾向を常時監視・解析し、延命可能な期間や保守の最適タイミングを予測する技術が求められます。
+２．劣化診断・状態監視技術
+目視点検に代わる高精度な診断技術として、画像解析や振動・温度・電流などのデータを用いたAIによる劣化診断が必要です。これにより、設備の状態を客観的かつ継続的に把握することが可能になります。
+３．更新サイクル最適化支援技術
+従来の固定資産耐用年数に基づく更新計画ではなく、実際の使用状況や劣化度に応じた柔軟な更新サイクルを設計・支援する技術が求められます。これにより、限られた予算の中で最大限の設備寿命を確保できます。
+４．ドローンを活用した屋内ポンプ設備の自動点検との連携
+屋内ポンプ設備の自動点検にドローンを活用し、取得した映像データを延命予測技術と連携させることで、異常の兆候を早期に把握し、計画的な保全・修繕が可能となります。これにより、突発的な故障リスクの低減、ライフサイクルコストの最適化、設備の長寿命化が期待されます。
+</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>・点検・診断業務の自動化
+従来は職員が現地で目視や計測器を用いて行っていた点検作業を、IoTセンサーによる常時監視とAIによるデータ解析により自動化。異常兆候や劣化傾向を早期に検出可能。
+・更新時期の判断業務
+固定資産の耐用年数に基づく一律の更新判断から、設備ごとの実際の使用状況や劣化度に応じた寿命予測へと移行。これにより、更新の最適化と予算の有効活用が可能。
+・修繕計画の立案業務
+職員の経験や勘に頼っていた修繕時期の判断を、AIが提案する保守スケジュールに基づいて実施することで、計画的かつ効率的な修繕が可能となる。
+・記録・報告業務の効率化
+センサーやAIが収集・分析したデータを自動で記録・整理し、報告書形式で出力することで、職員の事務作業負担を軽減。
+・緊急対応業務の削減
+予兆検知により突発的な故障を未然に防ぐことで、緊急対応の頻度を減らし、人的・財政的負担を抑制。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ポンプ設備（６７台）</t>
+    <rPh sb="3" eb="5">
+      <t>セツビ</t>
+    </rPh>
+    <rPh sb="8" eb="9">
+      <t>ダイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>自動薬品注入システム</t>
+    <rPh sb="2" eb="4">
+      <t>ヤクヒン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">水質の安定を前提とした運用方針のもと、職員は蓄積されたデータや経験則を活用して、台風や有害物質の発生を予測し、必要な薬品を適切な量で準備しています。安定した運用が維持されていますが、このプロセスにフィードバック機能を備えた自動化技術を導入することで、薬品注入後の水質変化などの結果をリアルタイムで分析し、次の判断に反映させることが可能になります。これにより、判断の精度向上や属人性の排除、職員の負担軽減が期待されます。
+</t>
+    <rPh sb="127" eb="129">
+      <t>チュウニュウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>現在、水質の安定を維持するための運用方針に基づき、台風の接近や有害物質の流入といった外的要因に対して、職員が過去の蓄積データや長年の経験則を活用して事前に予測を行っています。その予測に基づき、必要な薬品を適切な種類・数量で準備することで、施設の運転に支障をきたすことなく対応できています。
+このような対応は、現場の知見と判断力に依存しており、現状では業務に問題は生じていません。しかし、これらの予測・準備作業をAIやデータ分析技術により自動化できれば、職員の負担軽減や業務の効率化が期待されます。特に、経験の継承が難しくなる将来に向けて、属人的な判断をシステム化することは、持続可能な運用体制の構築に寄与すると考えられます。
+さらに、フィードバック機能を備えた自動化システムを導入することで、薬品注入後の水質変化などの結果をリアルタイムで取得・分析し、その結果を次の判断や投入計画に反映させることが可能になります。これにより、単なる自動化にとどまらず、継続的に精度を高める運用が実現し、より高度で安定した水質管理が期待されます。</t>
+    <rPh sb="348" eb="350">
+      <t>チュウニュウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>１. 薬剤使用量の予測技術（AI・機械学習）
+過去の水質データや気象情報（台風・降雨量など）をもとに、必要な薬剤量を予測。
+経験則に頼らず、科学的根拠に基づいた運用が可能。
+２. 在庫管理・ロジスティクス技術
+薬剤の使用期限や在庫量をデジタル管理。
+他施設との融通や発注タイミングの最適化を支援。
+３．気象・災害予測連携技術
+気象庁などのデータと連携し、台風や豪雨の予測を事前に取得。水質悪化の可能性を事前に察知し、薬剤準備を最適化。
+４. 職員支援システム（意思決定支援）
+経験則をデータ化し、ベテラン職員のノウハウをAIに学習させる。
+若手職員でも適切な判断ができるよう支援。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1. 薬剤注入量の調整作業
+現状：職員が経験則に基づいて手動で調整。
+技術代替：水質センサー＋AIによる自動判断・自動注入制御。
+２. 薬剤の在庫管理・発注業務
+現状：手作業やExcel等による管理。
+技術代替：在庫管理システム（RFID・バーコード）＋自動発注支援。
+３. 水質汚濁時の対応判断
+現状：職員の経験と過去事例に基づく判断。
+技術代替：AIによる気象・水質データの解析と対応シナリオ提示。
+４. 職員教育・技術継承
+現状：OJTやマニュアルによる教育。
+技術代替：AIによる意思決定支援ツールやシミュレーション教材。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>浄水場　</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>現場力の維持とXR技術の活用</t>
+    <rPh sb="0" eb="2">
+      <t>ゲンバ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>チカラ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>イジ</t>
+    </rPh>
+    <rPh sb="9" eb="11">
+      <t>ギジュツ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>カツヨウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水道施設では、定期点検などの業務はマニュアル化されており、新人職員でも対応可能な体制が整っています。しかし、設備の突発的な不具合など予期できない事象には、マニュアルだけでは対応が難しく、ベテラン職員の経験に頼らざるを得ない状況です。
+その結果、技術継承の困難さや、作業中のヒューマンエラー、対応のばらつきが課題となっています。これらの問題に対し、XR技術を活用することで、ノウハウの継承、作業支援、技術訓練の効率化が期待されます。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水道施設の現場では、定期点検などの業務はマニュアル化されており、新人職員でも対応可能な体制が整っています。しかし、設備の故障や異常などの突発的な事象には、マニュアルだけでは対応が難しく、ベテラン職員の経験や判断に頼らざるを得ない状況です。
+この属人的な対応は、技術継承の困難さや、ヒューマンエラー、対応のばらつきといった課題を生んでいます。特に、ベテラン職員の退職や人員減少が進む中で、将来的なリスクが懸念されています。
+こうした課題に対し、XR（Extended Reality）技術の導入が有効です。ARによる作業手順のガイド表示や、VRによる異常対応の訓練などを通じて、ノウハウの継承、作業支援、技術訓練の効率化が期待されます。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>１．XR技術（AR／VR／MR）
+ベテラン職員の作業ノウハウを視覚的・体験的に継承。
+定期点検や突発対応の手順を仮想空間で再現・訓練。
+作業中にARグラスで手順や注意点を表示し、ヒューマンエラーを防止。
+２．遠隔支援システム
+現場作業中に熟練者が遠隔からAR映像を通じて指示・支援。人員不足時でも高品質な対応が可能。
+３．技術訓練用シミュレーションシステム
+実機を使わずに設備操作や異常対応を仮想空間で訓練。
+安全かつ低コストで若手職員の育成が可能。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>XRなどの技術を活用することで、定期点検、設備の突発対応、技術訓練、作業手順の確認、ベテラン職員のノウハウ継承などの業務を効率化・標準化できる。これにより、ヒューマンエラーの防止や人材育成の強化が期待される。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>全事業所</t>
+    <rPh sb="0" eb="1">
+      <t>ゼン</t>
+    </rPh>
+    <rPh sb="1" eb="4">
+      <t>ジギョウショ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>浄水処理障害原因生物検出システム</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　これまで季節ごとに異なる時期に発生していた生物に起因する浄水処理障害が、昨今の気候変動によって同時に複合的に発生することが増えており、浄水場では対応に苦慮している。原因生物の検出には専門的な知識を持つ職員が属人的に行っているが、計装装置により連続的に測定できれば、迅速検知することができ浄水処理障害リスクの低減化すると考えます。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　原水に含まれる生物を画像に取り込み、AIに学習させ、浄水障害原因生物となる珪藻・緑藻・藍藻類を分類し、生物量の計測ができると、発生する障害の種類と発生兆候、障害規模、傾向を把握することができ、業務が一般化され作業量も削減される。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　藻類固有の光合成色素の吸収波長などの画像解析と深層学習を用いて藻類を検出、分類し、数や面積から生物量を測定し、生物障害の原因となる藻類を連続的に計測する。
+想定される技術：AIを用いた藻類検出技術</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　これまで専門知識を持った職員が対応していた生物の顕微鏡観察、計数業務</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>川11</t>
+    <rPh sb="0" eb="1">
+      <t>カワ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>AIを活用した市民対応及び情報の入出力</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　水道の使用開始や中止の申し込み、料金など各種問い合わせへの対応については、局の総合窓口としての役割をお客さまセンターへ委託しており、オペレーターが電話や書面による申請を受け付け、料金システムへ手作業で入力しています。また、同様の申請は電子でも受け付けています。各種問い合わせに対しては、オペレーターが料金システムの情報を目視で確認し、口頭で回答しています。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　電話･書面による申請は定型的な内容が多いもの、自動的に対応できる仕組みは確立されていません。電子申請については、約半数が自動的に料金システムへ取り込まれているものの、表記ゆれなどにより人手による確認が必要なケースも多く、想定ほどの自動化は実現できていません。問い合わせについても定型的なものが大半でありますが、AIが個人情報を閲覧できる仕組みが確立されていないため、自動対応が困難な状況となっています。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　電話･書面による申請については、必要な情報を聞き取りまたは読み取りによってテキスト化し、料金システムの情報と突合することで、表記ゆれがあっても対象を特定し、料金システムに書き込む。
+　また、電話による問い合わせについては、氏名や住所などの情報から料金システムと突合して本人確認を行い、料金等の情報を音声で提供する。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　お客さまセンター業務大半の自動化</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>お客様センター（コールセンター）（令和6年度実績）
+年間受付件数:30（電話:19、封書:3、電子:5、FAX:2、メール:1 ）（単位：万件）</t>
+    <rPh sb="1" eb="3">
+      <t>キャクサマ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>川12</t>
+    <rPh sb="0" eb="1">
+      <t>カワ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>共有サーバ内データの検索･整理</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　所属部署内における業務の共有および職務の効率的な遂行を目的として、公文書の管理も兼ねて、共有サーバへ関連データを保管しております。これにより、複数の担当者が同一のデータを取り扱うことが可能となり、担当者の異動が発生した場合でも、円滑に次の担当者へ業務を引き継ぎ、継続して対応する体制を整えております。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　ファイル名の付け方やフォルダの分類方法が担当者ごとに異なり統一された管理が十分に行われていない状況です。また、同一の資料が複数の業務フォルダに保存されることがあり、最新版の判別が困難となるケースも発生しています。さらに、管理ルールを定めても運用が徹底されず、解釈の違いによってファイル整理が進まないという課題もあります。加えて、過去に作成された未整理の資料については、対応が難しい状況です。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　共有サーバ内のファイルをAIで検索・要約し、該当ファイルへのリンクを付すことで、実際のファイルへのアクセスを容易にしたい。
+　また、同じ資料やバージョン違いの古い資料などの整理もサポートしてほしい。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　資料を簡便かつ迅速に探し活用できるようになることで、業務の効率化が期待できる。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>共有サーバの容量、規模
+300GB(1所属当たりの平均)×50所属(局)＋150GB×50複数所属共有サーバ</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>川13</t>
+    <rPh sb="0" eb="1">
+      <t>カワ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>個人情報取り扱いシステム用仮想PC環境の代替手段</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　個人情報を扱う業務システム（料金システム、マッピングシステム等）へアクセスするための環境（名称：個人情報保護環境）として、仮想PCを500台程度運用しています。
+　業務システム利用者は、計画配置PC（FAT-PC）を使用して仮想PCからの画面転送を受けとり、業務システムへは仮想PCからアクセスします。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　仮想PC環境の運用にあたっては、次の点が課題となっています。
+・仮想PCを稼働・管理するためのサーバハードウェア群の維持管理やシステム更新が必要
+・仮想PCから計画配置PCへ画面転送するためのライセンス費用負担
+・仮想PC自体のOSセキュリティ対策作業が必要
+・仮想PC用ソフトウェアライセンスの費用負担</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>・仮想PC用OSを使用することなく、業務システムへの接続環境と計画配置PCをネットワーク分離を実現したい
+・生体認証（できれば顔認証）により、利用者を限定したい
+・業務システム～計画配置PC間のコピーペーストの制限（禁止）、スクリーンショットの制限（禁止）、データ持ち込み持ち出しの制限（持ち込み持ち出し記録の取得、無害化処理、条件を決めて持ち込み持ち出しの禁止）
+・仮想PC上で操作する業務システムから、プリンター（圧着はがき等の特殊印刷もあり）へ印刷したい
+・サーバハードウェア群の維持管理/システム更新の負荷を下げたい</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>松1</t>
+    <rPh sb="0" eb="1">
+      <t>マツ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>地下埋設物の埋設位置の可視化</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>掘削工事を行う場合は、竣工図をもとに埋設位置を推定していますが、工事中に竣工図に記載されていない地下埋設物が見つかり、水道管の布設に支障をきたす場合があります。また、詳細な埋設位置の確認が必要な場合は、試掘を行うため余計な手間と費用がかかっている状況です。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>地下埋設物が工事の支障となる場合には、支障物移設工事の実施や水道管迂回に伴う管材料の追加により工事費が増加することがあります。また、移設方法や迂回ルートを検討するために時間を要し、工期の延期を余儀なくされることもあります。このため、掘削せずに事前に地下埋設物の位置を把握できる技術があれば、工期の短縮や設計変更等の削減につながります。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>・地下埋設物の埋設位置を正確に可視化する技術</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>松2</t>
+    <rPh sb="0" eb="1">
+      <t>マツ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>給水装置工事承認審査等の補助システム</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>給水装置工事の承認審査は、図面や土地所有者等の目視チェックが中心であるため効率が悪く、多くの時間と熟練した職員による対応が必要な業務となっています。また、職員は窓口対応や写真検査等も行いながら審査業務を行っており、多忙により審査項目の確認漏れなどの恐れがあります。さらに、現在業務を支えている熟練職員が今後退職を迎えることから、技術継承が必要となる中で、どのようにして職員の負担を軽減していくのかが課題となっています。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>そこで職員間による審査精度の統一や審査項目の見落とし防止につながる材料や管延長情報の確認などの作業が自動化できれば、業者への適切な指示と合わせて職員の負担軽減により確認ミスの防止や審査精度の向上が期待できます。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>・図面情報の確認など、給水装置工事図面審査の作業を補助するシステム</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>松3</t>
+    <rPh sb="0" eb="1">
+      <t>マツ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">AIを活用した水運用 </t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>地下水を水源とする浄水場は、複数の井戸から取水しているため特に渇水時には、周辺井戸への干渉や取水障害を生じないよう配慮が必要なことから、従来からの経験則を基に各井戸の水位をモニタリングしながら慎重な水運用を行っています。
+一方で、地下水の分析や調査は継続的に行っており、これまでの成果が実際の水運用にも活用できないか検討しています。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>本市では、水文資料の取集・分析、水文地質調査、水循環解析モデル（MIKE　SHE）を活用した地下水賦存量調査や地下水流動解析調査など行っており、こうした成果と現場の経験則を結び付けたAI技術があれば、効率的な水運用だけでなく技術継承の課題解決にもつながります。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>・気象条件などの諸条件を入力すれば、地下水位を予測できる技術
+・一つの井戸の取水量を増やした時（減らした時）に他の井戸への影響を予測する技術など、目に見えない地下水の取水に役立つ技術</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>川崎市上下水道局</t>
+    <rPh sb="0" eb="2">
+      <t>カワサキ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>シ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ジョウゲ</t>
+    </rPh>
+    <rPh sb="5" eb="8">
+      <t>スイドウキョク</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>松山市公営企業局</t>
+    <rPh sb="0" eb="3">
+      <t>マツヤマシ</t>
+    </rPh>
+    <rPh sb="3" eb="8">
+      <t>コウエイキギョウキョク</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>京3
+福南1</t>
+    <rPh sb="0" eb="1">
+      <t>キョウ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>フク</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>ミナミ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>無し</t>
+  </si>
+  <si>
+    <t>川5</t>
+    <rPh sb="0" eb="1">
+      <t>カワ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>川6</t>
+    <rPh sb="0" eb="1">
+      <t>カワ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>川7</t>
+    <rPh sb="0" eb="1">
+      <t>カワ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>川8</t>
+    <rPh sb="0" eb="1">
+      <t>カワ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>川9</t>
+    <rPh sb="0" eb="1">
+      <t>カワ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>川10</t>
+    <rPh sb="0" eb="1">
+      <t>カワ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>川1</t>
+    <rPh sb="0" eb="1">
+      <t>カワ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水管橋等の維持管理及び管体劣化に関する診断技術</t>
+    <rPh sb="0" eb="1">
+      <t>スイ</t>
+    </rPh>
+    <rPh sb="1" eb="2">
+      <t>カン</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>キョウ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>トウ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>イジ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>カンリ</t>
+    </rPh>
+    <rPh sb="9" eb="10">
+      <t>オヨ</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>カンタイ</t>
+    </rPh>
+    <rPh sb="13" eb="15">
+      <t>レッカ</t>
+    </rPh>
+    <rPh sb="16" eb="17">
+      <t>カン</t>
+    </rPh>
+    <rPh sb="19" eb="21">
+      <t>シンダン</t>
+    </rPh>
+    <rPh sb="21" eb="23">
+      <t>ギジュツ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水管橋や橋梁添架管の点検は、外部から目視にて行っていますが、凍結防止等のために防護カバーを設置している箇所では、管体の点検を行うために、防護カバーを外す必要があります。</t>
+    <rPh sb="30" eb="32">
+      <t>トウケツ</t>
+    </rPh>
+    <rPh sb="32" eb="34">
+      <t>ボウシ</t>
+    </rPh>
+    <rPh sb="34" eb="35">
+      <t>トウ</t>
+    </rPh>
+    <rPh sb="39" eb="41">
+      <t>ボウゴ</t>
+    </rPh>
+    <rPh sb="45" eb="47">
+      <t>セッチ</t>
+    </rPh>
+    <rPh sb="51" eb="53">
+      <t>カショ</t>
+    </rPh>
+    <rPh sb="56" eb="58">
+      <t>カンタイ</t>
+    </rPh>
+    <rPh sb="74" eb="75">
+      <t>ハズ</t>
+    </rPh>
+    <rPh sb="76" eb="78">
+      <t>ヒツヨウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>外部からの目視確認で、防護カバーに問題はないと評価した場合でも、内部の管体が劣化している可能性があることが考えられます。
+このため、適切に水管橋等の状況を把握するためには、防護カバーを外して点検を実施する必要がありますが、それには外部からの目視確認と比べ、費用と時間を要することとなります。</t>
+    <rPh sb="0" eb="2">
+      <t>ガイブ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>モクシ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>カクニン</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>ボウゴ</t>
+    </rPh>
+    <rPh sb="17" eb="19">
+      <t>モンダイ</t>
+    </rPh>
+    <rPh sb="23" eb="25">
+      <t>ヒョウカ</t>
+    </rPh>
+    <rPh sb="27" eb="29">
+      <t>バアイ</t>
+    </rPh>
+    <rPh sb="32" eb="34">
+      <t>ナイブ</t>
+    </rPh>
+    <rPh sb="35" eb="37">
+      <t>カンタイ</t>
+    </rPh>
+    <rPh sb="38" eb="40">
+      <t>レッカ</t>
+    </rPh>
+    <rPh sb="44" eb="47">
+      <t>カノウセイ</t>
+    </rPh>
+    <rPh sb="53" eb="54">
+      <t>カンガ</t>
+    </rPh>
+    <rPh sb="66" eb="68">
+      <t>テキセツ</t>
+    </rPh>
+    <rPh sb="69" eb="71">
+      <t>スイカン</t>
+    </rPh>
+    <rPh sb="71" eb="72">
+      <t>キョウ</t>
+    </rPh>
+    <rPh sb="72" eb="73">
+      <t>トウ</t>
+    </rPh>
+    <rPh sb="74" eb="76">
+      <t>ジョウキョウ</t>
+    </rPh>
+    <rPh sb="77" eb="79">
+      <t>ハアク</t>
+    </rPh>
+    <rPh sb="86" eb="88">
+      <t>ボウゴ</t>
+    </rPh>
+    <rPh sb="92" eb="93">
+      <t>ハズ</t>
+    </rPh>
+    <rPh sb="95" eb="97">
+      <t>テンケン</t>
+    </rPh>
+    <rPh sb="98" eb="100">
+      <t>ジッシ</t>
+    </rPh>
+    <rPh sb="102" eb="104">
+      <t>ヒツヨウ</t>
+    </rPh>
+    <rPh sb="115" eb="117">
+      <t>ガイブ</t>
+    </rPh>
+    <rPh sb="120" eb="122">
+      <t>モクシ</t>
+    </rPh>
+    <rPh sb="122" eb="124">
+      <t>カクニン</t>
+    </rPh>
+    <rPh sb="125" eb="126">
+      <t>クラ</t>
+    </rPh>
+    <rPh sb="128" eb="130">
+      <t>ヒヨウ</t>
+    </rPh>
+    <rPh sb="131" eb="133">
+      <t>ジカン</t>
+    </rPh>
+    <rPh sb="134" eb="135">
+      <t>ヨウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>防護カバーを外すことなく、内部の管体の点検・調査（電磁波、赤外線など）・診断する技術（画像を解析・診断するなど異常箇所や劣化状況の判定）</t>
+    <rPh sb="13" eb="15">
+      <t>ナイブ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>仮設足場の設置や橋梁点検車両を用いた、防護カバーの撤去復旧作業を代替することが期待されます。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>当局では約2,700橋の水管橋等を管理しています。
+このうち、約400橋に防護カバーを設置しています。</t>
+    <rPh sb="0" eb="2">
+      <t>トウキョク</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>ヤク</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>ハシ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>スイカン</t>
+    </rPh>
+    <rPh sb="14" eb="15">
+      <t>ハシ</t>
+    </rPh>
+    <rPh sb="15" eb="16">
+      <t>トウ</t>
+    </rPh>
+    <rPh sb="17" eb="19">
+      <t>カンリイチブダイタイキタイ</t>
+    </rPh>
+    <rPh sb="31" eb="32">
+      <t>ヤク</t>
+    </rPh>
+    <rPh sb="35" eb="36">
+      <t>キョウ</t>
+    </rPh>
+    <rPh sb="37" eb="39">
+      <t>ボウゴ</t>
+    </rPh>
+    <rPh sb="43" eb="45">
+      <t>セッチ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>千4</t>
+    <rPh sb="0" eb="1">
+      <t>セン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>千5</t>
+    <rPh sb="0" eb="1">
+      <t>チ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>さ2</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>大12
+名3
+静2
+札4
+熊2</t>
+    <rPh sb="10" eb="11">
+      <t>サツ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東3
+横2
+横3
+大6
+神4
+福岡1
+福南5
+千5</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>堺1
+北3</t>
+    <rPh sb="0" eb="1">
+      <t>サカイ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>キタ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>大10
+さ3
+札6</t>
+    <rPh sb="0" eb="1">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>フダ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>北2
+川6</t>
+    <rPh sb="0" eb="1">
+      <t>キタ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>カワ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東5
+横5
+大13
+広1
+福岡4
+浜2
+宇2</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>さ5</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東6</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>広1
+浜2</t>
+    <rPh sb="3" eb="4">
+      <t>ハマ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>名4</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>堺1
+名4</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>・水道管路の漏水又はその疑いのある個所を遠隔で迅速に特定できる技術
+・特に、大口径の水道管路の漏水を発見できる技術
+・配水量や有効水量の水量変化の要因分析ができる技術</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>技術者不足な状況でも計画立案をＡＩが自動化できれば、危機事象が発生しても、迅速な対応が可能になる。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>・ＡＩで危機事象発生時に優先すべき初動調査の範囲や、復旧の計画を自動的に立案できる技術
+ ＡＩで漏水事故が発生した場合に、復旧工法の提案や、洗管計画等を自動的に立案できる技術</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>スマートメーター化の前段としてのメーター地上化について</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水道メーター取替等業務。メーター位置が家中で常時不在、重量物下等により多くの取替不能事案が発生。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>メーター本体は地中設置のままスマートメーター化した場合、定期的な検針に伺うことがなくなり、メーター環境が悪化し取替不可事案がなお増加するであろうこと。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>メーターの地上設置化に必要な技術（耐衝撃性、耐寒性、指示数表示面が横向きのメーターの製作技術</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>地上化によりメーターの大型化が容易となり、電池も大型化可能（即ち長寿命）化、複数通信方式対応型の製作容易化、小さく製作しないことによるコストダウウンが期待できる。地上化により、確実に通信成功率は向上。将来的に電磁流量計への変更も可、水平設置不用化。ｽﾏｰﾄﾊﾞﾙﾌﾞ化も可、開閉栓に現地訪問不要化。検満取替不可事案が激減、取替えも容易化。人件費は検針費以外に取替費・開閉栓費も縮小可。盗水発見も容易化。地上化かつ指示数表示面が横向きメーターであれば、スマメ化せずともお客様敷地外から楽に検針可</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>開発業者と提携し、モデルタウンを構築、実証実験を行う。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>⑪
+⑮</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>官公署からの照会への回答事務の効率化</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>③
+⑧</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>横4
+大14
+広2
+名5
+浜1
+熊3</t>
+    <rPh sb="3" eb="4">
+      <t>オオ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>ナ</t>
+    </rPh>
+    <rPh sb="13" eb="14">
+      <t>ハマ</t>
+    </rPh>
+    <rPh sb="16" eb="17">
+      <t>クマ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>横5
+大13
+広1
+福岡4
+浜2
+宇2
+松1</t>
+    <rPh sb="3" eb="4">
+      <t>オオ</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>ヒロ</t>
+    </rPh>
+    <rPh sb="14" eb="15">
+      <t>ハマ</t>
+    </rPh>
+    <rPh sb="17" eb="18">
+      <t>ウ</t>
+    </rPh>
+    <rPh sb="20" eb="21">
+      <t>マツ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">大2
+堺2
+静5
+熊5
+</t>
+    <rPh sb="0" eb="1">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>サカイ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>シズ</t>
+    </rPh>
+    <rPh sb="9" eb="10">
+      <t>クマ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東3
+大6
+神4
+名7
+福岡1
+福南5
+千5</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東4
+大14
+広2
+名5
+浜1
+熊3</t>
+    <rPh sb="13" eb="14">
+      <t>ハマ</t>
+    </rPh>
+    <rPh sb="16" eb="17">
+      <t>クマ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東5
+大13
+広1
+福岡4
+浜2
+宇2
+松1</t>
+    <rPh sb="20" eb="21">
+      <t>マツ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東8
+京1</t>
+    <rPh sb="0" eb="1">
+      <t>ヒガシ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>名2
+さ4</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東7
+堺2
+静5
+熊5</t>
+    <rPh sb="0" eb="1">
+      <t>ヒガシ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>サカイ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>シズ</t>
+    </rPh>
+    <rPh sb="9" eb="10">
+      <t>クマ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東3
+横2
+横3
+神4
+名7
+福岡1
+福南5
+千5</t>
+    <rPh sb="3" eb="4">
+      <t>ヨコ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>ヨコ</t>
+    </rPh>
+    <rPh sb="9" eb="10">
+      <t>カミ</t>
+    </rPh>
+    <rPh sb="19" eb="20">
+      <t>フク</t>
+    </rPh>
+    <rPh sb="20" eb="21">
+      <t>ミナミ</t>
+    </rPh>
+    <rPh sb="23" eb="24">
+      <t>セン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>静3
+神戸5
+熊4</t>
+    <rPh sb="3" eb="5">
+      <t>コウベ</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>クマ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東１
+横9</t>
+    <rPh sb="0" eb="1">
+      <t>ヒガシ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>ヨコ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>さ3
+札8</t>
+    <rPh sb="3" eb="4">
+      <t>サツ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東5
+横5
+広1
+福岡4
+浜2
+宇2
+松1</t>
+    <rPh sb="0" eb="1">
+      <t>ヒガシ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>ヨコ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>ヒロ</t>
+    </rPh>
+    <rPh sb="9" eb="10">
+      <t>フク</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>オカ</t>
+    </rPh>
+    <rPh sb="13" eb="14">
+      <t>ハマ</t>
+    </rPh>
+    <rPh sb="16" eb="17">
+      <t>ウ</t>
+    </rPh>
+    <rPh sb="19" eb="20">
+      <t>マツ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東4
+横4
+広2
+名5
+浜1
+熊3</t>
+    <rPh sb="0" eb="1">
+      <t>ヒガシ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>ヨコ</t>
+    </rPh>
+    <rPh sb="9" eb="10">
+      <t>メイ</t>
+    </rPh>
+    <rPh sb="12" eb="13">
+      <t>ハマ</t>
+    </rPh>
+    <rPh sb="15" eb="16">
+      <t>クマ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>神2
+名4
+川9</t>
+    <rPh sb="0" eb="1">
+      <t>カミ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>メイ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>ガワ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東7
+大2
+静5
+熊5</t>
+    <rPh sb="0" eb="1">
+      <t>ヒガシ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>セイ</t>
+    </rPh>
+    <rPh sb="9" eb="10">
+      <t>クマ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>堺1
+名4
+川9</t>
+    <rPh sb="6" eb="7">
+      <t>カワ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東3
+横2
+横3
+大6
+名7
+福岡1
+福南5
+千5</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>神5
+広2
+福島2
+神戸1
+北1</t>
+    <rPh sb="0" eb="1">
+      <t>カミ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>ヒロ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>フクシマ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>コウベ</t>
+    </rPh>
+    <rPh sb="14" eb="15">
+      <t>キタ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東5
+横5
+大13
+福岡4
+浜2
+宇2
+松1</t>
+    <rPh sb="20" eb="21">
+      <t>マツ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>大1
+さ4</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>大12
+静2
+札4
+熊2
+宇6</t>
+    <rPh sb="13" eb="14">
+      <t>ウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>堺1
+神2
+千1</t>
+    <rPh sb="6" eb="7">
+      <t>チ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東4
+横4
+大14
+浜1
+熊3</t>
+    <rPh sb="0" eb="1">
+      <t>ヒガシ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>ヨコ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>ダイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東3
+横2
+横3
+大6
+神4
+名7
+福南5
+千5</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東5
+横5
+大13
+広1
+浜2
+宇2
+松1</t>
+    <rPh sb="19" eb="20">
+      <t>マツ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>静5
+札5
+川8</t>
+    <rPh sb="0" eb="1">
+      <t>セイ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>サツ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>カワ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東8
+横7</t>
+    <rPh sb="0" eb="1">
+      <t>ヒガシ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>神5
+広2
+福島2
+北1</t>
+    <rPh sb="0" eb="1">
+      <t>カミ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>フクシマ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>キタ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東3
+横2
+横3
+大6
+神4
+名7
+福岡1
+千5</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東3
+横2
+横3
+大6
+神4
+名7
+福岡1
+福南5</t>
+    <rPh sb="22" eb="23">
+      <t>フク</t>
+    </rPh>
+    <rPh sb="23" eb="24">
+      <t>ナン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東4
+横4
+大14
+広2
+名5
+熊3</t>
+    <rPh sb="0" eb="1">
+      <t>ヒガシ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>ヨコ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>オオ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>ヒロ</t>
+    </rPh>
+    <rPh sb="13" eb="14">
+      <t>メイ</t>
+    </rPh>
+    <rPh sb="16" eb="17">
+      <t>クマ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東5
+横5
+大13
+広1
+福岡4
+宇2
+松1</t>
+    <rPh sb="20" eb="21">
+      <t>マツ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>福岡5
+静5
+川8</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>大10
+さ3</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>大15
+川6</t>
+    <rPh sb="4" eb="5">
+      <t>カワ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東5
+横5
+大13
+広1
+福岡4
+浜2
+松1</t>
+    <rPh sb="6" eb="7">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="13" eb="15">
+      <t>フクオカ</t>
+    </rPh>
+    <rPh sb="17" eb="18">
+      <t>ハマ</t>
+    </rPh>
+    <rPh sb="20" eb="21">
+      <t>マツ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東4
+大14
+横4
+広2
+名5
+浜1</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>①
+⑮</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>②
+⑧</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>④
+⑤</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>①
+②
+⑫</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>②
+➉</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>①
+④</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>①
+②
+⑧</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東7
+大2
+堺2
+静5</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
     <t>これまでの取組でスマートメーターの技術的な実効性を確認できましたが、本格導入に向けてはメーター価格や通信費など導入等にかかる費用が高額なことに加え、下記の点が課題となっています。
 ①メーター本体
 現在市場に流通しているのは電子式メーターと通信端末を組み合わせた分離型が中心ですが、結線作業が不要で、施工性に優れる一体型（又は現場での施工性を考慮したアタッチメント型）メーターが求められます。
 ②通信方式
 市内全域に導入する場合、都市部から郊外部まで様々な通信環境が想定されるため、設置環境ごとに適した通信方式を選択する必要があります。
-本市では、電力SM通信ネットワークを水道の自動検針に共有する方式（以下、共同検針）の実証事件をモデル事業により行っており、メーターメーカーとの共同研究（R６）（局施設におけるIoTルートの信頼性検証）の実施、市内の戸建て住宅やタワーマンションにおける共同検針の実証実験（R７以降）を予定しています。</t>
+本市では、電力SM通信ネットワークを水道の自動検針に共有する方式（以下、共同検針）の実証事件をモデル事業により行っており、市内の戸建て住宅やタワーマンションにおける共同検針の実証実験（R７以降）を予定しています。</t>
     <rPh sb="134" eb="136">
       <t>チュウシン</t>
     </rPh>
     <rPh sb="268" eb="270">
       <t>ホンシ</t>
     </rPh>
     <rPh sb="273" eb="275">
       <t>デンリョク</t>
     </rPh>
     <rPh sb="277" eb="279">
       <t>ツウシン</t>
     </rPh>
     <rPh sb="286" eb="288">
       <t>スイドウ</t>
     </rPh>
     <rPh sb="289" eb="291">
       <t>ジドウ</t>
     </rPh>
     <rPh sb="291" eb="293">
       <t>ケンシン</t>
     </rPh>
     <rPh sb="294" eb="296">
       <t>キョウユウ</t>
     </rPh>
     <rPh sb="298" eb="300">
       <t>ホウシキ</t>
     </rPh>
     <rPh sb="301" eb="303">
       <t>イカ</t>
     </rPh>
     <rPh sb="304" eb="306">
       <t>キョウドウ</t>
     </rPh>
     <rPh sb="306" eb="308">
       <t>ケンシン</t>
     </rPh>
     <rPh sb="310" eb="312">
       <t>ジッショウ</t>
     </rPh>
     <rPh sb="312" eb="314">
       <t>ジケン</t>
     </rPh>
     <rPh sb="318" eb="320">
       <t>ジギョウ</t>
     </rPh>
     <rPh sb="323" eb="324">
       <t>オコナ</t>
     </rPh>
-    <rPh sb="339" eb="341">
+    <rPh sb="329" eb="331">
+      <t>シナイ</t>
+    </rPh>
+    <rPh sb="332" eb="334">
+      <t>コダ</t>
+    </rPh>
+    <rPh sb="335" eb="337">
+      <t>ジュウタク</t>
+    </rPh>
+    <rPh sb="350" eb="352">
       <t>キョウドウ</t>
     </rPh>
-    <rPh sb="341" eb="343">
-[...29 lines deleted...]
-    <rPh sb="395" eb="397">
+    <rPh sb="352" eb="354">
       <t>ケンシン</t>
     </rPh>
-    <rPh sb="398" eb="400">
+    <rPh sb="355" eb="357">
       <t>ジッショウ</t>
     </rPh>
-    <rPh sb="400" eb="402">
+    <rPh sb="357" eb="359">
       <t>ジッケン</t>
     </rPh>
-    <rPh sb="405" eb="407">
+    <rPh sb="362" eb="364">
       <t>イコウ</t>
     </rPh>
-    <rPh sb="409" eb="411">
+    <rPh sb="366" eb="368">
       <t>ヨテイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>複数の通信方式に対応した一体型スマートメーター</t>
-[...46 lines deleted...]
-    <t>東8
+    <t>横2
+横3
+大6
+神４
+名7
+福岡1
+福南5
+千5</t>
+    <rPh sb="12" eb="13">
+      <t>ナ</t>
+    </rPh>
+    <rPh sb="15" eb="17">
+      <t>フクオカ</t>
+    </rPh>
+    <rPh sb="23" eb="24">
+      <t>セン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>類似課題</t>
+    <rPh sb="0" eb="4">
+      <t>ルイジカダイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>福岡5
+静5
+札5</t>
+    <rPh sb="4" eb="5">
+      <t>セイ</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>サツ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>堺2</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>名3
+静2
+札4
+宇6
+熊2</t>
+    <rPh sb="0" eb="1">
+      <t>メイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>大12
+名3
+札4
+宇6
+熊2</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東7
+大2
 堺2
-静6
-[...70 lines deleted...]
-      <t>イッテイ</t>
+福岡5
+熊5
+川8</t>
+    <rPh sb="0" eb="1">
+      <t>ヒガシ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>オオ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>サカイ</t>
+    </rPh>
+    <rPh sb="9" eb="10">
+      <t>フク</t>
     </rPh>
     <rPh sb="10" eb="11">
-      <t>チ</t>
-[...521 lines deleted...]
-福岡3</t>
+      <t>オカ</t>
+    </rPh>
+    <rPh sb="13" eb="14">
+      <t>クマ</t>
+    </rPh>
+    <rPh sb="16" eb="17">
+      <t>カワ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>大12
+名3
+静2
+宇6
+熊2</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>横9
+大4
+大8
+神3
+静4</t>
+    <rPh sb="0" eb="1">
+      <t>ヨコ</t>
+    </rPh>
     <rPh sb="3" eb="4">
       <t>ダイ</t>
     </rPh>
-    <phoneticPr fontId="1"/>
-[...22 lines deleted...]
-上下水道局</t>
+    <rPh sb="6" eb="7">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="9" eb="10">
+      <t>シン</t>
+    </rPh>
+    <rPh sb="12" eb="13">
+      <t>セイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>宇5
+川１</t>
+    <rPh sb="0" eb="1">
+      <t>ウ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>カワ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>地下深くに敷設された大口径配水管の漏水位置特定技術</t>
+    <rPh sb="17" eb="19">
+      <t>ロウスイチョウサギジュツ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>地下深くに敷設されている大口径配水管の漏水については、IoTを活用した遠隔監視型ロガーにより100～200ｍ程度の範囲で漏水の有無を判定可能な技術の開発が進んでいるが、正確な漏水位置を特定する技術は確立されていない。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">地下深くに敷設された大口径配水管の漏水位置を、断水することなく正確に特定できる技術
+</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>例年、地下埋設物の毀損事故は多く、令和６年度は事故発生件数39件のうち地下埋設物の毀損事故が26件発生しており、依然として多くの割合を占めています。
+地下埋設物の毀損事故の原因のひとつに、埋設位置情報の不正確さが挙げられます。
+また、バックホウ等の重機により掘削を進める中で埋設物を毀損するケースが多く、想定外の箇所に埋設物が存在したことが原因となることも多くあります。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>当該重機によるシステムを採用した工事の量（件数、掘削土量）に応じた刃先監視員や人力掘削に伴う費用の削減
+年間工事件数（掘削を伴う500万円以上の土木工事）
+件数：※136件　※：令和６年度実績</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>年間工事検査件数：
+※215件（500万円以上の土木工事）
+※：令和６年度実績検査業務１件当りにかかる業務量： 2（日/人）×１（人）=２（日）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>年間工事件数：※215件（500万円以上の土木工事）
+※：令和６年度実績
+年間事故発生件数：※39件（公衆災害35件、労働災害４件）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>発注工事件数：※約150件/年　※令和６年度実績</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>本市では、お客さまサービス向上や検針業務の効率化や人口減少による検針員の担い手不足への対応のため、第１次モデル事業（R2～）での技術的検証やメーターメーカーとの共同研究（R3～４）（一体型、アタッチメント型スマートメーター）、共同検針（R6～）によるメーター価格の低減化等、スマートメーターの導入に向けた検討を進めています。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東1
+大8
+静4</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>管路施設における漏水箇所の特定や配水量変化の要因を分析することによる有効率の向上</t>
+    <rPh sb="0" eb="2">
+      <t>カンロ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>シセツ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>ロウスイ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>カショ</t>
+    </rPh>
+    <rPh sb="13" eb="15">
+      <t>トクテイ</t>
+    </rPh>
+    <rPh sb="16" eb="18">
+      <t>ハイスイ</t>
+    </rPh>
+    <rPh sb="18" eb="19">
+      <t>リョウ</t>
+    </rPh>
+    <rPh sb="19" eb="21">
+      <t>ヘンカ</t>
+    </rPh>
+    <rPh sb="22" eb="24">
+      <t>ヨウイン</t>
+    </rPh>
+    <rPh sb="25" eb="27">
+      <t>ブンセキ</t>
+    </rPh>
+    <rPh sb="34" eb="37">
+      <t>ユウコウリツ</t>
+    </rPh>
+    <rPh sb="38" eb="40">
+      <t>コウジョウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>①他事業者等との地下埋設物協議における立会業務時の正確な埋設位置情報の本市からの提供
+②配水管布設替工事等における設計業務時の正確な既設管等埋設位置の把握</t>
+    <rPh sb="44" eb="49">
+      <t>ハイスイカンフセツ</t>
+    </rPh>
+    <rPh sb="49" eb="50">
+      <t>カ</t>
+    </rPh>
+    <rPh sb="50" eb="52">
+      <t>コウジ</t>
+    </rPh>
+    <rPh sb="52" eb="53">
+      <t>トウ</t>
+    </rPh>
+    <rPh sb="63" eb="65">
+      <t>セイカク</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>①他事業者等との立会業務時に、完成図等より埋設位置の情報提供を行っているが、現地の形態が竣工時と相違しているケースや、資料不足により正確な埋設位置情報の提供ができないなど、管路破損などの重大事故発生につながりかねない。
+②配水管布設替工事等における設計業務時に既設管等埋設位置の把握が不十分な場合において、実際の埋設位置と想定位置が相違していることもあるため、設計変更や、管路等破損などの重大事故発生につながりかねない。</t>
+    <rPh sb="153" eb="155">
+      <t>ジッサイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>既設管を埋設状態のまま、地中探査のみで本市及び他事業者の地下埋設物を３Ｄ可視化して表示する技術
+想定される技術：ＡＲ（拡張現実）とＧＰＳなどの位置情報を組み合わせて、現実風景に３Ｄ可視化した地下埋設物（水道管路等）を高精度（精度誤差：水平･深度±5㎝以内）に表示する技術</t>
+    <rPh sb="0" eb="3">
+      <t>キセツカン</t>
+    </rPh>
+    <rPh sb="4" eb="8">
+      <t>チチュウタンサ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>ホンシ</t>
+    </rPh>
+    <rPh sb="14" eb="15">
+      <t>オヨ</t>
+    </rPh>
+    <rPh sb="16" eb="17">
+      <t>タ</t>
+    </rPh>
+    <rPh sb="17" eb="20">
+      <t>ジギョウシャ</t>
+    </rPh>
+    <rPh sb="21" eb="23">
+      <t>チカ</t>
+    </rPh>
+    <rPh sb="23" eb="25">
+      <t>マイセツ</t>
+    </rPh>
+    <rPh sb="25" eb="26">
+      <t>ブツ</t>
+    </rPh>
+    <rPh sb="29" eb="32">
+      <t>カシカ</t>
+    </rPh>
+    <rPh sb="34" eb="36">
+      <t>ヒョウジ</t>
+    </rPh>
+    <rPh sb="38" eb="40">
+      <t>ギジュツ</t>
+    </rPh>
+    <rPh sb="41" eb="43">
+      <t>ソウテイ</t>
+    </rPh>
+    <rPh sb="46" eb="48">
+      <t>ギジュツ</t>
+    </rPh>
+    <rPh sb="52" eb="54">
+      <t>カクチョウ</t>
+    </rPh>
+    <rPh sb="54" eb="56">
+      <t>ゲンジツ</t>
+    </rPh>
+    <rPh sb="64" eb="66">
+      <t>イチ</t>
+    </rPh>
+    <rPh sb="66" eb="68">
+      <t>ジョウホウ</t>
+    </rPh>
+    <rPh sb="69" eb="70">
+      <t>ク</t>
+    </rPh>
+    <rPh sb="71" eb="72">
+      <t>ア</t>
+    </rPh>
+    <rPh sb="76" eb="78">
+      <t>ゲンジツ</t>
+    </rPh>
+    <rPh sb="78" eb="80">
+      <t>フウケイ</t>
+    </rPh>
+    <rPh sb="83" eb="86">
+      <t>カシカ</t>
+    </rPh>
+    <rPh sb="88" eb="90">
+      <t>チカ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>・ドローン・ロボット等による各施設・設備の画像・動画撮影技術及び異音解析、温度・湿度等の測定、データ転送技術
+・上述の技術で得られたデータのAIによる劣化診断技術（前回データ及び蓄積データとの比較解析等）
+・点検データを基に、AI等を使用した最適な補修・取替時期の算定技術</t>
+    <rPh sb="10" eb="11">
+      <t>トウ</t>
+    </rPh>
+    <rPh sb="14" eb="15">
+      <t>カク</t>
+    </rPh>
+    <rPh sb="15" eb="17">
+      <t>シセツ</t>
+    </rPh>
+    <rPh sb="18" eb="20">
+      <t>セツビ</t>
+    </rPh>
+    <rPh sb="21" eb="23">
+      <t>ガゾウ</t>
+    </rPh>
+    <rPh sb="24" eb="28">
+      <t>ドウガサツエイ</t>
+    </rPh>
+    <rPh sb="28" eb="30">
+      <t>ギジュツ</t>
+    </rPh>
+    <rPh sb="30" eb="31">
+      <t>オヨ</t>
+    </rPh>
+    <rPh sb="33" eb="35">
+      <t>オンド</t>
+    </rPh>
+    <rPh sb="38" eb="40">
+      <t>ソクテイ</t>
+    </rPh>
+    <rPh sb="44" eb="46">
+      <t>テンソウ</t>
+    </rPh>
+    <rPh sb="46" eb="48">
+      <t>ギジュツ</t>
+    </rPh>
+    <rPh sb="50" eb="52">
+      <t>ジョウジュツ</t>
+    </rPh>
+    <rPh sb="53" eb="55">
+      <t>ギジュツ</t>
+    </rPh>
+    <rPh sb="56" eb="57">
+      <t>エ</t>
+    </rPh>
+    <rPh sb="73" eb="75">
+      <t>ギジュツ</t>
+    </rPh>
+    <rPh sb="76" eb="78">
+      <t>ゼンカイ</t>
+    </rPh>
+    <rPh sb="81" eb="82">
+      <t>オヨ</t>
+    </rPh>
+    <rPh sb="83" eb="85">
+      <t>チクセキ</t>
+    </rPh>
+    <rPh sb="90" eb="92">
+      <t>ヒカク</t>
+    </rPh>
+    <rPh sb="92" eb="94">
+      <t>カイセキ</t>
+    </rPh>
+    <rPh sb="94" eb="95">
+      <t>ナド</t>
+    </rPh>
+    <rPh sb="98" eb="100">
+      <t>テンケン</t>
+    </rPh>
+    <rPh sb="104" eb="105">
+      <t>モト</t>
+    </rPh>
+    <rPh sb="115" eb="117">
+      <t>サイテキ</t>
+    </rPh>
+    <rPh sb="118" eb="120">
+      <t>ホシュウ</t>
+    </rPh>
+    <rPh sb="121" eb="125">
+      <t>トリカエジキ</t>
+    </rPh>
+    <rPh sb="126" eb="130">
+      <t>サンテイギジュツ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>配水池：約180か所（約240池）
+ポンプ所：約140か所（約320台）
+点検頻度：月1回</t>
+    <rPh sb="0" eb="3">
+      <t>ハイスイチ</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>ヤク</t>
+    </rPh>
+    <rPh sb="9" eb="10">
+      <t>ショ</t>
+    </rPh>
+    <rPh sb="11" eb="12">
+      <t>ヤク</t>
+    </rPh>
+    <rPh sb="15" eb="16">
+      <t>イケ</t>
+    </rPh>
+    <rPh sb="21" eb="22">
+      <t>ショ</t>
+    </rPh>
+    <rPh sb="23" eb="24">
+      <t>ヤク</t>
+    </rPh>
+    <rPh sb="28" eb="29">
+      <t>ショ</t>
+    </rPh>
+    <rPh sb="30" eb="31">
+      <t>ヤク</t>
+    </rPh>
+    <rPh sb="34" eb="35">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="37" eb="39">
+      <t>テンケン</t>
+    </rPh>
+    <rPh sb="39" eb="41">
+      <t>ヒンド</t>
+    </rPh>
+    <rPh sb="42" eb="43">
+      <t>ツキ</t>
+    </rPh>
+    <rPh sb="44" eb="45">
+      <t>カイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>神5
+福島2
+神戸1
+北1
+川5</t>
+    <rPh sb="0" eb="1">
+      <t>カミ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>コウベ</t>
+    </rPh>
+    <rPh sb="14" eb="15">
+      <t>カワ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>既存ドレン等に設置可能な小型の長寿命バッテリー型測定装置で、かつ無線通信でクラウドへのデータ伝送が可能な技術</t>
+    <rPh sb="15" eb="18">
+      <t>チョウジュミョウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>当企業団管路は複数市町にまたがるため協議件数が多くあります。（R6年度実績約220件）
+　また、業者も当企業団だけでなく、他インフラ事業者（水道、電気、ガス等）へ個別に調査しなければならない状況です。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <r>
+      <t>大12
+名3
+静2
+札4</t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="14"/>
+        <rFont val="ＭＳ Ｐゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <rFont val="ＭＳ Ｐゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>宇6</t>
+    </r>
+    <rPh sb="13" eb="14">
+      <t>ウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>東9
+神5</t>
+    <rPh sb="0" eb="1">
+      <t>ヒガシ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水道管路の位置を掘削せず正確に把握できる技術</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ＰＨＳの廃止に伴う次世代構内通信システムの構築</t>
+    <rPh sb="4" eb="6">
+      <t>ハイシ</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>トモナ</t>
+    </rPh>
+    <rPh sb="9" eb="12">
+      <t>ジセダイ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>コウナイ</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>ツウシン</t>
+    </rPh>
+    <rPh sb="21" eb="23">
+      <t>コウチク</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>水道スマートメータの導入、運用体制の最適化、通信成功率の更なる向上</t>
+    <rPh sb="0" eb="2">
+      <t>スイドウ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>ドウニュウ</t>
+    </rPh>
+    <rPh sb="13" eb="15">
+      <t>ウンヨウ</t>
+    </rPh>
+    <rPh sb="15" eb="17">
+      <t>タイセイ</t>
+    </rPh>
+    <rPh sb="18" eb="21">
+      <t>サイテキカ</t>
+    </rPh>
+    <rPh sb="22" eb="24">
+      <t>ツウシン</t>
+    </rPh>
+    <rPh sb="24" eb="27">
+      <t>セイコウリツ</t>
+    </rPh>
+    <rPh sb="28" eb="29">
+      <t>サラ</t>
+    </rPh>
+    <rPh sb="31" eb="33">
+      <t>コウジョウ</t>
+    </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="HG丸ｺﾞｼｯｸM-PRO"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
-      <sz val="6"/>
-[...1 lines deleted...]
-      <family val="2"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
-      <name val="メイリオ"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="メイリオ"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
-      <sz val="10"/>
-[...1 lines deleted...]
-      <name val="メイリオ"/>
+      <sz val="9"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="14"/>
-      <color theme="1"/>
-      <name val="メイリオ"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
-      <sz val="12"/>
-[...1 lines deleted...]
-      <name val="メイリオ"/>
+      <strike/>
+      <sz val="9"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
-      <b/>
-[...2 lines deleted...]
-      <name val="メイリオ"/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-      <name val="メイリオ"/>
+      <strike/>
+      <sz val="14"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF0070C0"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -11023,214 +10759,281 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="57">
+  <cellXfs count="77">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...80 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <alignment horizontal="left" vertical="top" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -11486,4765 +11289,4957 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr codeName="Sheet1">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0210DDF5-48B6-4F1C-97CE-55F0DB702E9D}">
+  <sheetPr>
     <tabColor rgb="FFFFFF00"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:N135"/>
+  <dimension ref="A1:M141"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="60" zoomScaleNormal="60" zoomScaleSheetLayoutView="85" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="topRight" activeCell="E1" sqref="E1"/>
+    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="85" workbookViewId="0">
+      <pane xSplit="3" ySplit="3" topLeftCell="D4" activePane="bottomRight" state="frozenSplit"/>
+      <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="B73" sqref="B73"/>
+      <selection pane="bottomRight" activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="29.25" customHeight="1" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="4.375" style="9" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="12" max="16384" width="9" style="8"/>
+    <col min="1" max="1" width="4.375" style="10" customWidth="1"/>
+    <col min="2" max="2" width="15.125" style="10" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="8.75" style="10" customWidth="1"/>
+    <col min="4" max="4" width="56.125" style="11" customWidth="1"/>
+    <col min="5" max="6" width="43.125" style="12" customWidth="1"/>
+    <col min="7" max="9" width="43.125" style="13" customWidth="1"/>
+    <col min="10" max="10" width="10.25" style="14" customWidth="1"/>
+    <col min="11" max="11" width="17.375" style="12" customWidth="1"/>
+    <col min="12" max="12" width="9" style="18"/>
+    <col min="13" max="16384" width="9" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="29.25" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="54" t="s">
+    <row r="1" spans="1:11" ht="29.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A1" s="74" t="s">
         <v>8</v>
       </c>
-      <c r="B1" s="54"/>
-[...8 lines deleted...]
-      <c r="K1" s="54"/>
+      <c r="B1" s="74"/>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
+      <c r="I1" s="74"/>
+      <c r="J1" s="74"/>
+      <c r="K1" s="74"/>
     </row>
-    <row r="2" spans="1:13" ht="18.75" x14ac:dyDescent="0.4"/>
-[...1 lines deleted...]
-      <c r="A3" s="32" t="s">
+    <row r="2" spans="1:11" ht="18.75" x14ac:dyDescent="0.4"/>
+    <row r="3" spans="1:11" s="18" customFormat="1" ht="36.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="32" t="s">
+      <c r="B3" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="33" t="s">
+      <c r="C3" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="D3" s="16" t="s">
         <v>0</v>
       </c>
-      <c r="E3" s="32" t="s">
-[...5 lines deleted...]
-      <c r="G3" s="34" t="s">
+      <c r="E3" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="F3" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="G3" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="H3" s="34" t="s">
-[...8 lines deleted...]
-      <c r="K3" s="32" t="s">
+      <c r="H3" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="I3" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="J3" s="17" t="s">
+        <v>50</v>
+      </c>
+      <c r="K3" s="43" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" s="18" customFormat="1" ht="90" x14ac:dyDescent="0.4">
+      <c r="A4" s="19">
+        <v>1</v>
+      </c>
+      <c r="B4" s="36" t="s">
+        <v>5</v>
+      </c>
+      <c r="C4" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="D4" s="22" t="s">
+        <v>677</v>
+      </c>
+      <c r="E4" s="23" t="s">
+        <v>678</v>
+      </c>
+      <c r="F4" s="23" t="s">
+        <v>679</v>
+      </c>
+      <c r="G4" s="24" t="s">
+        <v>680</v>
+      </c>
+      <c r="H4" s="20"/>
+      <c r="I4" s="20"/>
+      <c r="J4" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="K4" s="44" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" s="18" customFormat="1" ht="146.25" x14ac:dyDescent="0.4">
+      <c r="A5" s="19">
+        <v>2</v>
+      </c>
+      <c r="B5" s="36" t="s">
+        <v>5</v>
+      </c>
+      <c r="C5" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5" s="22" t="s">
+        <v>1051</v>
+      </c>
+      <c r="E5" s="23" t="s">
+        <v>681</v>
+      </c>
+      <c r="F5" s="23" t="s">
+        <v>682</v>
+      </c>
+      <c r="G5" s="24" t="s">
+        <v>683</v>
+      </c>
+      <c r="H5" s="20"/>
+      <c r="I5" s="20"/>
+      <c r="J5" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" s="44" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" s="18" customFormat="1" ht="138" x14ac:dyDescent="0.4">
+      <c r="A6" s="19">
+        <v>3</v>
+      </c>
+      <c r="B6" s="36" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="25" t="s">
+        <v>23</v>
+      </c>
+      <c r="D6" s="22" t="s">
+        <v>938</v>
+      </c>
+      <c r="E6" s="23" t="s">
+        <v>939</v>
+      </c>
+      <c r="F6" s="23" t="s">
+        <v>940</v>
+      </c>
+      <c r="G6" s="24" t="s">
+        <v>941</v>
+      </c>
+      <c r="H6" s="24" t="s">
+        <v>942</v>
+      </c>
+      <c r="I6" s="24" t="s">
+        <v>943</v>
+      </c>
+      <c r="J6" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" s="44" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" s="18" customFormat="1" ht="103.5" x14ac:dyDescent="0.4">
+      <c r="A7" s="19">
+        <v>4</v>
+      </c>
+      <c r="B7" s="36" t="s">
+        <v>5</v>
+      </c>
+      <c r="C7" s="25" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" s="22" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" s="23" t="s">
+        <v>684</v>
+      </c>
+      <c r="F7" s="23" t="s">
+        <v>685</v>
+      </c>
+      <c r="G7" s="24" t="s">
+        <v>686</v>
+      </c>
+      <c r="H7" s="24" t="s">
+        <v>687</v>
+      </c>
+      <c r="I7" s="24" t="s">
+        <v>688</v>
+      </c>
+      <c r="J7" s="21" t="s">
+        <v>54</v>
+      </c>
+      <c r="K7" s="44" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" s="18" customFormat="1" ht="120.75" x14ac:dyDescent="0.4">
+      <c r="A8" s="19">
+        <v>5</v>
+      </c>
+      <c r="B8" s="36" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="E8" s="23" t="s">
+        <v>689</v>
+      </c>
+      <c r="F8" s="23" t="s">
+        <v>690</v>
+      </c>
+      <c r="G8" s="24" t="s">
+        <v>691</v>
+      </c>
+      <c r="H8" s="20"/>
+      <c r="I8" s="20"/>
+      <c r="J8" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="K8" s="44" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" s="18" customFormat="1" ht="56.25" x14ac:dyDescent="0.4">
+      <c r="A9" s="19">
+        <v>6</v>
+      </c>
+      <c r="B9" s="36" t="s">
+        <v>5</v>
+      </c>
+      <c r="C9" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="E9" s="23" t="s">
+        <v>692</v>
+      </c>
+      <c r="F9" s="23" t="s">
+        <v>693</v>
+      </c>
+      <c r="G9" s="24" t="s">
+        <v>694</v>
+      </c>
+      <c r="H9" s="24" t="s">
+        <v>695</v>
+      </c>
+      <c r="I9" s="24" t="s">
+        <v>173</v>
+      </c>
+      <c r="J9" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="K9" s="44" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" s="18" customFormat="1" ht="112.5" x14ac:dyDescent="0.4">
+      <c r="A10" s="19">
+        <v>7</v>
+      </c>
+      <c r="B10" s="36" t="s">
+        <v>5</v>
+      </c>
+      <c r="C10" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" s="22" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E10" s="23" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F10" s="23" t="s">
+        <v>696</v>
+      </c>
+      <c r="G10" s="24" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H10" s="51"/>
+      <c r="I10" s="20"/>
+      <c r="J10" s="21" t="s">
+        <v>55</v>
+      </c>
+      <c r="K10" s="44" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" s="18" customFormat="1" ht="56.25" x14ac:dyDescent="0.4">
+      <c r="A11" s="19">
+        <v>8</v>
+      </c>
+      <c r="B11" s="36" t="s">
+        <v>5</v>
+      </c>
+      <c r="C11" s="25" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="E11" s="23" t="s">
+        <v>227</v>
+      </c>
+      <c r="F11" s="23" t="s">
+        <v>697</v>
+      </c>
+      <c r="G11" s="24" t="s">
+        <v>211</v>
+      </c>
+      <c r="H11" s="24" t="s">
+        <v>698</v>
+      </c>
+      <c r="I11" s="24" t="s">
+        <v>699</v>
+      </c>
+      <c r="J11" s="21" t="s">
+        <v>60</v>
+      </c>
+      <c r="K11" s="44" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" s="18" customFormat="1" ht="78.75" x14ac:dyDescent="0.4">
+      <c r="A12" s="19">
+        <v>9</v>
+      </c>
+      <c r="B12" s="36" t="s">
+        <v>5</v>
+      </c>
+      <c r="C12" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="D12" s="22" t="s">
+        <v>147</v>
+      </c>
+      <c r="E12" s="23" t="s">
+        <v>700</v>
+      </c>
+      <c r="F12" s="23" t="s">
+        <v>701</v>
+      </c>
+      <c r="G12" s="24" t="s">
+        <v>702</v>
+      </c>
+      <c r="H12" s="24" t="s">
+        <v>216</v>
+      </c>
+      <c r="I12" s="24" t="s">
+        <v>703</v>
+      </c>
+      <c r="J12" s="21" t="s">
+        <v>704</v>
+      </c>
+      <c r="K12" s="44" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" s="18" customFormat="1" ht="67.5" x14ac:dyDescent="0.4">
+      <c r="A13" s="19">
+        <v>10</v>
+      </c>
+      <c r="B13" s="36" t="s">
+        <v>5</v>
+      </c>
+      <c r="C13" s="25" t="s">
+        <v>49</v>
+      </c>
+      <c r="D13" s="22" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E13" s="23" t="s">
+        <v>705</v>
+      </c>
+      <c r="F13" s="23" t="s">
+        <v>706</v>
+      </c>
+      <c r="G13" s="52" t="s">
+        <v>707</v>
+      </c>
+      <c r="H13" s="52" t="s">
+        <v>708</v>
+      </c>
+      <c r="I13" s="24"/>
+      <c r="J13" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="K13" s="45" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" s="18" customFormat="1" ht="56.25" x14ac:dyDescent="0.4">
+      <c r="A14" s="30">
+        <v>11</v>
+      </c>
+      <c r="B14" s="29" t="s">
+        <v>7</v>
+      </c>
+      <c r="C14" s="53" t="s">
+        <v>218</v>
+      </c>
+      <c r="D14" s="54" t="s">
+        <v>80</v>
+      </c>
+      <c r="E14" s="55" t="s">
+        <v>709</v>
+      </c>
+      <c r="F14" s="55" t="s">
+        <v>710</v>
+      </c>
+      <c r="G14" s="56" t="s">
+        <v>155</v>
+      </c>
+      <c r="H14" s="33" t="s">
+        <v>711</v>
+      </c>
+      <c r="I14" s="33" t="s">
+        <v>712</v>
+      </c>
+      <c r="J14" s="57" t="s">
+        <v>236</v>
+      </c>
+      <c r="K14" s="46" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" s="18" customFormat="1" ht="120.75" x14ac:dyDescent="0.4">
+      <c r="A15" s="30">
+        <v>12</v>
+      </c>
+      <c r="B15" s="29" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="53" t="s">
+        <v>219</v>
+      </c>
+      <c r="D15" s="31" t="s">
+        <v>179</v>
+      </c>
+      <c r="E15" s="58" t="s">
+        <v>237</v>
+      </c>
+      <c r="F15" s="58" t="s">
+        <v>713</v>
+      </c>
+      <c r="G15" s="33" t="s">
+        <v>714</v>
+      </c>
+      <c r="H15" s="33" t="s">
+        <v>715</v>
+      </c>
+      <c r="I15" s="33" t="s">
+        <v>716</v>
+      </c>
+      <c r="J15" s="35" t="s">
+        <v>238</v>
+      </c>
+      <c r="K15" s="47" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" s="18" customFormat="1" ht="120.75" x14ac:dyDescent="0.4">
+      <c r="A16" s="30">
+        <v>13</v>
+      </c>
+      <c r="B16" s="29" t="s">
+        <v>7</v>
+      </c>
+      <c r="C16" s="53" t="s">
+        <v>220</v>
+      </c>
+      <c r="D16" s="59" t="s">
+        <v>81</v>
+      </c>
+      <c r="E16" s="58" t="s">
+        <v>239</v>
+      </c>
+      <c r="F16" s="58" t="s">
         <v>240</v>
       </c>
-      <c r="L3" s="15"/>
-      <c r="M3" s="15"/>
+      <c r="G16" s="33" t="s">
+        <v>180</v>
+      </c>
+      <c r="H16" s="33" t="s">
+        <v>241</v>
+      </c>
+      <c r="I16" s="33" t="s">
+        <v>242</v>
+      </c>
+      <c r="J16" s="35" t="s">
+        <v>243</v>
+      </c>
+      <c r="K16" s="47" t="s">
+        <v>973</v>
+      </c>
     </row>
-    <row r="4" spans="1:13" s="15" customFormat="1" ht="102.75" customHeight="1" x14ac:dyDescent="0.4">
-[...27 lines deleted...]
-        <v>1011</v>
+    <row r="17" spans="1:13" s="18" customFormat="1" ht="103.5" x14ac:dyDescent="0.4">
+      <c r="A17" s="30">
+        <v>14</v>
+      </c>
+      <c r="B17" s="29" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="53" t="s">
+        <v>221</v>
+      </c>
+      <c r="D17" s="54" t="s">
+        <v>673</v>
+      </c>
+      <c r="E17" s="55" t="s">
+        <v>717</v>
+      </c>
+      <c r="F17" s="55" t="s">
+        <v>718</v>
+      </c>
+      <c r="G17" s="33" t="s">
+        <v>719</v>
+      </c>
+      <c r="H17" s="33" t="s">
+        <v>228</v>
+      </c>
+      <c r="I17" s="33" t="s">
+        <v>244</v>
+      </c>
+      <c r="J17" s="57" t="s">
+        <v>238</v>
+      </c>
+      <c r="K17" s="47" t="s">
+        <v>974</v>
       </c>
     </row>
-    <row r="5" spans="1:13" s="15" customFormat="1" ht="115.5" x14ac:dyDescent="0.4">
-[...6 lines deleted...]
-      <c r="C5" s="17" t="s">
+    <row r="18" spans="1:13" s="18" customFormat="1" ht="120.75" x14ac:dyDescent="0.4">
+      <c r="A18" s="30">
+        <v>15</v>
+      </c>
+      <c r="B18" s="29" t="s">
+        <v>7</v>
+      </c>
+      <c r="C18" s="53" t="s">
+        <v>222</v>
+      </c>
+      <c r="D18" s="54" t="s">
+        <v>82</v>
+      </c>
+      <c r="E18" s="55" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F18" s="55" t="s">
+        <v>720</v>
+      </c>
+      <c r="G18" s="33" t="s">
+        <v>95</v>
+      </c>
+      <c r="H18" s="33" t="s">
+        <v>721</v>
+      </c>
+      <c r="I18" s="33" t="s">
+        <v>1032</v>
+      </c>
+      <c r="J18" s="57" t="s">
+        <v>245</v>
+      </c>
+      <c r="K18" s="47" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" s="18" customFormat="1" ht="67.5" x14ac:dyDescent="0.4">
+      <c r="A19" s="30">
+        <v>16</v>
+      </c>
+      <c r="B19" s="29" t="s">
+        <v>7</v>
+      </c>
+      <c r="C19" s="53" t="s">
+        <v>223</v>
+      </c>
+      <c r="D19" s="31" t="s">
+        <v>722</v>
+      </c>
+      <c r="E19" s="58" t="s">
+        <v>723</v>
+      </c>
+      <c r="F19" s="58" t="s">
+        <v>724</v>
+      </c>
+      <c r="G19" s="33" t="s">
+        <v>725</v>
+      </c>
+      <c r="H19" s="33" t="s">
+        <v>726</v>
+      </c>
+      <c r="I19" s="33" t="s">
+        <v>1033</v>
+      </c>
+      <c r="J19" s="35" t="s">
+        <v>137</v>
+      </c>
+      <c r="K19" s="46" t="s">
+        <v>650</v>
+      </c>
+      <c r="M19" s="42"/>
+    </row>
+    <row r="20" spans="1:13" s="18" customFormat="1" ht="78.75" x14ac:dyDescent="0.4">
+      <c r="A20" s="30">
+        <v>17</v>
+      </c>
+      <c r="B20" s="29" t="s">
+        <v>7</v>
+      </c>
+      <c r="C20" s="53" t="s">
+        <v>229</v>
+      </c>
+      <c r="D20" s="54" t="s">
+        <v>674</v>
+      </c>
+      <c r="E20" s="55" t="s">
+        <v>727</v>
+      </c>
+      <c r="F20" s="55" t="s">
+        <v>728</v>
+      </c>
+      <c r="G20" s="55" t="s">
+        <v>729</v>
+      </c>
+      <c r="H20" s="33" t="s">
+        <v>730</v>
+      </c>
+      <c r="I20" s="33" t="s">
+        <v>1034</v>
+      </c>
+      <c r="J20" s="57" t="s">
+        <v>246</v>
+      </c>
+      <c r="K20" s="47" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" s="18" customFormat="1" ht="112.5" x14ac:dyDescent="0.4">
+      <c r="A21" s="30">
         <v>18</v>
       </c>
-      <c r="D5" s="48" t="s">
-[...17 lines deleted...]
-        <v>736</v>
+      <c r="B21" s="29" t="s">
+        <v>7</v>
+      </c>
+      <c r="C21" s="53" t="s">
+        <v>224</v>
+      </c>
+      <c r="D21" s="54" t="s">
+        <v>731</v>
+      </c>
+      <c r="E21" s="55" t="s">
+        <v>247</v>
+      </c>
+      <c r="F21" s="55" t="s">
+        <v>248</v>
+      </c>
+      <c r="G21" s="55" t="s">
+        <v>732</v>
+      </c>
+      <c r="H21" s="33" t="s">
+        <v>733</v>
+      </c>
+      <c r="I21" s="33" t="s">
+        <v>1035</v>
+      </c>
+      <c r="J21" s="57" t="s">
+        <v>249</v>
+      </c>
+      <c r="K21" s="46" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="6" spans="1:13" s="15" customFormat="1" ht="99" x14ac:dyDescent="0.4">
-[...6 lines deleted...]
-      <c r="C6" s="17" t="s">
+    <row r="22" spans="1:13" s="18" customFormat="1" ht="180" x14ac:dyDescent="0.4">
+      <c r="A22" s="30">
         <v>19</v>
       </c>
-      <c r="D6" s="48" t="s">
-[...17 lines deleted...]
-        <v>740</v>
+      <c r="B22" s="29" t="s">
+        <v>7</v>
+      </c>
+      <c r="C22" s="53" t="s">
+        <v>217</v>
+      </c>
+      <c r="D22" s="54" t="s">
+        <v>734</v>
+      </c>
+      <c r="E22" s="55" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F22" s="55" t="s">
+        <v>1017</v>
+      </c>
+      <c r="G22" s="55" t="s">
+        <v>735</v>
+      </c>
+      <c r="H22" s="34"/>
+      <c r="I22" s="34"/>
+      <c r="J22" s="57" t="s">
+        <v>127</v>
+      </c>
+      <c r="K22" s="47" t="s">
+        <v>1037</v>
       </c>
     </row>
-    <row r="7" spans="1:13" s="15" customFormat="1" ht="168.75" x14ac:dyDescent="0.4">
-[...553 lines deleted...]
-    <row r="23" spans="1:11" s="9" customFormat="1" ht="313.5" x14ac:dyDescent="0.4">
+    <row r="23" spans="1:13" s="18" customFormat="1" ht="78.75" x14ac:dyDescent="0.4">
       <c r="A23" s="19">
         <v>20</v>
       </c>
-      <c r="B23" s="20" t="s">
-[...18 lines deleted...]
-      <c r="I23" s="42"/>
+      <c r="B23" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" s="25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" s="22" t="s">
+        <v>736</v>
+      </c>
+      <c r="E23" s="23" t="s">
+        <v>120</v>
+      </c>
+      <c r="F23" s="23" t="s">
+        <v>737</v>
+      </c>
+      <c r="G23" s="24" t="s">
+        <v>96</v>
+      </c>
+      <c r="H23" s="24" t="s">
+        <v>250</v>
+      </c>
+      <c r="I23" s="20"/>
       <c r="J23" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="K23" s="48" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" s="18" customFormat="1" ht="112.5" x14ac:dyDescent="0.4">
+      <c r="A24" s="19">
+        <v>21</v>
+      </c>
+      <c r="B24" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="C24" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="D24" s="22" t="s">
+        <v>230</v>
+      </c>
+      <c r="E24" s="23" t="s">
+        <v>251</v>
+      </c>
+      <c r="F24" s="23" t="s">
+        <v>252</v>
+      </c>
+      <c r="G24" s="24" t="s">
+        <v>253</v>
+      </c>
+      <c r="H24" s="20"/>
+      <c r="I24" s="20"/>
+      <c r="J24" s="21" t="s">
+        <v>119</v>
+      </c>
+      <c r="K24" s="44" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" s="18" customFormat="1" ht="67.5" x14ac:dyDescent="0.4">
+      <c r="A25" s="19">
+        <v>22</v>
+      </c>
+      <c r="B25" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="C25" s="25" t="s">
+        <v>28</v>
+      </c>
+      <c r="D25" s="22" t="s">
+        <v>83</v>
+      </c>
+      <c r="E25" s="23" t="s">
+        <v>123</v>
+      </c>
+      <c r="F25" s="23" t="s">
+        <v>124</v>
+      </c>
+      <c r="G25" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="H25" s="24"/>
+      <c r="I25" s="20"/>
+      <c r="J25" s="21" t="s">
+        <v>254</v>
+      </c>
+      <c r="K25" s="44" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" ht="90" x14ac:dyDescent="0.4">
+      <c r="A26" s="19">
+        <v>23</v>
+      </c>
+      <c r="B26" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="C26" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="22" t="s">
+        <v>84</v>
+      </c>
+      <c r="E26" s="23" t="s">
+        <v>739</v>
+      </c>
+      <c r="F26" s="23" t="s">
         <v>125</v>
       </c>
-      <c r="K23" s="20" t="s">
-        <v>826</v>
+      <c r="G26" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="H26" s="20"/>
+      <c r="I26" s="20"/>
+      <c r="J26" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="K26" s="44" t="s">
+        <v>740</v>
       </c>
     </row>
-    <row r="24" spans="1:11" s="9" customFormat="1" ht="148.5" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B24" s="17" t="s">
+    <row r="27" spans="1:13" s="18" customFormat="1" ht="56.25" x14ac:dyDescent="0.4">
+      <c r="A27" s="19">
+        <v>24</v>
+      </c>
+      <c r="B27" s="36" t="s">
         <v>14</v>
       </c>
-      <c r="C24" s="17" t="s">
-[...22 lines deleted...]
-        <v>784</v>
+      <c r="C27" s="25" t="s">
+        <v>30</v>
+      </c>
+      <c r="D27" s="38" t="s">
+        <v>86</v>
+      </c>
+      <c r="E27" s="23" t="s">
+        <v>128</v>
+      </c>
+      <c r="F27" s="23" t="s">
+        <v>129</v>
+      </c>
+      <c r="G27" s="24" t="s">
+        <v>255</v>
+      </c>
+      <c r="H27" s="20"/>
+      <c r="I27" s="20"/>
+      <c r="J27" s="21" t="s">
+        <v>256</v>
+      </c>
+      <c r="K27" s="44" t="s">
+        <v>1021</v>
       </c>
     </row>
-    <row r="25" spans="1:11" s="15" customFormat="1" ht="198" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B25" s="17" t="s">
+    <row r="28" spans="1:13" s="18" customFormat="1" ht="138" x14ac:dyDescent="0.4">
+      <c r="A28" s="19">
+        <v>25</v>
+      </c>
+      <c r="B28" s="36" t="s">
         <v>14</v>
       </c>
-      <c r="C25" s="17" t="s">
-[...16 lines deleted...]
-      <c r="J25" s="18" t="s">
+      <c r="C28" s="25" t="s">
+        <v>31</v>
+      </c>
+      <c r="D28" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="E28" s="23" t="s">
+        <v>257</v>
+      </c>
+      <c r="F28" s="23" t="s">
+        <v>258</v>
+      </c>
+      <c r="G28" s="24" t="s">
+        <v>212</v>
+      </c>
+      <c r="H28" s="24" t="s">
+        <v>259</v>
+      </c>
+      <c r="I28" s="24" t="s">
+        <v>260</v>
+      </c>
+      <c r="J28" s="21" t="s">
+        <v>130</v>
+      </c>
+      <c r="K28" s="44" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" s="18" customFormat="1" ht="78.75" x14ac:dyDescent="0.4">
+      <c r="A29" s="19">
+        <v>26</v>
+      </c>
+      <c r="B29" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="C29" s="25" t="s">
+        <v>85</v>
+      </c>
+      <c r="D29" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="E29" s="23" t="s">
+        <v>232</v>
+      </c>
+      <c r="F29" s="23" t="s">
+        <v>233</v>
+      </c>
+      <c r="G29" s="24" t="s">
+        <v>741</v>
+      </c>
+      <c r="H29" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="I29" s="24" t="s">
+        <v>262</v>
+      </c>
+      <c r="J29" s="21" t="s">
+        <v>130</v>
+      </c>
+      <c r="K29" s="44" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" s="18" customFormat="1" ht="67.5" x14ac:dyDescent="0.4">
+      <c r="A30" s="19">
+        <v>27</v>
+      </c>
+      <c r="B30" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" s="25" t="s">
+        <v>87</v>
+      </c>
+      <c r="D30" s="22" t="s">
+        <v>675</v>
+      </c>
+      <c r="E30" s="23" t="s">
+        <v>263</v>
+      </c>
+      <c r="F30" s="23" t="s">
+        <v>264</v>
+      </c>
+      <c r="G30" s="24" t="s">
+        <v>265</v>
+      </c>
+      <c r="H30" s="20"/>
+      <c r="I30" s="20"/>
+      <c r="J30" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="K30" s="44" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" s="18" customFormat="1" ht="101.25" x14ac:dyDescent="0.4">
+      <c r="A31" s="19">
+        <v>28</v>
+      </c>
+      <c r="B31" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="25" t="s">
+        <v>666</v>
+      </c>
+      <c r="D31" s="22" t="s">
+        <v>742</v>
+      </c>
+      <c r="E31" s="23" t="s">
+        <v>266</v>
+      </c>
+      <c r="F31" s="23" t="s">
+        <v>210</v>
+      </c>
+      <c r="G31" s="24" t="s">
+        <v>743</v>
+      </c>
+      <c r="H31" s="24" t="s">
+        <v>267</v>
+      </c>
+      <c r="I31" s="20"/>
+      <c r="J31" s="21" t="s">
         <v>122</v>
       </c>
-      <c r="K25" s="17" t="s">
-        <v>937</v>
+      <c r="K31" s="44" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="26" spans="1:11" s="15" customFormat="1" ht="99" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B26" s="17" t="s">
+    <row r="32" spans="1:13" s="18" customFormat="1" ht="90" x14ac:dyDescent="0.4">
+      <c r="A32" s="19">
+        <v>29</v>
+      </c>
+      <c r="B32" s="36" t="s">
         <v>14</v>
       </c>
-      <c r="C26" s="17" t="s">
-[...16 lines deleted...]
-      <c r="J26" s="18" t="s">
+      <c r="C32" s="25" t="s">
+        <v>156</v>
+      </c>
+      <c r="D32" s="22" t="s">
+        <v>676</v>
+      </c>
+      <c r="E32" s="23" t="s">
+        <v>268</v>
+      </c>
+      <c r="F32" s="23" t="s">
+        <v>269</v>
+      </c>
+      <c r="G32" s="24" t="s">
+        <v>270</v>
+      </c>
+      <c r="H32" s="20"/>
+      <c r="I32" s="20"/>
+      <c r="J32" s="21" t="s">
+        <v>271</v>
+      </c>
+      <c r="K32" s="44" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" s="18" customFormat="1" ht="101.25" x14ac:dyDescent="0.4">
+      <c r="A33" s="19">
+        <v>30</v>
+      </c>
+      <c r="B33" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="C33" s="25" t="s">
+        <v>205</v>
+      </c>
+      <c r="D33" s="22" t="s">
+        <v>744</v>
+      </c>
+      <c r="E33" s="23" t="s">
+        <v>745</v>
+      </c>
+      <c r="F33" s="23" t="s">
+        <v>272</v>
+      </c>
+      <c r="G33" s="24" t="s">
+        <v>273</v>
+      </c>
+      <c r="H33" s="20"/>
+      <c r="I33" s="20"/>
+      <c r="J33" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="K33" s="45" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" ht="86.25" x14ac:dyDescent="0.4">
+      <c r="A34" s="19">
+        <v>31</v>
+      </c>
+      <c r="B34" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="C34" s="19" t="s">
         <v>274</v>
       </c>
-      <c r="K26" s="17" t="s">
-        <v>735</v>
+      <c r="D34" s="22" t="s">
+        <v>275</v>
+      </c>
+      <c r="E34" s="39" t="s">
+        <v>746</v>
+      </c>
+      <c r="F34" s="39" t="s">
+        <v>276</v>
+      </c>
+      <c r="G34" s="39" t="s">
+        <v>277</v>
+      </c>
+      <c r="H34" s="39" t="s">
+        <v>278</v>
+      </c>
+      <c r="I34" s="39" t="s">
+        <v>279</v>
+      </c>
+      <c r="J34" s="37" t="s">
+        <v>74</v>
+      </c>
+      <c r="K34" s="44" t="s">
+        <v>1022</v>
       </c>
     </row>
-    <row r="27" spans="1:11" ht="132" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B27" s="17" t="s">
+    <row r="35" spans="1:11" ht="120.75" x14ac:dyDescent="0.4">
+      <c r="A35" s="19">
+        <v>32</v>
+      </c>
+      <c r="B35" s="36" t="s">
         <v>14</v>
       </c>
-      <c r="C27" s="17" t="s">
-[...20 lines deleted...]
-        <v>183</v>
+      <c r="C35" s="19" t="s">
+        <v>280</v>
+      </c>
+      <c r="D35" s="22" t="s">
+        <v>281</v>
+      </c>
+      <c r="E35" s="39" t="s">
+        <v>282</v>
+      </c>
+      <c r="F35" s="39" t="s">
+        <v>283</v>
+      </c>
+      <c r="G35" s="39" t="s">
+        <v>284</v>
+      </c>
+      <c r="H35" s="40"/>
+      <c r="I35" s="40"/>
+      <c r="J35" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="K35" s="44" t="s">
+        <v>983</v>
       </c>
     </row>
-    <row r="28" spans="1:11" s="15" customFormat="1" ht="99" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B28" s="17" t="s">
+    <row r="36" spans="1:11" ht="103.5" x14ac:dyDescent="0.4">
+      <c r="A36" s="19">
+        <v>33</v>
+      </c>
+      <c r="B36" s="36" t="s">
         <v>14</v>
       </c>
-      <c r="C28" s="17" t="s">
-[...20 lines deleted...]
-        <v>827</v>
+      <c r="C36" s="19" t="s">
+        <v>285</v>
+      </c>
+      <c r="D36" s="22" t="s">
+        <v>286</v>
+      </c>
+      <c r="E36" s="39" t="s">
+        <v>287</v>
+      </c>
+      <c r="F36" s="39" t="s">
+        <v>288</v>
+      </c>
+      <c r="G36" s="39" t="s">
+        <v>289</v>
+      </c>
+      <c r="H36" s="39" t="s">
+        <v>290</v>
+      </c>
+      <c r="I36" s="39" t="s">
+        <v>291</v>
+      </c>
+      <c r="J36" s="37" t="s">
+        <v>103</v>
+      </c>
+      <c r="K36" s="44" t="s">
+        <v>984</v>
       </c>
     </row>
-    <row r="29" spans="1:11" s="15" customFormat="1" ht="168.75" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B29" s="17" t="s">
+    <row r="37" spans="1:11" ht="78.75" x14ac:dyDescent="0.4">
+      <c r="A37" s="19">
+        <v>34</v>
+      </c>
+      <c r="B37" s="36" t="s">
         <v>14</v>
       </c>
-      <c r="C29" s="17" t="s">
-[...24 lines deleted...]
-        <v>742</v>
+      <c r="C37" s="19" t="s">
+        <v>292</v>
+      </c>
+      <c r="D37" s="22" t="s">
+        <v>747</v>
+      </c>
+      <c r="E37" s="39" t="s">
+        <v>293</v>
+      </c>
+      <c r="F37" s="39" t="s">
+        <v>294</v>
+      </c>
+      <c r="G37" s="41" t="s">
+        <v>295</v>
+      </c>
+      <c r="H37" s="41" t="s">
+        <v>296</v>
+      </c>
+      <c r="I37" s="41" t="s">
+        <v>297</v>
+      </c>
+      <c r="J37" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="K37" s="44" t="s">
+        <v>951</v>
       </c>
     </row>
-    <row r="30" spans="1:11" s="15" customFormat="1" ht="132" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B30" s="17" t="s">
+    <row r="38" spans="1:11" ht="101.25" x14ac:dyDescent="0.4">
+      <c r="A38" s="19">
+        <v>35</v>
+      </c>
+      <c r="B38" s="36" t="s">
         <v>14</v>
       </c>
-      <c r="C30" s="17" t="s">
-[...24 lines deleted...]
-        <v>761</v>
+      <c r="C38" s="19" t="s">
+        <v>298</v>
+      </c>
+      <c r="D38" s="22" t="s">
+        <v>299</v>
+      </c>
+      <c r="E38" s="39" t="s">
+        <v>748</v>
+      </c>
+      <c r="F38" s="39" t="s">
+        <v>749</v>
+      </c>
+      <c r="G38" s="41" t="s">
+        <v>300</v>
+      </c>
+      <c r="H38" s="20"/>
+      <c r="I38" s="20"/>
+      <c r="J38" s="37" t="s">
+        <v>51</v>
+      </c>
+      <c r="K38" s="44" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="31" spans="1:11" s="15" customFormat="1" ht="99" x14ac:dyDescent="0.4">
-[...27 lines deleted...]
-        <v>828</v>
+    <row r="39" spans="1:11" ht="56.25" x14ac:dyDescent="0.4">
+      <c r="A39" s="30">
+        <v>36</v>
+      </c>
+      <c r="B39" s="29" t="s">
+        <v>15</v>
+      </c>
+      <c r="C39" s="30" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" s="31" t="s">
+        <v>61</v>
+      </c>
+      <c r="E39" s="33" t="s">
+        <v>91</v>
+      </c>
+      <c r="F39" s="33" t="s">
+        <v>234</v>
+      </c>
+      <c r="G39" s="33" t="s">
+        <v>235</v>
+      </c>
+      <c r="H39" s="33" t="s">
+        <v>157</v>
+      </c>
+      <c r="I39" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="J39" s="35" t="s">
+        <v>62</v>
+      </c>
+      <c r="K39" s="47" t="s">
+        <v>985</v>
       </c>
     </row>
-    <row r="32" spans="1:11" s="15" customFormat="1" ht="132" x14ac:dyDescent="0.4">
-[...29 lines deleted...]
-        <v>765</v>
+    <row r="40" spans="1:11" ht="69" x14ac:dyDescent="0.4">
+      <c r="A40" s="30">
+        <v>37</v>
+      </c>
+      <c r="B40" s="29" t="s">
+        <v>15</v>
+      </c>
+      <c r="C40" s="30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D40" s="31" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E40" s="33" t="s">
+        <v>92</v>
+      </c>
+      <c r="F40" s="33" t="s">
+        <v>93</v>
+      </c>
+      <c r="G40" s="33" t="s">
+        <v>958</v>
+      </c>
+      <c r="H40" s="33" t="s">
+        <v>159</v>
+      </c>
+      <c r="I40" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="J40" s="35" t="s">
+        <v>63</v>
+      </c>
+      <c r="K40" s="47" t="s">
+        <v>986</v>
       </c>
     </row>
-    <row r="33" spans="1:11" s="15" customFormat="1" ht="132" x14ac:dyDescent="0.4">
-[...27 lines deleted...]
-        <v>766</v>
+    <row r="41" spans="1:11" ht="90" x14ac:dyDescent="0.4">
+      <c r="A41" s="30">
+        <v>38</v>
+      </c>
+      <c r="B41" s="29" t="s">
+        <v>15</v>
+      </c>
+      <c r="C41" s="30" t="s">
+        <v>33</v>
+      </c>
+      <c r="D41" s="31" t="s">
+        <v>9</v>
+      </c>
+      <c r="E41" s="33" t="s">
+        <v>94</v>
+      </c>
+      <c r="F41" s="33" t="s">
+        <v>959</v>
+      </c>
+      <c r="G41" s="33" t="s">
+        <v>960</v>
+      </c>
+      <c r="H41" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="I41" s="33" t="s">
+        <v>162</v>
+      </c>
+      <c r="J41" s="35" t="s">
+        <v>64</v>
+      </c>
+      <c r="K41" s="47" t="s">
+        <v>664</v>
       </c>
     </row>
-    <row r="34" spans="1:11" s="15" customFormat="1" ht="148.5" x14ac:dyDescent="0.4">
-[...27 lines deleted...]
-        <v>212</v>
+    <row r="42" spans="1:11" ht="101.25" x14ac:dyDescent="0.4">
+      <c r="A42" s="30">
+        <v>39</v>
+      </c>
+      <c r="B42" s="29" t="s">
+        <v>15</v>
+      </c>
+      <c r="C42" s="30" t="s">
+        <v>34</v>
+      </c>
+      <c r="D42" s="31" t="s">
+        <v>961</v>
+      </c>
+      <c r="E42" s="58" t="s">
+        <v>962</v>
+      </c>
+      <c r="F42" s="58" t="s">
+        <v>963</v>
+      </c>
+      <c r="G42" s="33" t="s">
+        <v>964</v>
+      </c>
+      <c r="H42" s="33" t="s">
+        <v>965</v>
+      </c>
+      <c r="I42" s="33" t="s">
+        <v>966</v>
+      </c>
+      <c r="J42" s="35" t="s">
+        <v>967</v>
+      </c>
+      <c r="K42" s="47" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="35" spans="1:11" ht="93.75" x14ac:dyDescent="0.4">
-[...31 lines deleted...]
-        <v>769</v>
+    <row r="43" spans="1:11" ht="123.75" x14ac:dyDescent="0.4">
+      <c r="A43" s="30">
+        <v>40</v>
+      </c>
+      <c r="B43" s="29" t="s">
+        <v>15</v>
+      </c>
+      <c r="C43" s="30" t="s">
+        <v>163</v>
+      </c>
+      <c r="D43" s="31" t="s">
+        <v>968</v>
+      </c>
+      <c r="E43" s="58" t="s">
+        <v>302</v>
+      </c>
+      <c r="F43" s="58" t="s">
+        <v>303</v>
+      </c>
+      <c r="G43" s="33" t="s">
+        <v>304</v>
+      </c>
+      <c r="H43" s="33" t="s">
+        <v>305</v>
+      </c>
+      <c r="I43" s="33" t="s">
+        <v>305</v>
+      </c>
+      <c r="J43" s="35" t="s">
+        <v>122</v>
+      </c>
+      <c r="K43" s="47" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="36" spans="1:11" s="23" customFormat="1" ht="115.5" x14ac:dyDescent="0.4">
-[...27 lines deleted...]
-        <v>752</v>
+    <row r="44" spans="1:11" ht="56.25" x14ac:dyDescent="0.4">
+      <c r="A44" s="30">
+        <v>41</v>
+      </c>
+      <c r="B44" s="29" t="s">
+        <v>15</v>
+      </c>
+      <c r="C44" s="30" t="s">
+        <v>203</v>
+      </c>
+      <c r="D44" s="31" t="s">
+        <v>306</v>
+      </c>
+      <c r="E44" s="58" t="s">
+        <v>301</v>
+      </c>
+      <c r="F44" s="58" t="s">
+        <v>307</v>
+      </c>
+      <c r="G44" s="33" t="s">
+        <v>308</v>
+      </c>
+      <c r="H44" s="33" t="s">
+        <v>309</v>
+      </c>
+      <c r="I44" s="34"/>
+      <c r="J44" s="35" t="s">
+        <v>969</v>
+      </c>
+      <c r="K44" s="46" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="37" spans="1:11" s="23" customFormat="1" ht="132" x14ac:dyDescent="0.4">
-[...271 lines deleted...]
-    <row r="45" spans="1:11" s="23" customFormat="1" ht="165" x14ac:dyDescent="0.4">
+    <row r="45" spans="1:11" ht="90" x14ac:dyDescent="0.4">
       <c r="A45" s="19">
         <v>42</v>
       </c>
-      <c r="B45" s="20" t="s">
-        <v>15</v>
+      <c r="B45" s="36" t="s">
+        <v>4</v>
       </c>
       <c r="C45" s="19" t="s">
-        <v>211</v>
-[...8 lines deleted...]
-        <v>964</v>
+        <v>35</v>
+      </c>
+      <c r="D45" s="22" t="s">
+        <v>310</v>
+      </c>
+      <c r="E45" s="39" t="s">
+        <v>750</v>
+      </c>
+      <c r="F45" s="39" t="s">
+        <v>751</v>
       </c>
       <c r="G45" s="41" t="s">
-        <v>963</v>
-[...11 lines deleted...]
-        <v>737</v>
+        <v>311</v>
+      </c>
+      <c r="H45" s="60"/>
+      <c r="I45" s="60"/>
+      <c r="J45" s="21" t="s">
+        <v>752</v>
+      </c>
+      <c r="K45" s="44" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="46" spans="1:11" s="23" customFormat="1" ht="198" x14ac:dyDescent="0.4">
+    <row r="46" spans="1:11" ht="56.25" x14ac:dyDescent="0.4">
       <c r="A46" s="19">
         <v>43</v>
       </c>
-      <c r="B46" s="20" t="s">
-        <v>15</v>
+      <c r="B46" s="36" t="s">
+        <v>4</v>
       </c>
       <c r="C46" s="19" t="s">
-        <v>212</v>
-[...4 lines deleted...]
-      <c r="E46" s="43" t="s">
+        <v>667</v>
+      </c>
+      <c r="D46" s="22" t="s">
+        <v>416</v>
+      </c>
+      <c r="E46" s="39" t="s">
         <v>324</v>
       </c>
-      <c r="F46" s="43" t="s">
+      <c r="F46" s="39" t="s">
         <v>325</v>
       </c>
       <c r="G46" s="41" t="s">
-        <v>326</v>
+        <v>753</v>
       </c>
       <c r="H46" s="41" t="s">
-        <v>327</v>
+        <v>417</v>
       </c>
       <c r="I46" s="41" t="s">
-        <v>327</v>
-[...5 lines deleted...]
-        <v>803</v>
+        <v>164</v>
+      </c>
+      <c r="J46" s="21" t="s">
+        <v>754</v>
+      </c>
+      <c r="K46" s="44" t="s">
+        <v>987</v>
       </c>
     </row>
-    <row r="47" spans="1:11" s="23" customFormat="1" ht="99" x14ac:dyDescent="0.4">
+    <row r="47" spans="1:11" ht="67.5" x14ac:dyDescent="0.4">
       <c r="A47" s="19">
         <v>44</v>
       </c>
-      <c r="B47" s="20" t="s">
-        <v>15</v>
+      <c r="B47" s="36" t="s">
+        <v>4</v>
       </c>
       <c r="C47" s="19" t="s">
+        <v>653</v>
+      </c>
+      <c r="D47" s="22" t="s">
+        <v>755</v>
+      </c>
+      <c r="E47" s="41" t="s">
+        <v>756</v>
+      </c>
+      <c r="F47" s="41" t="s">
+        <v>757</v>
+      </c>
+      <c r="G47" s="41" t="s">
+        <v>758</v>
+      </c>
+      <c r="H47" s="60"/>
+      <c r="I47" s="60"/>
+      <c r="J47" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="K47" s="48" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11" ht="138" x14ac:dyDescent="0.4">
+      <c r="A48" s="19">
+        <v>45</v>
+      </c>
+      <c r="B48" s="36" t="s">
+        <v>4</v>
+      </c>
+      <c r="C48" s="19" t="s">
+        <v>654</v>
+      </c>
+      <c r="D48" s="22" t="s">
         <v>313</v>
       </c>
-      <c r="D47" s="50" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="43" t="s">
+      <c r="E48" s="41" t="s">
         <v>314</v>
       </c>
-      <c r="F47" s="43" t="s">
-[...13 lines deleted...]
-        <v>737</v>
+      <c r="F48" s="41" t="s">
+        <v>315</v>
+      </c>
+      <c r="G48" s="41" t="s">
+        <v>316</v>
+      </c>
+      <c r="H48" s="41" t="s">
+        <v>317</v>
+      </c>
+      <c r="I48" s="41" t="s">
+        <v>759</v>
+      </c>
+      <c r="J48" s="21" t="s">
+        <v>130</v>
+      </c>
+      <c r="K48" s="44" t="s">
+        <v>988</v>
       </c>
     </row>
-    <row r="48" spans="1:11" s="23" customFormat="1" ht="132" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B48" s="17" t="s">
+    <row r="49" spans="1:11" ht="86.25" x14ac:dyDescent="0.4">
+      <c r="A49" s="19">
+        <v>46</v>
+      </c>
+      <c r="B49" s="36" t="s">
         <v>4</v>
       </c>
-      <c r="C48" s="16" t="s">
-[...20 lines deleted...]
-        <v>737</v>
+      <c r="C49" s="19" t="s">
+        <v>668</v>
+      </c>
+      <c r="D49" s="22" t="s">
+        <v>318</v>
+      </c>
+      <c r="E49" s="41" t="s">
+        <v>319</v>
+      </c>
+      <c r="F49" s="41" t="s">
+        <v>320</v>
+      </c>
+      <c r="G49" s="41" t="s">
+        <v>321</v>
+      </c>
+      <c r="H49" s="41" t="s">
+        <v>322</v>
+      </c>
+      <c r="I49" s="41" t="s">
+        <v>323</v>
+      </c>
+      <c r="J49" s="21" t="s">
+        <v>238</v>
+      </c>
+      <c r="K49" s="44" t="s">
+        <v>989</v>
       </c>
     </row>
-    <row r="49" spans="1:11" s="23" customFormat="1" ht="99" x14ac:dyDescent="0.4">
-[...31 lines deleted...]
-        <v>778</v>
+    <row r="50" spans="1:11" ht="120.75" x14ac:dyDescent="0.4">
+      <c r="A50" s="30">
+        <v>47</v>
+      </c>
+      <c r="B50" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="C50" s="30" t="s">
+        <v>36</v>
+      </c>
+      <c r="D50" s="31" t="s">
+        <v>192</v>
+      </c>
+      <c r="E50" s="33" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F50" s="33" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G50" s="33" t="s">
+        <v>1041</v>
+      </c>
+      <c r="H50" s="33" t="s">
+        <v>165</v>
+      </c>
+      <c r="I50" s="33" t="s">
+        <v>166</v>
+      </c>
+      <c r="J50" s="35" t="s">
+        <v>152</v>
+      </c>
+      <c r="K50" s="49" t="s">
+        <v>990</v>
       </c>
     </row>
-    <row r="50" spans="1:11" s="23" customFormat="1" ht="132" x14ac:dyDescent="0.4">
-[...27 lines deleted...]
-        <v>741</v>
+    <row r="51" spans="1:11" ht="86.25" x14ac:dyDescent="0.4">
+      <c r="A51" s="30">
+        <v>48</v>
+      </c>
+      <c r="B51" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="C51" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="D51" s="31" t="s">
+        <v>193</v>
+      </c>
+      <c r="E51" s="33" t="s">
+        <v>194</v>
+      </c>
+      <c r="F51" s="33" t="s">
+        <v>195</v>
+      </c>
+      <c r="G51" s="33" t="s">
+        <v>1042</v>
+      </c>
+      <c r="H51" s="61" t="s">
+        <v>196</v>
+      </c>
+      <c r="I51" s="61" t="s">
+        <v>1043</v>
+      </c>
+      <c r="J51" s="62" t="s">
+        <v>52</v>
+      </c>
+      <c r="K51" s="47" t="s">
+        <v>1044</v>
       </c>
     </row>
-    <row r="51" spans="1:11" s="23" customFormat="1" ht="168.75" x14ac:dyDescent="0.4">
-[...31 lines deleted...]
-        <v>745</v>
+    <row r="52" spans="1:11" ht="45" x14ac:dyDescent="0.4">
+      <c r="A52" s="30">
+        <v>49</v>
+      </c>
+      <c r="B52" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="C52" s="30" t="s">
+        <v>197</v>
+      </c>
+      <c r="D52" s="31" t="s">
+        <v>198</v>
+      </c>
+      <c r="E52" s="58" t="s">
+        <v>199</v>
+      </c>
+      <c r="F52" s="58" t="s">
+        <v>200</v>
+      </c>
+      <c r="G52" s="33" t="s">
+        <v>213</v>
+      </c>
+      <c r="H52" s="33" t="s">
+        <v>201</v>
+      </c>
+      <c r="I52" s="34"/>
+      <c r="J52" s="63" t="s">
+        <v>122</v>
+      </c>
+      <c r="K52" s="46" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="52" spans="1:11" s="23" customFormat="1" ht="99" x14ac:dyDescent="0.4">
-[...31 lines deleted...]
-        <v>804</v>
+    <row r="53" spans="1:11" ht="90" x14ac:dyDescent="0.4">
+      <c r="A53" s="30">
+        <v>50</v>
+      </c>
+      <c r="B53" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="C53" s="30" t="s">
+        <v>760</v>
+      </c>
+      <c r="D53" s="31" t="s">
+        <v>761</v>
+      </c>
+      <c r="E53" s="58" t="s">
+        <v>762</v>
+      </c>
+      <c r="F53" s="58" t="s">
+        <v>763</v>
+      </c>
+      <c r="G53" s="33" t="s">
+        <v>764</v>
+      </c>
+      <c r="H53" s="33" t="s">
+        <v>765</v>
+      </c>
+      <c r="I53" s="33" t="s">
+        <v>766</v>
+      </c>
+      <c r="J53" s="63" t="s">
+        <v>122</v>
+      </c>
+      <c r="K53" s="46" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="53" spans="1:11" s="23" customFormat="1" ht="165" x14ac:dyDescent="0.4">
-[...34 lines deleted...]
-    <row r="54" spans="1:11" s="23" customFormat="1" ht="115.5" x14ac:dyDescent="0.4">
+    <row r="54" spans="1:11" ht="56.25" x14ac:dyDescent="0.4">
       <c r="A54" s="19">
         <v>51</v>
       </c>
-      <c r="B54" s="20" t="s">
-        <v>16</v>
+      <c r="B54" s="36" t="s">
+        <v>17</v>
       </c>
       <c r="C54" s="19" t="s">
-        <v>33</v>
-[...23 lines deleted...]
-        <v>805</v>
+        <v>38</v>
+      </c>
+      <c r="D54" s="22" t="s">
+        <v>326</v>
+      </c>
+      <c r="E54" s="24" t="s">
+        <v>669</v>
+      </c>
+      <c r="F54" s="24" t="s">
+        <v>327</v>
+      </c>
+      <c r="G54" s="24" t="s">
+        <v>97</v>
+      </c>
+      <c r="H54" s="24" t="s">
+        <v>328</v>
+      </c>
+      <c r="I54" s="24" t="s">
+        <v>329</v>
+      </c>
+      <c r="J54" s="21" t="s">
+        <v>236</v>
+      </c>
+      <c r="K54" s="44" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="55" spans="1:11" s="23" customFormat="1" ht="66" x14ac:dyDescent="0.4">
+    <row r="55" spans="1:11" ht="67.5" x14ac:dyDescent="0.4">
       <c r="A55" s="19">
         <v>52</v>
       </c>
-      <c r="B55" s="20" t="s">
-        <v>16</v>
+      <c r="B55" s="36" t="s">
+        <v>17</v>
       </c>
       <c r="C55" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="D55" s="22" t="s">
+        <v>207</v>
+      </c>
+      <c r="E55" s="24" t="s">
+        <v>767</v>
+      </c>
+      <c r="F55" s="24" t="s">
+        <v>768</v>
+      </c>
+      <c r="G55" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="H55" s="24" t="s">
+        <v>330</v>
+      </c>
+      <c r="I55" s="24" t="s">
+        <v>331</v>
+      </c>
+      <c r="J55" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="K55" s="44" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11" ht="86.25" x14ac:dyDescent="0.4">
+      <c r="A56" s="19">
+        <v>53</v>
+      </c>
+      <c r="B56" s="36" t="s">
+        <v>17</v>
+      </c>
+      <c r="C56" s="19" t="s">
+        <v>40</v>
+      </c>
+      <c r="D56" s="22" t="s">
+        <v>208</v>
+      </c>
+      <c r="E56" s="26" t="s">
+        <v>332</v>
+      </c>
+      <c r="F56" s="26" t="s">
+        <v>333</v>
+      </c>
+      <c r="G56" s="24" t="s">
+        <v>79</v>
+      </c>
+      <c r="H56" s="24" t="s">
+        <v>167</v>
+      </c>
+      <c r="I56" s="20"/>
+      <c r="J56" s="21" t="s">
         <v>204</v>
       </c>
-      <c r="D55" s="50" t="s">
-[...8 lines deleted...]
-      <c r="G55" s="41" t="s">
+      <c r="K56" s="44" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" ht="123.75" x14ac:dyDescent="0.4">
+      <c r="A57" s="19">
+        <v>54</v>
+      </c>
+      <c r="B57" s="36" t="s">
+        <v>17</v>
+      </c>
+      <c r="C57" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="D57" s="22" t="s">
+        <v>202</v>
+      </c>
+      <c r="E57" s="26" t="s">
+        <v>334</v>
+      </c>
+      <c r="F57" s="26" t="s">
+        <v>769</v>
+      </c>
+      <c r="G57" s="24" t="s">
+        <v>335</v>
+      </c>
+      <c r="H57" s="20"/>
+      <c r="I57" s="20"/>
+      <c r="J57" s="21" t="s">
+        <v>336</v>
+      </c>
+      <c r="K57" s="44" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" ht="86.25" x14ac:dyDescent="0.4">
+      <c r="A58" s="19">
+        <v>55</v>
+      </c>
+      <c r="B58" s="36" t="s">
+        <v>17</v>
+      </c>
+      <c r="C58" s="25" t="s">
+        <v>42</v>
+      </c>
+      <c r="D58" s="22" t="s">
+        <v>418</v>
+      </c>
+      <c r="E58" s="24" t="s">
+        <v>419</v>
+      </c>
+      <c r="F58" s="24" t="s">
+        <v>337</v>
+      </c>
+      <c r="G58" s="24" t="s">
+        <v>420</v>
+      </c>
+      <c r="H58" s="20"/>
+      <c r="I58" s="20"/>
+      <c r="J58" s="21" t="s">
+        <v>338</v>
+      </c>
+      <c r="K58" s="44" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11" ht="56.25" x14ac:dyDescent="0.4">
+      <c r="A59" s="19">
+        <v>56</v>
+      </c>
+      <c r="B59" s="36" t="s">
+        <v>17</v>
+      </c>
+      <c r="C59" s="25" t="s">
         <v>225</v>
       </c>
-      <c r="H55" s="41" t="s">
-[...7 lines deleted...]
-        <v>737</v>
+      <c r="D59" s="22" t="s">
+        <v>339</v>
+      </c>
+      <c r="E59" s="26" t="s">
+        <v>340</v>
+      </c>
+      <c r="F59" s="26" t="s">
+        <v>341</v>
+      </c>
+      <c r="G59" s="26" t="s">
+        <v>342</v>
+      </c>
+      <c r="H59" s="24" t="s">
+        <v>343</v>
+      </c>
+      <c r="I59" s="20"/>
+      <c r="J59" s="21" t="s">
+        <v>770</v>
+      </c>
+      <c r="K59" s="44" t="s">
+        <v>954</v>
       </c>
     </row>
-    <row r="56" spans="1:11" s="23" customFormat="1" ht="82.5" x14ac:dyDescent="0.4">
-[...9 lines deleted...]
-      <c r="D56" s="48" t="s">
+    <row r="60" spans="1:11" ht="138" x14ac:dyDescent="0.4">
+      <c r="A60" s="19">
+        <v>57</v>
+      </c>
+      <c r="B60" s="36" t="s">
+        <v>17</v>
+      </c>
+      <c r="C60" s="25" t="s">
+        <v>226</v>
+      </c>
+      <c r="D60" s="22" t="s">
+        <v>771</v>
+      </c>
+      <c r="E60" s="24" t="s">
+        <v>772</v>
+      </c>
+      <c r="F60" s="24" t="s">
+        <v>773</v>
+      </c>
+      <c r="G60" s="24" t="s">
+        <v>774</v>
+      </c>
+      <c r="H60" s="24" t="s">
+        <v>775</v>
+      </c>
+      <c r="I60" s="20"/>
+      <c r="J60" s="21" t="s">
+        <v>243</v>
+      </c>
+      <c r="K60" s="44" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11" ht="90" x14ac:dyDescent="0.4">
+      <c r="A61" s="30">
+        <v>58</v>
+      </c>
+      <c r="B61" s="29" t="s">
+        <v>344</v>
+      </c>
+      <c r="C61" s="53" t="s">
+        <v>345</v>
+      </c>
+      <c r="D61" s="31" t="s">
+        <v>346</v>
+      </c>
+      <c r="E61" s="58" t="s">
+        <v>347</v>
+      </c>
+      <c r="F61" s="58" t="s">
+        <v>348</v>
+      </c>
+      <c r="G61" s="33" t="s">
         <v>349</v>
       </c>
-      <c r="E56" s="39" t="s">
-[...2 lines deleted...]
-      <c r="F56" s="39" t="s">
+      <c r="H61" s="64" t="s">
         <v>350</v>
       </c>
-      <c r="G56" s="39" t="s">
-[...2 lines deleted...]
-      <c r="H56" s="39" t="s">
+      <c r="I61" s="65" t="s">
         <v>351</v>
       </c>
-      <c r="I56" s="39" t="s">
+      <c r="J61" s="35" t="s">
+        <v>122</v>
+      </c>
+      <c r="K61" s="47" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11" ht="45" x14ac:dyDescent="0.4">
+      <c r="A62" s="30">
+        <v>59</v>
+      </c>
+      <c r="B62" s="29" t="s">
+        <v>344</v>
+      </c>
+      <c r="C62" s="53" t="s">
         <v>352</v>
       </c>
-      <c r="J56" s="18" t="s">
-[...3 lines deleted...]
-        <v>737</v>
+      <c r="D62" s="31" t="s">
+        <v>353</v>
+      </c>
+      <c r="E62" s="58" t="s">
+        <v>354</v>
+      </c>
+      <c r="F62" s="58" t="s">
+        <v>355</v>
+      </c>
+      <c r="G62" s="33" t="s">
+        <v>356</v>
+      </c>
+      <c r="H62" s="64" t="s">
+        <v>357</v>
+      </c>
+      <c r="I62" s="65" t="s">
+        <v>358</v>
+      </c>
+      <c r="J62" s="35" t="s">
+        <v>122</v>
+      </c>
+      <c r="K62" s="47" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="57" spans="1:11" s="23" customFormat="1" ht="99" x14ac:dyDescent="0.4">
-[...31 lines deleted...]
-        <v>785</v>
+    <row r="63" spans="1:11" ht="78.75" x14ac:dyDescent="0.4">
+      <c r="A63" s="30">
+        <v>60</v>
+      </c>
+      <c r="B63" s="29" t="s">
+        <v>344</v>
+      </c>
+      <c r="C63" s="30" t="s">
+        <v>359</v>
+      </c>
+      <c r="D63" s="31" t="s">
+        <v>360</v>
+      </c>
+      <c r="E63" s="64" t="s">
+        <v>361</v>
+      </c>
+      <c r="F63" s="64" t="s">
+        <v>362</v>
+      </c>
+      <c r="G63" s="33" t="s">
+        <v>363</v>
+      </c>
+      <c r="H63" s="33" t="s">
+        <v>364</v>
+      </c>
+      <c r="I63" s="34"/>
+      <c r="J63" s="35" t="s">
+        <v>236</v>
+      </c>
+      <c r="K63" s="47" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="58" spans="1:11" s="23" customFormat="1" ht="82.5" x14ac:dyDescent="0.4">
-[...27 lines deleted...]
-        <v>806</v>
+    <row r="64" spans="1:11" ht="67.5" x14ac:dyDescent="0.4">
+      <c r="A64" s="30">
+        <v>61</v>
+      </c>
+      <c r="B64" s="29" t="s">
+        <v>344</v>
+      </c>
+      <c r="C64" s="30" t="s">
+        <v>670</v>
+      </c>
+      <c r="D64" s="31" t="s">
+        <v>365</v>
+      </c>
+      <c r="E64" s="64" t="s">
+        <v>366</v>
+      </c>
+      <c r="F64" s="64" t="s">
+        <v>367</v>
+      </c>
+      <c r="G64" s="33" t="s">
+        <v>368</v>
+      </c>
+      <c r="H64" s="33" t="s">
+        <v>369</v>
+      </c>
+      <c r="I64" s="33" t="s">
+        <v>370</v>
+      </c>
+      <c r="J64" s="35" t="s">
+        <v>1009</v>
+      </c>
+      <c r="K64" s="46" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="59" spans="1:11" s="23" customFormat="1" ht="93.75" x14ac:dyDescent="0.4">
-[...195 lines deleted...]
-    <row r="65" spans="1:14" s="23" customFormat="1" ht="66" x14ac:dyDescent="0.4">
+    <row r="65" spans="1:11" ht="90" x14ac:dyDescent="0.4">
       <c r="A65" s="19">
         <v>62</v>
       </c>
-      <c r="B65" s="20" t="s">
-[...27 lines deleted...]
-        <v>737</v>
+      <c r="B65" s="36" t="s">
+        <v>18</v>
+      </c>
+      <c r="C65" s="25" t="s">
+        <v>371</v>
+      </c>
+      <c r="D65" s="22" t="s">
+        <v>374</v>
+      </c>
+      <c r="E65" s="26" t="s">
+        <v>776</v>
+      </c>
+      <c r="F65" s="26" t="s">
+        <v>777</v>
+      </c>
+      <c r="G65" s="26" t="s">
+        <v>375</v>
+      </c>
+      <c r="H65" s="24" t="s">
+        <v>778</v>
+      </c>
+      <c r="I65" s="27"/>
+      <c r="J65" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="K65" s="44" t="s">
+        <v>949</v>
       </c>
     </row>
-    <row r="66" spans="1:14" s="23" customFormat="1" ht="99" x14ac:dyDescent="0.4">
+    <row r="66" spans="1:11" ht="67.5" x14ac:dyDescent="0.4">
       <c r="A66" s="19">
         <v>63</v>
       </c>
-      <c r="B66" s="20" t="s">
+      <c r="B66" s="36" t="s">
+        <v>18</v>
+      </c>
+      <c r="C66" s="25" t="s">
         <v>372</v>
       </c>
-      <c r="C66" s="19" t="s">
-[...22 lines deleted...]
-        <v>737</v>
+      <c r="D66" s="22" t="s">
+        <v>779</v>
+      </c>
+      <c r="E66" s="26" t="s">
+        <v>780</v>
+      </c>
+      <c r="F66" s="26" t="s">
+        <v>781</v>
+      </c>
+      <c r="G66" s="24" t="s">
+        <v>782</v>
+      </c>
+      <c r="H66" s="28" t="s">
+        <v>783</v>
+      </c>
+      <c r="I66" s="27"/>
+      <c r="J66" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="K66" s="44" t="s">
+        <v>784</v>
       </c>
     </row>
-    <row r="67" spans="1:14" s="23" customFormat="1" ht="99" x14ac:dyDescent="0.4">
+    <row r="67" spans="1:11" ht="78.75" x14ac:dyDescent="0.4">
       <c r="A67" s="19">
         <v>64</v>
       </c>
-      <c r="B67" s="20" t="s">
-[...27 lines deleted...]
-        <v>737</v>
+      <c r="B67" s="36" t="s">
+        <v>18</v>
+      </c>
+      <c r="C67" s="25" t="s">
+        <v>373</v>
+      </c>
+      <c r="D67" s="22" t="s">
+        <v>785</v>
+      </c>
+      <c r="E67" s="26" t="s">
+        <v>786</v>
+      </c>
+      <c r="F67" s="26" t="s">
+        <v>787</v>
+      </c>
+      <c r="G67" s="24" t="s">
+        <v>788</v>
+      </c>
+      <c r="H67" s="28" t="s">
+        <v>789</v>
+      </c>
+      <c r="I67" s="27"/>
+      <c r="J67" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="K67" s="45" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="68" spans="1:14" s="23" customFormat="1" ht="82.5" x14ac:dyDescent="0.4">
-      <c r="A68" s="16">
+    <row r="68" spans="1:11" ht="90" x14ac:dyDescent="0.4">
+      <c r="A68" s="30">
         <v>65</v>
       </c>
-      <c r="B68" s="17" t="s">
-[...28 lines deleted...]
-      <c r="N68" s="26"/>
+      <c r="B68" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="C68" s="30" t="s">
+        <v>794</v>
+      </c>
+      <c r="D68" s="31" t="s">
+        <v>661</v>
+      </c>
+      <c r="E68" s="64" t="s">
+        <v>131</v>
+      </c>
+      <c r="F68" s="64" t="s">
+        <v>132</v>
+      </c>
+      <c r="G68" s="33" t="s">
+        <v>133</v>
+      </c>
+      <c r="H68" s="33" t="s">
+        <v>376</v>
+      </c>
+      <c r="I68" s="33" t="s">
+        <v>377</v>
+      </c>
+      <c r="J68" s="35" t="s">
+        <v>378</v>
+      </c>
+      <c r="K68" s="47" t="s">
+        <v>650</v>
+      </c>
     </row>
-    <row r="69" spans="1:14" s="23" customFormat="1" ht="187.5" x14ac:dyDescent="0.4">
-      <c r="A69" s="16">
+    <row r="69" spans="1:11" ht="56.25" x14ac:dyDescent="0.4">
+      <c r="A69" s="30">
         <v>66</v>
       </c>
-      <c r="B69" s="17" t="s">
-[...25 lines deleted...]
-        <v>807</v>
+      <c r="B69" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="C69" s="30" t="s">
+        <v>793</v>
+      </c>
+      <c r="D69" s="31" t="s">
+        <v>134</v>
+      </c>
+      <c r="E69" s="32" t="s">
+        <v>135</v>
+      </c>
+      <c r="F69" s="32" t="s">
+        <v>136</v>
+      </c>
+      <c r="G69" s="33" t="s">
+        <v>99</v>
+      </c>
+      <c r="H69" s="33" t="s">
+        <v>379</v>
+      </c>
+      <c r="I69" s="33" t="s">
+        <v>377</v>
+      </c>
+      <c r="J69" s="35" t="s">
+        <v>137</v>
+      </c>
+      <c r="K69" s="47" t="s">
+        <v>609</v>
       </c>
     </row>
-    <row r="70" spans="1:14" s="23" customFormat="1" ht="148.5" x14ac:dyDescent="0.4">
-      <c r="A70" s="16">
+    <row r="70" spans="1:11" ht="45" x14ac:dyDescent="0.4">
+      <c r="A70" s="30">
         <v>67</v>
       </c>
-      <c r="B70" s="17" t="s">
-[...25 lines deleted...]
-        <v>737</v>
+      <c r="B70" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="C70" s="30" t="s">
+        <v>792</v>
+      </c>
+      <c r="D70" s="31" t="s">
+        <v>138</v>
+      </c>
+      <c r="E70" s="32" t="s">
+        <v>139</v>
+      </c>
+      <c r="F70" s="32" t="s">
+        <v>140</v>
+      </c>
+      <c r="G70" s="33" t="s">
+        <v>100</v>
+      </c>
+      <c r="H70" s="34"/>
+      <c r="I70" s="34"/>
+      <c r="J70" s="35" t="s">
+        <v>130</v>
+      </c>
+      <c r="K70" s="47" t="s">
+        <v>659</v>
       </c>
     </row>
-    <row r="71" spans="1:14" ht="99" x14ac:dyDescent="0.4">
-      <c r="A71" s="16">
+    <row r="71" spans="1:11" ht="67.5" x14ac:dyDescent="0.4">
+      <c r="A71" s="30">
         <v>68</v>
       </c>
-      <c r="B71" s="17" t="s">
-[...25 lines deleted...]
-        <v>808</v>
+      <c r="B71" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="C71" s="30" t="s">
+        <v>791</v>
+      </c>
+      <c r="D71" s="31" t="s">
+        <v>66</v>
+      </c>
+      <c r="E71" s="32" t="s">
+        <v>141</v>
+      </c>
+      <c r="F71" s="32" t="s">
+        <v>142</v>
+      </c>
+      <c r="G71" s="33" t="s">
+        <v>143</v>
+      </c>
+      <c r="H71" s="33" t="s">
+        <v>380</v>
+      </c>
+      <c r="I71" s="33" t="s">
+        <v>381</v>
+      </c>
+      <c r="J71" s="35" t="s">
+        <v>121</v>
+      </c>
+      <c r="K71" s="47" t="s">
+        <v>651</v>
       </c>
     </row>
-    <row r="72" spans="1:14" ht="115.5" x14ac:dyDescent="0.4">
-      <c r="A72" s="16">
+    <row r="72" spans="1:11" ht="67.5" x14ac:dyDescent="0.4">
+      <c r="A72" s="30">
         <v>69</v>
       </c>
-      <c r="B72" s="17" t="s">
-[...28 lines deleted...]
-      <c r="N72" s="10"/>
+      <c r="B72" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="C72" s="30" t="s">
+        <v>790</v>
+      </c>
+      <c r="D72" s="31" t="s">
+        <v>68</v>
+      </c>
+      <c r="E72" s="32" t="s">
+        <v>144</v>
+      </c>
+      <c r="F72" s="32" t="s">
+        <v>145</v>
+      </c>
+      <c r="G72" s="33" t="s">
+        <v>101</v>
+      </c>
+      <c r="H72" s="33" t="s">
+        <v>382</v>
+      </c>
+      <c r="I72" s="33" t="s">
+        <v>377</v>
+      </c>
+      <c r="J72" s="35" t="s">
+        <v>378</v>
+      </c>
+      <c r="K72" s="46" t="s">
+        <v>917</v>
+      </c>
     </row>
-    <row r="73" spans="1:14" ht="99" x14ac:dyDescent="0.4">
-      <c r="A73" s="16">
+    <row r="73" spans="1:11" ht="138" x14ac:dyDescent="0.4">
+      <c r="A73" s="19">
         <v>70</v>
       </c>
-      <c r="B73" s="17" t="s">
-[...27 lines deleted...]
-        <v>671</v>
+      <c r="B73" s="36" t="s">
+        <v>20</v>
+      </c>
+      <c r="C73" s="19" t="s">
+        <v>181</v>
+      </c>
+      <c r="D73" s="22" t="s">
+        <v>78</v>
+      </c>
+      <c r="E73" s="23" t="s">
+        <v>146</v>
+      </c>
+      <c r="F73" s="23" t="s">
+        <v>383</v>
+      </c>
+      <c r="G73" s="24" t="s">
+        <v>182</v>
+      </c>
+      <c r="H73" s="20"/>
+      <c r="I73" s="20"/>
+      <c r="J73" s="21" t="s">
+        <v>130</v>
+      </c>
+      <c r="K73" s="44" t="s">
+        <v>995</v>
       </c>
     </row>
-    <row r="74" spans="1:14" ht="82.5" x14ac:dyDescent="0.4">
+    <row r="74" spans="1:11" ht="67.5" x14ac:dyDescent="0.4">
       <c r="A74" s="19">
         <v>71</v>
       </c>
-      <c r="B74" s="20" t="s">
-        <v>859</v>
+      <c r="B74" s="36" t="s">
+        <v>20</v>
       </c>
       <c r="C74" s="19" t="s">
-        <v>819</v>
-[...4 lines deleted...]
-      <c r="E74" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="D74" s="22" t="s">
+        <v>168</v>
+      </c>
+      <c r="E74" s="23" t="s">
+        <v>384</v>
+      </c>
+      <c r="F74" s="23" t="s">
+        <v>385</v>
+      </c>
+      <c r="G74" s="24" t="s">
+        <v>169</v>
+      </c>
+      <c r="H74" s="20"/>
+      <c r="I74" s="20"/>
+      <c r="J74" s="21" t="s">
         <v>130</v>
       </c>
-      <c r="F74" s="41" t="s">
-[...15 lines deleted...]
-        <v>737</v>
+      <c r="K74" s="45" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="75" spans="1:14" ht="148.5" x14ac:dyDescent="0.4">
+    <row r="75" spans="1:11" ht="67.5" x14ac:dyDescent="0.4">
       <c r="A75" s="19">
         <v>72</v>
       </c>
-      <c r="B75" s="20" t="s">
-        <v>859</v>
+      <c r="B75" s="36" t="s">
+        <v>20</v>
       </c>
       <c r="C75" s="19" t="s">
-        <v>820</v>
-[...23 lines deleted...]
-        <v>737</v>
+        <v>77</v>
+      </c>
+      <c r="D75" s="22" t="s">
+        <v>170</v>
+      </c>
+      <c r="E75" s="23" t="s">
+        <v>386</v>
+      </c>
+      <c r="F75" s="23" t="s">
+        <v>387</v>
+      </c>
+      <c r="G75" s="24" t="s">
+        <v>171</v>
+      </c>
+      <c r="H75" s="20"/>
+      <c r="I75" s="20"/>
+      <c r="J75" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="K75" s="44" t="s">
+        <v>672</v>
       </c>
     </row>
-    <row r="76" spans="1:14" ht="99" x14ac:dyDescent="0.4">
+    <row r="76" spans="1:11" ht="120.75" x14ac:dyDescent="0.4">
       <c r="A76" s="19">
         <v>73</v>
       </c>
-      <c r="B76" s="20" t="s">
-        <v>859</v>
+      <c r="B76" s="36" t="s">
+        <v>20</v>
       </c>
       <c r="C76" s="19" t="s">
-        <v>821</v>
-[...23 lines deleted...]
-        <v>677</v>
+        <v>185</v>
+      </c>
+      <c r="D76" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="E76" s="23" t="s">
+        <v>187</v>
+      </c>
+      <c r="F76" s="23" t="s">
+        <v>188</v>
+      </c>
+      <c r="G76" s="24" t="s">
+        <v>189</v>
+      </c>
+      <c r="H76" s="20"/>
+      <c r="I76" s="20"/>
+      <c r="J76" s="21" t="s">
+        <v>245</v>
+      </c>
+      <c r="K76" s="44" t="s">
+        <v>996</v>
       </c>
     </row>
-    <row r="77" spans="1:14" ht="82.5" x14ac:dyDescent="0.4">
+    <row r="77" spans="1:11" ht="56.25" x14ac:dyDescent="0.4">
       <c r="A77" s="19">
         <v>74</v>
       </c>
-      <c r="B77" s="20" t="s">
-        <v>859</v>
+      <c r="B77" s="36" t="s">
+        <v>20</v>
       </c>
       <c r="C77" s="19" t="s">
-        <v>822</v>
-[...10 lines deleted...]
-      <c r="G77" s="41" t="s">
+        <v>190</v>
+      </c>
+      <c r="D77" s="22" t="s">
+        <v>209</v>
+      </c>
+      <c r="E77" s="23" t="s">
+        <v>191</v>
+      </c>
+      <c r="F77" s="23" t="s">
+        <v>388</v>
+      </c>
+      <c r="G77" s="23" t="s">
+        <v>214</v>
+      </c>
+      <c r="H77" s="20"/>
+      <c r="I77" s="20"/>
+      <c r="J77" s="21" t="s">
+        <v>236</v>
+      </c>
+      <c r="K77" s="44" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11" ht="56.25" x14ac:dyDescent="0.4">
+      <c r="A78" s="30">
+        <v>75</v>
+      </c>
+      <c r="B78" s="29" t="s">
+        <v>43</v>
+      </c>
+      <c r="C78" s="30" t="s">
+        <v>44</v>
+      </c>
+      <c r="D78" s="31" t="s">
+        <v>389</v>
+      </c>
+      <c r="E78" s="32" t="s">
+        <v>390</v>
+      </c>
+      <c r="F78" s="32" t="s">
+        <v>149</v>
+      </c>
+      <c r="G78" s="33" t="s">
+        <v>391</v>
+      </c>
+      <c r="H78" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="I78" s="34"/>
+      <c r="J78" s="35" t="s">
+        <v>246</v>
+      </c>
+      <c r="K78" s="47" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11" ht="78.75" x14ac:dyDescent="0.4">
+      <c r="A79" s="66">
+        <v>76</v>
+      </c>
+      <c r="B79" s="29" t="s">
+        <v>43</v>
+      </c>
+      <c r="C79" s="30" t="s">
+        <v>45</v>
+      </c>
+      <c r="D79" s="31" t="s">
+        <v>393</v>
+      </c>
+      <c r="E79" s="32" t="s">
+        <v>662</v>
+      </c>
+      <c r="F79" s="32" t="s">
+        <v>663</v>
+      </c>
+      <c r="G79" s="33" t="s">
         <v>102</v>
       </c>
-      <c r="H77" s="42"/>
-[...5 lines deleted...]
-        <v>767</v>
+      <c r="H79" s="33" t="s">
+        <v>394</v>
+      </c>
+      <c r="I79" s="34"/>
+      <c r="J79" s="35" t="s">
+        <v>395</v>
+      </c>
+      <c r="K79" s="47" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="78" spans="1:14" ht="115.5" x14ac:dyDescent="0.4">
-      <c r="A78" s="19">
+    <row r="80" spans="1:11" ht="78.75" x14ac:dyDescent="0.4">
+      <c r="A80" s="30">
+        <v>77</v>
+      </c>
+      <c r="B80" s="29" t="s">
+        <v>43</v>
+      </c>
+      <c r="C80" s="30" t="s">
+        <v>46</v>
+      </c>
+      <c r="D80" s="31" t="s">
+        <v>396</v>
+      </c>
+      <c r="E80" s="32" t="s">
+        <v>397</v>
+      </c>
+      <c r="F80" s="32" t="s">
+        <v>398</v>
+      </c>
+      <c r="G80" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="H80" s="33" t="s">
+        <v>400</v>
+      </c>
+      <c r="I80" s="34"/>
+      <c r="J80" s="35" t="s">
+        <v>401</v>
+      </c>
+      <c r="K80" s="47" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11" ht="78.75" x14ac:dyDescent="0.4">
+      <c r="A81" s="19">
+        <v>78</v>
+      </c>
+      <c r="B81" s="36" t="s">
+        <v>69</v>
+      </c>
+      <c r="C81" s="19" t="s">
+        <v>174</v>
+      </c>
+      <c r="D81" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="E81" s="26" t="s">
+        <v>421</v>
+      </c>
+      <c r="F81" s="26" t="s">
+        <v>795</v>
+      </c>
+      <c r="G81" s="24" t="s">
+        <v>71</v>
+      </c>
+      <c r="H81" s="24" t="s">
+        <v>796</v>
+      </c>
+      <c r="I81" s="24" t="s">
+        <v>402</v>
+      </c>
+      <c r="J81" s="21" t="s">
+        <v>403</v>
+      </c>
+      <c r="K81" s="45" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" ht="86.25" x14ac:dyDescent="0.4">
+      <c r="A82" s="19">
+        <v>79</v>
+      </c>
+      <c r="B82" s="36" t="s">
+        <v>69</v>
+      </c>
+      <c r="C82" s="19" t="s">
+        <v>175</v>
+      </c>
+      <c r="D82" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="E82" s="26" t="s">
+        <v>404</v>
+      </c>
+      <c r="F82" s="26" t="s">
+        <v>405</v>
+      </c>
+      <c r="G82" s="24" t="s">
+        <v>73</v>
+      </c>
+      <c r="H82" s="24" t="s">
+        <v>406</v>
+      </c>
+      <c r="I82" s="24" t="s">
+        <v>407</v>
+      </c>
+      <c r="J82" s="21" t="s">
+        <v>204</v>
+      </c>
+      <c r="K82" s="44" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" ht="157.5" x14ac:dyDescent="0.4">
+      <c r="A83" s="19">
+        <v>80</v>
+      </c>
+      <c r="B83" s="36" t="s">
+        <v>69</v>
+      </c>
+      <c r="C83" s="19" t="s">
+        <v>176</v>
+      </c>
+      <c r="D83" s="22" t="s">
         <v>75</v>
       </c>
-      <c r="B78" s="20" t="s">
-[...27 lines deleted...]
-        <v>738</v>
+      <c r="E83" s="26" t="s">
+        <v>797</v>
+      </c>
+      <c r="F83" s="26" t="s">
+        <v>798</v>
+      </c>
+      <c r="G83" s="24" t="s">
+        <v>183</v>
+      </c>
+      <c r="H83" s="24" t="s">
+        <v>799</v>
+      </c>
+      <c r="I83" s="24" t="s">
+        <v>800</v>
+      </c>
+      <c r="J83" s="21" t="s">
+        <v>408</v>
+      </c>
+      <c r="K83" s="44" t="s">
+        <v>656</v>
       </c>
     </row>
-    <row r="79" spans="1:14" ht="99" x14ac:dyDescent="0.4">
-[...9 lines deleted...]
-      <c r="D79" s="50" t="s">
+    <row r="84" spans="1:11" ht="78.75" x14ac:dyDescent="0.4">
+      <c r="A84" s="19">
+        <v>81</v>
+      </c>
+      <c r="B84" s="36" t="s">
         <v>69</v>
       </c>
-      <c r="E79" s="43" t="s">
-[...18 lines deleted...]
-        <v>737</v>
+      <c r="C84" s="19" t="s">
+        <v>177</v>
+      </c>
+      <c r="D84" s="22" t="s">
+        <v>423</v>
+      </c>
+      <c r="E84" s="26" t="s">
+        <v>424</v>
+      </c>
+      <c r="F84" s="26" t="s">
+        <v>801</v>
+      </c>
+      <c r="G84" s="24" t="s">
+        <v>172</v>
+      </c>
+      <c r="H84" s="24" t="s">
+        <v>409</v>
+      </c>
+      <c r="I84" s="24" t="s">
+        <v>422</v>
+      </c>
+      <c r="J84" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="K84" s="44" t="s">
+        <v>652</v>
       </c>
     </row>
-    <row r="80" spans="1:14" ht="168.75" x14ac:dyDescent="0.4">
-[...154 lines deleted...]
-    <row r="85" spans="1:14" ht="99" x14ac:dyDescent="0.4">
+    <row r="85" spans="1:11" ht="103.5" x14ac:dyDescent="0.4">
       <c r="A85" s="19">
         <v>82</v>
       </c>
-      <c r="B85" s="20" t="s">
-        <v>860</v>
+      <c r="B85" s="36" t="s">
+        <v>69</v>
       </c>
       <c r="C85" s="19" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D85" s="50" t="s">
+        <v>178</v>
+      </c>
+      <c r="D85" s="22" t="s">
+        <v>411</v>
+      </c>
+      <c r="E85" s="26" t="s">
+        <v>412</v>
+      </c>
+      <c r="F85" s="26" t="s">
+        <v>413</v>
+      </c>
+      <c r="G85" s="24" t="s">
+        <v>215</v>
+      </c>
+      <c r="H85" s="24" t="s">
+        <v>414</v>
+      </c>
+      <c r="I85" s="24" t="s">
+        <v>415</v>
+      </c>
+      <c r="J85" s="21" t="s">
+        <v>410</v>
+      </c>
+      <c r="K85" s="44" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" ht="78.75" x14ac:dyDescent="0.4">
+      <c r="A86" s="30">
+        <v>83</v>
+      </c>
+      <c r="B86" s="29" t="s">
+        <v>426</v>
+      </c>
+      <c r="C86" s="30" t="s">
+        <v>427</v>
+      </c>
+      <c r="D86" s="31" t="s">
+        <v>461</v>
+      </c>
+      <c r="E86" s="58" t="s">
+        <v>428</v>
+      </c>
+      <c r="F86" s="58" t="s">
+        <v>429</v>
+      </c>
+      <c r="G86" s="33" t="s">
+        <v>430</v>
+      </c>
+      <c r="H86" s="33" t="s">
+        <v>431</v>
+      </c>
+      <c r="I86" s="33" t="s">
+        <v>432</v>
+      </c>
+      <c r="J86" s="35" t="s">
+        <v>130</v>
+      </c>
+      <c r="K86" s="47" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11" ht="45" x14ac:dyDescent="0.4">
+      <c r="A87" s="30">
+        <v>84</v>
+      </c>
+      <c r="B87" s="29" t="s">
+        <v>426</v>
+      </c>
+      <c r="C87" s="30" t="s">
+        <v>433</v>
+      </c>
+      <c r="D87" s="31" t="s">
         <v>434</v>
       </c>
-      <c r="E85" s="43" t="s">
+      <c r="E87" s="58" t="s">
         <v>435</v>
       </c>
-      <c r="F85" s="43" t="s">
-[...2 lines deleted...]
-      <c r="G85" s="41" t="s">
+      <c r="F87" s="58" t="s">
         <v>436</v>
       </c>
-      <c r="H85" s="41" t="s">
+      <c r="G87" s="33" t="s">
         <v>437</v>
       </c>
-      <c r="I85" s="42"/>
-[...4 lines deleted...]
-        <v>760</v>
+      <c r="H87" s="33" t="s">
+        <v>438</v>
+      </c>
+      <c r="I87" s="33" t="s">
+        <v>439</v>
+      </c>
+      <c r="J87" s="35" t="s">
+        <v>245</v>
+      </c>
+      <c r="K87" s="46" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="86" spans="1:14" ht="132" x14ac:dyDescent="0.4">
-[...25 lines deleted...]
-      <c r="J86" s="22" t="s">
+    <row r="88" spans="1:11" ht="45" x14ac:dyDescent="0.4">
+      <c r="A88" s="30">
+        <v>85</v>
+      </c>
+      <c r="B88" s="29" t="s">
+        <v>426</v>
+      </c>
+      <c r="C88" s="30" t="s">
         <v>440</v>
       </c>
-      <c r="K86" s="20" t="s">
-        <v>737</v>
+      <c r="D88" s="31" t="s">
+        <v>441</v>
+      </c>
+      <c r="E88" s="58" t="s">
+        <v>442</v>
+      </c>
+      <c r="F88" s="58" t="s">
+        <v>443</v>
+      </c>
+      <c r="G88" s="33" t="s">
+        <v>444</v>
+      </c>
+      <c r="H88" s="33" t="s">
+        <v>445</v>
+      </c>
+      <c r="I88" s="33" t="s">
+        <v>446</v>
+      </c>
+      <c r="J88" s="35" t="s">
+        <v>238</v>
+      </c>
+      <c r="K88" s="47" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="87" spans="1:14" ht="115.5" x14ac:dyDescent="0.4">
-[...29 lines deleted...]
-        <v>789</v>
+    <row r="89" spans="1:11" ht="67.5" x14ac:dyDescent="0.4">
+      <c r="A89" s="30">
+        <v>86</v>
+      </c>
+      <c r="B89" s="29" t="s">
+        <v>426</v>
+      </c>
+      <c r="C89" s="30" t="s">
+        <v>447</v>
+      </c>
+      <c r="D89" s="31" t="s">
+        <v>448</v>
+      </c>
+      <c r="E89" s="58" t="s">
+        <v>449</v>
+      </c>
+      <c r="F89" s="58" t="s">
+        <v>450</v>
+      </c>
+      <c r="G89" s="33" t="s">
+        <v>451</v>
+      </c>
+      <c r="H89" s="33" t="s">
+        <v>452</v>
+      </c>
+      <c r="I89" s="33" t="s">
+        <v>453</v>
+      </c>
+      <c r="J89" s="35" t="s">
+        <v>454</v>
+      </c>
+      <c r="K89" s="47" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="88" spans="1:14" ht="132" x14ac:dyDescent="0.4">
-[...12 lines deleted...]
-      <c r="E88" s="44" t="s">
+    <row r="90" spans="1:11" ht="56.25" x14ac:dyDescent="0.4">
+      <c r="A90" s="30">
+        <v>87</v>
+      </c>
+      <c r="B90" s="29" t="s">
+        <v>426</v>
+      </c>
+      <c r="C90" s="30" t="s">
+        <v>455</v>
+      </c>
+      <c r="D90" s="31" t="s">
+        <v>456</v>
+      </c>
+      <c r="E90" s="58" t="s">
+        <v>457</v>
+      </c>
+      <c r="F90" s="58" t="s">
+        <v>458</v>
+      </c>
+      <c r="G90" s="33" t="s">
+        <v>1045</v>
+      </c>
+      <c r="H90" s="33" t="s">
+        <v>459</v>
+      </c>
+      <c r="I90" s="33" t="s">
+        <v>460</v>
+      </c>
+      <c r="J90" s="35" t="s">
+        <v>119</v>
+      </c>
+      <c r="K90" s="47" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" ht="90" x14ac:dyDescent="0.4">
+      <c r="A91" s="19">
+        <v>88</v>
+      </c>
+      <c r="B91" s="36" t="s">
+        <v>462</v>
+      </c>
+      <c r="C91" s="19" t="s">
+        <v>463</v>
+      </c>
+      <c r="D91" s="22" t="s">
+        <v>464</v>
+      </c>
+      <c r="E91" s="26" t="s">
+        <v>465</v>
+      </c>
+      <c r="F91" s="26" t="s">
+        <v>466</v>
+      </c>
+      <c r="G91" s="24" t="s">
+        <v>467</v>
+      </c>
+      <c r="H91" s="20"/>
+      <c r="I91" s="20"/>
+      <c r="J91" s="21" t="s">
+        <v>236</v>
+      </c>
+      <c r="K91" s="45" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11" ht="67.5" x14ac:dyDescent="0.4">
+      <c r="A92" s="19">
+        <v>89</v>
+      </c>
+      <c r="B92" s="36" t="s">
+        <v>462</v>
+      </c>
+      <c r="C92" s="19" t="s">
         <v>468</v>
       </c>
-      <c r="F88" s="44" t="s">
-[...15 lines deleted...]
-        <v>776</v>
+      <c r="D92" s="22" t="s">
+        <v>469</v>
+      </c>
+      <c r="E92" s="26" t="s">
+        <v>470</v>
+      </c>
+      <c r="F92" s="26" t="s">
+        <v>1046</v>
+      </c>
+      <c r="G92" s="24" t="s">
+        <v>471</v>
+      </c>
+      <c r="H92" s="24" t="s">
+        <v>472</v>
+      </c>
+      <c r="I92" s="24" t="s">
+        <v>473</v>
+      </c>
+      <c r="J92" s="21" t="s">
+        <v>245</v>
+      </c>
+      <c r="K92" s="45" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="89" spans="1:14" ht="115.5" x14ac:dyDescent="0.4">
-[...31 lines deleted...]
-        <v>771</v>
+    <row r="93" spans="1:11" ht="78.75" x14ac:dyDescent="0.4">
+      <c r="A93" s="19">
+        <v>90</v>
+      </c>
+      <c r="B93" s="36" t="s">
+        <v>462</v>
+      </c>
+      <c r="C93" s="19" t="s">
+        <v>474</v>
+      </c>
+      <c r="D93" s="22" t="s">
+        <v>475</v>
+      </c>
+      <c r="E93" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="F93" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="G93" s="24" t="s">
+        <v>478</v>
+      </c>
+      <c r="H93" s="20"/>
+      <c r="I93" s="20"/>
+      <c r="J93" s="21" t="s">
+        <v>338</v>
+      </c>
+      <c r="K93" s="45" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="90" spans="1:14" ht="264" x14ac:dyDescent="0.4">
-[...141 lines deleted...]
-    <row r="94" spans="1:14" ht="115.5" x14ac:dyDescent="0.4">
+    <row r="94" spans="1:11" ht="101.25" x14ac:dyDescent="0.4">
       <c r="A94" s="19">
         <v>91</v>
       </c>
-      <c r="B94" s="20" t="s">
+      <c r="B94" s="36" t="s">
+        <v>462</v>
+      </c>
+      <c r="C94" s="19" t="s">
+        <v>479</v>
+      </c>
+      <c r="D94" s="22" t="s">
+        <v>480</v>
+      </c>
+      <c r="E94" s="26" t="s">
         <v>481</v>
       </c>
-      <c r="C94" s="19" t="s">
+      <c r="F94" s="26" t="s">
         <v>482</v>
       </c>
-      <c r="D94" s="50" t="s">
-[...2 lines deleted...]
-      <c r="E94" s="43" t="s">
+      <c r="G94" s="24" t="s">
         <v>483</v>
       </c>
-      <c r="F94" s="43" t="s">
-[...18 lines deleted...]
-      <c r="N94" s="10"/>
+      <c r="H94" s="20"/>
+      <c r="I94" s="20"/>
+      <c r="J94" s="21" t="s">
+        <v>425</v>
+      </c>
+      <c r="K94" s="45" t="s">
+        <v>650</v>
+      </c>
     </row>
-    <row r="95" spans="1:14" ht="66" x14ac:dyDescent="0.4">
+    <row r="95" spans="1:11" ht="138" x14ac:dyDescent="0.4">
       <c r="A95" s="19">
         <v>92</v>
       </c>
-      <c r="B95" s="20" t="s">
-        <v>481</v>
+      <c r="B95" s="36" t="s">
+        <v>462</v>
       </c>
       <c r="C95" s="19" t="s">
+        <v>484</v>
+      </c>
+      <c r="D95" s="22" t="s">
+        <v>485</v>
+      </c>
+      <c r="E95" s="26" t="s">
+        <v>486</v>
+      </c>
+      <c r="F95" s="26" t="s">
+        <v>487</v>
+      </c>
+      <c r="G95" s="24" t="s">
         <v>488</v>
       </c>
-      <c r="D95" s="50" t="s">
+      <c r="H95" s="24" t="s">
         <v>489</v>
       </c>
-      <c r="E95" s="43" t="s">
+      <c r="I95" s="20"/>
+      <c r="J95" s="21" t="s">
+        <v>130</v>
+      </c>
+      <c r="K95" s="44" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11" ht="45" x14ac:dyDescent="0.4">
+      <c r="A96" s="30">
+        <v>93</v>
+      </c>
+      <c r="B96" s="29" t="s">
         <v>490</v>
       </c>
-      <c r="F95" s="43" t="s">
+      <c r="C96" s="30" t="s">
         <v>491</v>
       </c>
-      <c r="G95" s="41" t="s">
+      <c r="D96" s="31" t="s">
         <v>492</v>
       </c>
-      <c r="H95" s="41" t="s">
+      <c r="E96" s="58" t="s">
+        <v>802</v>
+      </c>
+      <c r="F96" s="58" t="s">
+        <v>803</v>
+      </c>
+      <c r="G96" s="33" t="s">
         <v>493</v>
       </c>
-      <c r="I95" s="41" t="s">
+      <c r="H96" s="34"/>
+      <c r="I96" s="34"/>
+      <c r="J96" s="35" t="s">
+        <v>137</v>
+      </c>
+      <c r="K96" s="47" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11" ht="78.75" x14ac:dyDescent="0.4">
+      <c r="A97" s="30">
+        <v>94</v>
+      </c>
+      <c r="B97" s="29" t="s">
+        <v>490</v>
+      </c>
+      <c r="C97" s="30" t="s">
         <v>494</v>
       </c>
-      <c r="J95" s="22" t="s">
-[...3 lines deleted...]
-        <v>737</v>
+      <c r="D97" s="31" t="s">
+        <v>496</v>
+      </c>
+      <c r="E97" s="58" t="s">
+        <v>497</v>
+      </c>
+      <c r="F97" s="58" t="s">
+        <v>498</v>
+      </c>
+      <c r="G97" s="33" t="s">
+        <v>499</v>
+      </c>
+      <c r="H97" s="33" t="s">
+        <v>500</v>
+      </c>
+      <c r="I97" s="34"/>
+      <c r="J97" s="35" t="s">
+        <v>122</v>
+      </c>
+      <c r="K97" s="47" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="96" spans="1:14" ht="82.5" x14ac:dyDescent="0.4">
-[...6 lines deleted...]
-      <c r="C96" s="19" t="s">
+    <row r="98" spans="1:11" ht="90" x14ac:dyDescent="0.4">
+      <c r="A98" s="30">
+        <v>95</v>
+      </c>
+      <c r="B98" s="29" t="s">
+        <v>490</v>
+      </c>
+      <c r="C98" s="30" t="s">
         <v>495</v>
       </c>
-      <c r="D96" s="50" t="s">
-[...14 lines deleted...]
-      <c r="I96" s="41" t="s">
+      <c r="D98" s="31" t="s">
         <v>501</v>
       </c>
-      <c r="J96" s="22" t="s">
-[...3 lines deleted...]
-        <v>737</v>
+      <c r="E98" s="58" t="s">
+        <v>502</v>
+      </c>
+      <c r="F98" s="58" t="s">
+        <v>503</v>
+      </c>
+      <c r="G98" s="33" t="s">
+        <v>504</v>
+      </c>
+      <c r="H98" s="34"/>
+      <c r="I98" s="34"/>
+      <c r="J98" s="35" t="s">
+        <v>122</v>
+      </c>
+      <c r="K98" s="47" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="97" spans="1:14" ht="115.5" x14ac:dyDescent="0.4">
-[...18 lines deleted...]
-      <c r="G97" s="41" t="s">
+    <row r="99" spans="1:11" ht="67.5" x14ac:dyDescent="0.4">
+      <c r="A99" s="30">
+        <v>96</v>
+      </c>
+      <c r="B99" s="29" t="s">
+        <v>490</v>
+      </c>
+      <c r="C99" s="30" t="s">
+        <v>944</v>
+      </c>
+      <c r="D99" s="31" t="s">
         <v>506</v>
       </c>
-      <c r="H97" s="41" t="s">
+      <c r="E99" s="58" t="s">
         <v>507</v>
       </c>
-      <c r="I97" s="41" t="s">
+      <c r="F99" s="58" t="s">
         <v>508</v>
       </c>
-      <c r="J97" s="22" t="s">
+      <c r="G99" s="33" t="s">
         <v>509</v>
       </c>
-      <c r="K97" s="20" t="s">
-        <v>737</v>
+      <c r="H99" s="34"/>
+      <c r="I99" s="34"/>
+      <c r="J99" s="35" t="s">
+        <v>122</v>
+      </c>
+      <c r="K99" s="47" t="s">
+        <v>49</v>
       </c>
     </row>
-    <row r="98" spans="1:14" ht="99" x14ac:dyDescent="0.4">
-[...6 lines deleted...]
-      <c r="C98" s="19" t="s">
+    <row r="100" spans="1:11" ht="138" x14ac:dyDescent="0.4">
+      <c r="A100" s="30">
+        <v>97</v>
+      </c>
+      <c r="B100" s="29" t="s">
+        <v>490</v>
+      </c>
+      <c r="C100" s="30" t="s">
+        <v>945</v>
+      </c>
+      <c r="D100" s="31" t="s">
         <v>510</v>
       </c>
-      <c r="D98" s="50" t="s">
+      <c r="E100" s="58" t="s">
         <v>511</v>
       </c>
-      <c r="E98" s="43" t="s">
+      <c r="F100" s="58" t="s">
         <v>512</v>
       </c>
-      <c r="F98" s="43" t="s">
+      <c r="G100" s="33" t="s">
         <v>513</v>
       </c>
-      <c r="G98" s="41" t="s">
+      <c r="H100" s="34"/>
+      <c r="I100" s="34"/>
+      <c r="J100" s="35" t="s">
+        <v>130</v>
+      </c>
+      <c r="K100" s="44" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="101" spans="1:11" ht="103.5" x14ac:dyDescent="0.4">
+      <c r="A101" s="19">
+        <v>98</v>
+      </c>
+      <c r="B101" s="36" t="s">
         <v>514</v>
       </c>
-      <c r="H98" s="41" t="s">
+      <c r="C101" s="19" t="s">
         <v>515</v>
       </c>
-      <c r="I98" s="41" t="s">
+      <c r="D101" s="22" t="s">
         <v>516</v>
       </c>
-      <c r="J98" s="22" t="s">
-[...3 lines deleted...]
-        <v>763</v>
+      <c r="E101" s="23" t="s">
+        <v>517</v>
+      </c>
+      <c r="F101" s="23" t="s">
+        <v>518</v>
+      </c>
+      <c r="G101" s="24" t="s">
+        <v>519</v>
+      </c>
+      <c r="H101" s="20"/>
+      <c r="I101" s="20"/>
+      <c r="J101" s="21" t="s">
+        <v>338</v>
+      </c>
+      <c r="K101" s="44" t="s">
+        <v>1002</v>
       </c>
     </row>
-    <row r="99" spans="1:14" ht="148.5" x14ac:dyDescent="0.4">
-[...12 lines deleted...]
-      <c r="E99" s="44" t="s">
+    <row r="102" spans="1:11" ht="120.75" x14ac:dyDescent="0.4">
+      <c r="A102" s="19">
+        <v>99</v>
+      </c>
+      <c r="B102" s="36" t="s">
+        <v>514</v>
+      </c>
+      <c r="C102" s="19" t="s">
         <v>520</v>
       </c>
-      <c r="F99" s="44" t="s">
+      <c r="D102" s="22" t="s">
         <v>521</v>
       </c>
-      <c r="G99" s="39" t="s">
+      <c r="E102" s="23" t="s">
         <v>522</v>
       </c>
-      <c r="H99" s="40"/>
-[...5 lines deleted...]
-        <v>737</v>
+      <c r="F102" s="24" t="s">
+        <v>523</v>
+      </c>
+      <c r="G102" s="24" t="s">
+        <v>524</v>
+      </c>
+      <c r="H102" s="20"/>
+      <c r="I102" s="20"/>
+      <c r="J102" s="21" t="s">
+        <v>525</v>
+      </c>
+      <c r="K102" s="44" t="s">
+        <v>1003</v>
       </c>
     </row>
-    <row r="100" spans="1:14" ht="99" x14ac:dyDescent="0.4">
-[...15 lines deleted...]
-      <c r="F100" s="44" t="s">
+    <row r="103" spans="1:11" ht="78.75" x14ac:dyDescent="0.4">
+      <c r="A103" s="19">
+        <v>100</v>
+      </c>
+      <c r="B103" s="36" t="s">
+        <v>514</v>
+      </c>
+      <c r="C103" s="19" t="s">
         <v>526</v>
       </c>
-      <c r="G100" s="39" t="s">
+      <c r="D103" s="22" t="s">
         <v>527</v>
       </c>
-      <c r="H100" s="39" t="s">
+      <c r="E103" s="23" t="s">
         <v>528</v>
       </c>
-      <c r="I100" s="39" t="s">
+      <c r="F103" s="23" t="s">
         <v>529</v>
       </c>
-      <c r="J100" s="18" t="s">
-[...3 lines deleted...]
-        <v>737</v>
+      <c r="G103" s="24" t="s">
+        <v>530</v>
+      </c>
+      <c r="H103" s="24" t="s">
+        <v>531</v>
+      </c>
+      <c r="I103" s="24" t="s">
+        <v>532</v>
+      </c>
+      <c r="J103" s="21" t="s">
+        <v>312</v>
+      </c>
+      <c r="K103" s="44" t="s">
+        <v>665</v>
       </c>
     </row>
-    <row r="101" spans="1:14" ht="132" x14ac:dyDescent="0.4">
-[...94 lines deleted...]
-    <row r="104" spans="1:14" ht="66" x14ac:dyDescent="0.4">
+    <row r="104" spans="1:11" ht="67.5" x14ac:dyDescent="0.4">
       <c r="A104" s="19">
         <v>101</v>
       </c>
-      <c r="B104" s="20" t="s">
+      <c r="B104" s="36" t="s">
+        <v>514</v>
+      </c>
+      <c r="C104" s="19" t="s">
+        <v>533</v>
+      </c>
+      <c r="D104" s="22" t="s">
+        <v>534</v>
+      </c>
+      <c r="E104" s="23" t="s">
+        <v>535</v>
+      </c>
+      <c r="F104" s="23" t="s">
+        <v>536</v>
+      </c>
+      <c r="G104" s="24" t="s">
+        <v>537</v>
+      </c>
+      <c r="H104" s="20"/>
+      <c r="I104" s="20"/>
+      <c r="J104" s="21" t="s">
+        <v>538</v>
+      </c>
+      <c r="K104" s="44" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="105" spans="1:11" ht="56.25" x14ac:dyDescent="0.4">
+      <c r="A105" s="30">
+        <v>102</v>
+      </c>
+      <c r="B105" s="29" t="s">
+        <v>539</v>
+      </c>
+      <c r="C105" s="30" t="s">
+        <v>505</v>
+      </c>
+      <c r="D105" s="31" t="s">
+        <v>540</v>
+      </c>
+      <c r="E105" s="32" t="s">
+        <v>541</v>
+      </c>
+      <c r="F105" s="32" t="s">
+        <v>542</v>
+      </c>
+      <c r="G105" s="33" t="s">
+        <v>543</v>
+      </c>
+      <c r="H105" s="33" t="s">
+        <v>544</v>
+      </c>
+      <c r="I105" s="34"/>
+      <c r="J105" s="35" t="s">
+        <v>236</v>
+      </c>
+      <c r="K105" s="47" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="106" spans="1:11" ht="78.75" x14ac:dyDescent="0.4">
+      <c r="A106" s="30">
+        <v>103</v>
+      </c>
+      <c r="B106" s="29" t="s">
+        <v>539</v>
+      </c>
+      <c r="C106" s="30" t="s">
+        <v>545</v>
+      </c>
+      <c r="D106" s="31" t="s">
         <v>546</v>
       </c>
-      <c r="C104" s="19" t="s">
+      <c r="E106" s="58" t="s">
         <v>547</v>
       </c>
-      <c r="D104" s="50" t="s">
+      <c r="F106" s="58" t="s">
         <v>548</v>
       </c>
-      <c r="E104" s="43" t="s">
-[...5 lines deleted...]
-      <c r="G104" s="41" t="s">
+      <c r="G106" s="33" t="s">
         <v>549</v>
       </c>
-      <c r="H104" s="42"/>
-[...5 lines deleted...]
-        <v>792</v>
+      <c r="H106" s="33" t="s">
+        <v>550</v>
+      </c>
+      <c r="I106" s="34"/>
+      <c r="J106" s="63" t="s">
+        <v>122</v>
+      </c>
+      <c r="K106" s="47" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="105" spans="1:14" ht="93.75" x14ac:dyDescent="0.4">
-[...9 lines deleted...]
-      <c r="D105" s="50" t="s">
+    <row r="107" spans="1:11" ht="45" x14ac:dyDescent="0.4">
+      <c r="A107" s="30">
+        <v>104</v>
+      </c>
+      <c r="B107" s="29" t="s">
+        <v>539</v>
+      </c>
+      <c r="C107" s="30" t="s">
         <v>551</v>
       </c>
-      <c r="E105" s="43" t="s">
+      <c r="D107" s="31" t="s">
         <v>552</v>
       </c>
-      <c r="F105" s="43" t="s">
+      <c r="E107" s="58" t="s">
         <v>553</v>
       </c>
-      <c r="G105" s="41" t="s">
+      <c r="F107" s="58" t="s">
         <v>554</v>
       </c>
-      <c r="H105" s="41" t="s">
+      <c r="G107" s="33" t="s">
         <v>555</v>
       </c>
-      <c r="I105" s="42"/>
-[...4 lines deleted...]
-        <v>772</v>
+      <c r="H107" s="33" t="s">
+        <v>556</v>
+      </c>
+      <c r="I107" s="33" t="s">
+        <v>557</v>
+      </c>
+      <c r="J107" s="35" t="s">
+        <v>245</v>
+      </c>
+      <c r="K107" s="47" t="s">
+        <v>955</v>
       </c>
     </row>
-    <row r="106" spans="1:14" ht="115.5" x14ac:dyDescent="0.4">
-[...12 lines deleted...]
-      <c r="E106" s="43" t="s">
+    <row r="108" spans="1:11" ht="86.25" x14ac:dyDescent="0.4">
+      <c r="A108" s="30">
+        <v>105</v>
+      </c>
+      <c r="B108" s="29" t="s">
+        <v>539</v>
+      </c>
+      <c r="C108" s="30" t="s">
         <v>558</v>
       </c>
-      <c r="F106" s="43" t="s">
+      <c r="D108" s="31" t="s">
         <v>559</v>
       </c>
-      <c r="G106" s="41" t="s">
+      <c r="E108" s="58" t="s">
         <v>560</v>
       </c>
-      <c r="H106" s="41" t="s">
+      <c r="F108" s="58" t="s">
         <v>561</v>
       </c>
-      <c r="I106" s="42"/>
-[...4 lines deleted...]
-        <v>737</v>
+      <c r="G108" s="33" t="s">
+        <v>562</v>
+      </c>
+      <c r="H108" s="33" t="s">
+        <v>563</v>
+      </c>
+      <c r="I108" s="33" t="s">
+        <v>564</v>
+      </c>
+      <c r="J108" s="35" t="s">
+        <v>204</v>
+      </c>
+      <c r="K108" s="47" t="s">
+        <v>1025</v>
       </c>
     </row>
-    <row r="107" spans="1:14" ht="132" x14ac:dyDescent="0.4">
-[...15 lines deleted...]
-      <c r="F107" s="43" t="s">
+    <row r="109" spans="1:11" ht="67.5" x14ac:dyDescent="0.4">
+      <c r="A109" s="30">
+        <v>106</v>
+      </c>
+      <c r="B109" s="29" t="s">
+        <v>539</v>
+      </c>
+      <c r="C109" s="30" t="s">
         <v>565</v>
       </c>
-      <c r="G107" s="41" t="s">
+      <c r="D109" s="31" t="s">
         <v>566</v>
       </c>
-      <c r="H107" s="42"/>
-[...5 lines deleted...]
-        <v>737</v>
+      <c r="E109" s="32" t="s">
+        <v>567</v>
+      </c>
+      <c r="F109" s="32" t="s">
+        <v>568</v>
+      </c>
+      <c r="G109" s="33" t="s">
+        <v>569</v>
+      </c>
+      <c r="H109" s="33" t="s">
+        <v>570</v>
+      </c>
+      <c r="I109" s="33" t="s">
+        <v>571</v>
+      </c>
+      <c r="J109" s="35" t="s">
+        <v>236</v>
+      </c>
+      <c r="K109" s="47" t="s">
+        <v>1004</v>
       </c>
     </row>
-    <row r="108" spans="1:14" ht="115.5" x14ac:dyDescent="0.4">
-[...18 lines deleted...]
-      <c r="G108" s="41" t="s">
+    <row r="110" spans="1:11" ht="78.75" x14ac:dyDescent="0.4">
+      <c r="A110" s="30">
+        <v>107</v>
+      </c>
+      <c r="B110" s="29" t="s">
+        <v>539</v>
+      </c>
+      <c r="C110" s="30" t="s">
+        <v>206</v>
+      </c>
+      <c r="D110" s="31" t="s">
         <v>572</v>
       </c>
-      <c r="H108" s="42"/>
-[...5 lines deleted...]
-        <v>737</v>
+      <c r="E110" s="32" t="s">
+        <v>573</v>
+      </c>
+      <c r="F110" s="32" t="s">
+        <v>574</v>
+      </c>
+      <c r="G110" s="33" t="s">
+        <v>575</v>
+      </c>
+      <c r="H110" s="33" t="s">
+        <v>576</v>
+      </c>
+      <c r="I110" s="33" t="s">
+        <v>577</v>
+      </c>
+      <c r="J110" s="35" t="s">
+        <v>238</v>
+      </c>
+      <c r="K110" s="47" t="s">
+        <v>1005</v>
       </c>
     </row>
-    <row r="109" spans="1:14" ht="168.75" x14ac:dyDescent="0.4">
-[...27 lines deleted...]
-        <v>749</v>
+    <row r="111" spans="1:11" ht="56.25" x14ac:dyDescent="0.4">
+      <c r="A111" s="30">
+        <v>108</v>
+      </c>
+      <c r="B111" s="29" t="s">
+        <v>539</v>
+      </c>
+      <c r="C111" s="30" t="s">
+        <v>578</v>
+      </c>
+      <c r="D111" s="31" t="s">
+        <v>579</v>
+      </c>
+      <c r="E111" s="32" t="s">
+        <v>580</v>
+      </c>
+      <c r="F111" s="32" t="s">
+        <v>581</v>
+      </c>
+      <c r="G111" s="33" t="s">
+        <v>582</v>
+      </c>
+      <c r="H111" s="33" t="s">
+        <v>583</v>
+      </c>
+      <c r="I111" s="33" t="s">
+        <v>584</v>
+      </c>
+      <c r="J111" s="35" t="s">
+        <v>122</v>
+      </c>
+      <c r="K111" s="46" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="110" spans="1:14" ht="93.75" x14ac:dyDescent="0.4">
-[...30 lines deleted...]
-      <c r="N110" s="10"/>
+    <row r="112" spans="1:11" ht="86.25" x14ac:dyDescent="0.4">
+      <c r="A112" s="19">
+        <v>109</v>
+      </c>
+      <c r="B112" s="36" t="s">
+        <v>585</v>
+      </c>
+      <c r="C112" s="19" t="s">
+        <v>586</v>
+      </c>
+      <c r="D112" s="22" t="s">
+        <v>587</v>
+      </c>
+      <c r="E112" s="23" t="s">
+        <v>588</v>
+      </c>
+      <c r="F112" s="23" t="s">
+        <v>589</v>
+      </c>
+      <c r="G112" s="24" t="s">
+        <v>590</v>
+      </c>
+      <c r="H112" s="24" t="s">
+        <v>591</v>
+      </c>
+      <c r="I112" s="24" t="s">
+        <v>592</v>
+      </c>
+      <c r="J112" s="21" t="s">
+        <v>130</v>
+      </c>
+      <c r="K112" s="44" t="s">
+        <v>989</v>
+      </c>
     </row>
-    <row r="111" spans="1:14" ht="131.25" x14ac:dyDescent="0.4">
-[...12 lines deleted...]
-      <c r="E111" s="44" t="s">
+    <row r="113" spans="1:11" ht="56.25" x14ac:dyDescent="0.4">
+      <c r="A113" s="19">
+        <v>110</v>
+      </c>
+      <c r="B113" s="36" t="s">
         <v>585</v>
       </c>
-      <c r="F111" s="39" t="s">
-[...11 lines deleted...]
-        <v>795</v>
+      <c r="C113" s="19" t="s">
+        <v>593</v>
+      </c>
+      <c r="D113" s="22" t="s">
+        <v>594</v>
+      </c>
+      <c r="E113" s="23" t="s">
+        <v>595</v>
+      </c>
+      <c r="F113" s="23" t="s">
+        <v>596</v>
+      </c>
+      <c r="G113" s="24" t="s">
+        <v>597</v>
+      </c>
+      <c r="H113" s="20"/>
+      <c r="I113" s="20"/>
+      <c r="J113" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="K113" s="44" t="s">
+        <v>1006</v>
       </c>
     </row>
-    <row r="112" spans="1:14" ht="132" x14ac:dyDescent="0.4">
-[...65 lines deleted...]
-    <row r="114" spans="1:14" ht="115.5" x14ac:dyDescent="0.4">
+    <row r="114" spans="1:11" ht="56.25" x14ac:dyDescent="0.4">
       <c r="A114" s="19">
         <v>111</v>
       </c>
-      <c r="B114" s="20" t="s">
+      <c r="B114" s="36" t="s">
+        <v>585</v>
+      </c>
+      <c r="C114" s="19" t="s">
+        <v>598</v>
+      </c>
+      <c r="D114" s="22" t="s">
+        <v>599</v>
+      </c>
+      <c r="E114" s="23" t="s">
+        <v>600</v>
+      </c>
+      <c r="F114" s="23" t="s">
+        <v>601</v>
+      </c>
+      <c r="G114" s="24" t="s">
         <v>602</v>
       </c>
-      <c r="C114" s="19" t="s">
-[...2 lines deleted...]
-      <c r="D114" s="50" t="s">
+      <c r="H114" s="24" t="s">
         <v>603</v>
       </c>
-      <c r="E114" s="43" t="s">
+      <c r="I114" s="24" t="s">
         <v>604</v>
       </c>
-      <c r="F114" s="43" t="s">
+      <c r="J114" s="21" t="s">
+        <v>236</v>
+      </c>
+      <c r="K114" s="45" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="115" spans="1:11" ht="45" x14ac:dyDescent="0.4">
+      <c r="A115" s="30">
+        <v>112</v>
+      </c>
+      <c r="B115" s="29" t="s">
+        <v>648</v>
+      </c>
+      <c r="C115" s="30" t="s">
         <v>605</v>
       </c>
-      <c r="G114" s="41" t="s">
+      <c r="D115" s="31" t="s">
+        <v>671</v>
+      </c>
+      <c r="E115" s="32" t="s">
+        <v>804</v>
+      </c>
+      <c r="F115" s="32" t="s">
+        <v>805</v>
+      </c>
+      <c r="G115" s="33" t="s">
+        <v>806</v>
+      </c>
+      <c r="H115" s="34"/>
+      <c r="I115" s="34"/>
+      <c r="J115" s="35" t="s">
+        <v>1010</v>
+      </c>
+      <c r="K115" s="47" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11" ht="120.75" x14ac:dyDescent="0.4">
+      <c r="A116" s="30">
+        <v>113</v>
+      </c>
+      <c r="B116" s="29" t="s">
+        <v>648</v>
+      </c>
+      <c r="C116" s="30" t="s">
         <v>606</v>
       </c>
-      <c r="H114" s="41" t="s">
+      <c r="D116" s="31" t="s">
+        <v>807</v>
+      </c>
+      <c r="E116" s="32" t="s">
+        <v>808</v>
+      </c>
+      <c r="F116" s="32" t="s">
+        <v>809</v>
+      </c>
+      <c r="G116" s="33" t="s">
+        <v>1049</v>
+      </c>
+      <c r="H116" s="34"/>
+      <c r="I116" s="33" t="s">
+        <v>810</v>
+      </c>
+      <c r="J116" s="35" t="s">
+        <v>1011</v>
+      </c>
+      <c r="K116" s="47" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="117" spans="1:11" ht="78.75" x14ac:dyDescent="0.4">
+      <c r="A117" s="30">
+        <v>114</v>
+      </c>
+      <c r="B117" s="29" t="s">
+        <v>648</v>
+      </c>
+      <c r="C117" s="30" t="s">
         <v>607</v>
       </c>
-      <c r="I114" s="42"/>
-[...4 lines deleted...]
-        <v>737</v>
+      <c r="D117" s="31" t="s">
+        <v>608</v>
+      </c>
+      <c r="E117" s="32" t="s">
+        <v>811</v>
+      </c>
+      <c r="F117" s="32" t="s">
+        <v>812</v>
+      </c>
+      <c r="G117" s="33" t="s">
+        <v>813</v>
+      </c>
+      <c r="H117" s="34"/>
+      <c r="I117" s="33" t="s">
+        <v>814</v>
+      </c>
+      <c r="J117" s="35" t="s">
+        <v>1012</v>
+      </c>
+      <c r="K117" s="46" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="115" spans="1:14" ht="115.5" x14ac:dyDescent="0.4">
-[...9 lines deleted...]
-      <c r="D115" s="50" t="s">
+    <row r="118" spans="1:11" ht="67.5" x14ac:dyDescent="0.4">
+      <c r="A118" s="30">
+        <v>115</v>
+      </c>
+      <c r="B118" s="29" t="s">
+        <v>648</v>
+      </c>
+      <c r="C118" s="30" t="s">
         <v>609</v>
       </c>
-      <c r="E115" s="43" t="s">
+      <c r="D118" s="31" t="s">
+        <v>815</v>
+      </c>
+      <c r="E118" s="32" t="s">
+        <v>816</v>
+      </c>
+      <c r="F118" s="32" t="s">
+        <v>817</v>
+      </c>
+      <c r="G118" s="33" t="s">
         <v>610</v>
       </c>
-      <c r="F115" s="43" t="s">
+      <c r="H118" s="33" t="s">
+        <v>818</v>
+      </c>
+      <c r="I118" s="33" t="s">
+        <v>819</v>
+      </c>
+      <c r="J118" s="35" t="s">
+        <v>130</v>
+      </c>
+      <c r="K118" s="46" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11" ht="45" x14ac:dyDescent="0.4">
+      <c r="A119" s="30">
+        <v>116</v>
+      </c>
+      <c r="B119" s="29" t="s">
+        <v>648</v>
+      </c>
+      <c r="C119" s="30" t="s">
         <v>611</v>
       </c>
-      <c r="G115" s="41" t="s">
-[...2 lines deleted...]
-      <c r="H115" s="41" t="s">
+      <c r="D119" s="31" t="s">
+        <v>820</v>
+      </c>
+      <c r="E119" s="32" t="s">
+        <v>821</v>
+      </c>
+      <c r="F119" s="32" t="s">
+        <v>822</v>
+      </c>
+      <c r="G119" s="33" t="s">
+        <v>823</v>
+      </c>
+      <c r="H119" s="33" t="s">
+        <v>824</v>
+      </c>
+      <c r="I119" s="33" t="s">
+        <v>825</v>
+      </c>
+      <c r="J119" s="35" t="s">
+        <v>1013</v>
+      </c>
+      <c r="K119" s="46" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="120" spans="1:11" ht="86.25" x14ac:dyDescent="0.4">
+      <c r="A120" s="30">
+        <v>117</v>
+      </c>
+      <c r="B120" s="29" t="s">
+        <v>648</v>
+      </c>
+      <c r="C120" s="30" t="s">
         <v>612</v>
       </c>
-      <c r="I115" s="42"/>
-[...4 lines deleted...]
-        <v>737</v>
+      <c r="D120" s="31" t="s">
+        <v>826</v>
+      </c>
+      <c r="E120" s="32" t="s">
+        <v>827</v>
+      </c>
+      <c r="F120" s="32" t="s">
+        <v>828</v>
+      </c>
+      <c r="G120" s="33" t="s">
+        <v>829</v>
+      </c>
+      <c r="H120" s="33"/>
+      <c r="I120" s="33" t="s">
+        <v>830</v>
+      </c>
+      <c r="J120" s="35" t="s">
+        <v>74</v>
+      </c>
+      <c r="K120" s="47" t="s">
+        <v>947</v>
       </c>
     </row>
-    <row r="116" spans="1:14" ht="82.5" x14ac:dyDescent="0.4">
-[...6 lines deleted...]
-      <c r="C116" s="19" t="s">
+    <row r="121" spans="1:11" ht="67.5" x14ac:dyDescent="0.4">
+      <c r="A121" s="19">
+        <v>118</v>
+      </c>
+      <c r="B121" s="36" t="s">
         <v>613</v>
       </c>
-      <c r="D116" s="50" t="s">
+      <c r="C121" s="19" t="s">
         <v>614</v>
       </c>
-      <c r="E116" s="43" t="s">
+      <c r="D121" s="22" t="s">
+        <v>649</v>
+      </c>
+      <c r="E121" s="26" t="s">
         <v>615</v>
       </c>
-      <c r="F116" s="43" t="s">
+      <c r="F121" s="26" t="s">
         <v>616</v>
       </c>
-      <c r="G116" s="41" t="s">
+      <c r="G121" s="24" t="s">
         <v>617</v>
       </c>
-      <c r="H116" s="41" t="s">
+      <c r="H121" s="24" t="s">
         <v>618</v>
       </c>
-      <c r="I116" s="41" t="s">
+      <c r="I121" s="24" t="s">
         <v>619</v>
       </c>
-      <c r="J116" s="22" t="s">
-[...3 lines deleted...]
-        <v>796</v>
+      <c r="J121" s="21" t="s">
+        <v>831</v>
+      </c>
+      <c r="K121" s="45" t="s">
+        <v>650</v>
       </c>
     </row>
-    <row r="117" spans="1:14" ht="93.75" x14ac:dyDescent="0.4">
-[...6 lines deleted...]
-      <c r="C117" s="19" t="s">
+    <row r="122" spans="1:11" ht="86.25" x14ac:dyDescent="0.4">
+      <c r="A122" s="19">
+        <v>119</v>
+      </c>
+      <c r="B122" s="36" t="s">
+        <v>613</v>
+      </c>
+      <c r="C122" s="19" t="s">
         <v>620</v>
       </c>
-      <c r="D117" s="50" t="s">
+      <c r="D122" s="22" t="s">
         <v>621</v>
       </c>
-      <c r="E117" s="43" t="s">
+      <c r="E122" s="26" t="s">
         <v>622</v>
       </c>
-      <c r="F117" s="43" t="s">
+      <c r="F122" s="26" t="s">
         <v>623</v>
       </c>
-      <c r="G117" s="41" t="s">
+      <c r="G122" s="24" t="s">
         <v>624</v>
       </c>
-      <c r="H117" s="41" t="s">
+      <c r="H122" s="24" t="s">
         <v>625</v>
       </c>
-      <c r="I117" s="41" t="s">
+      <c r="I122" s="24" t="s">
         <v>626</v>
       </c>
-      <c r="J117" s="22" t="s">
-[...3 lines deleted...]
-        <v>773</v>
+      <c r="J122" s="21" t="s">
+        <v>204</v>
+      </c>
+      <c r="K122" s="44" t="s">
+        <v>1047</v>
       </c>
     </row>
-    <row r="118" spans="1:14" ht="115.5" x14ac:dyDescent="0.4">
-[...6 lines deleted...]
-      <c r="C118" s="19" t="s">
+    <row r="123" spans="1:11" ht="103.5" x14ac:dyDescent="0.4">
+      <c r="A123" s="19">
+        <v>120</v>
+      </c>
+      <c r="B123" s="36" t="s">
+        <v>613</v>
+      </c>
+      <c r="C123" s="19" t="s">
         <v>627</v>
       </c>
-      <c r="D118" s="50" t="s">
+      <c r="D123" s="22" t="s">
         <v>628</v>
       </c>
-      <c r="E118" s="43" t="s">
+      <c r="E123" s="26" t="s">
         <v>629</v>
       </c>
-      <c r="F118" s="43" t="s">
+      <c r="F123" s="26" t="s">
         <v>630</v>
       </c>
-      <c r="G118" s="41" t="s">
+      <c r="G123" s="24" t="s">
         <v>631</v>
       </c>
-      <c r="H118" s="41" t="s">
+      <c r="H123" s="24" t="s">
         <v>632</v>
       </c>
-      <c r="I118" s="41" t="s">
+      <c r="I123" s="24" t="s">
         <v>633</v>
       </c>
-      <c r="J118" s="22" t="s">
-[...3 lines deleted...]
-        <v>786</v>
+      <c r="J123" s="21" t="s">
+        <v>338</v>
+      </c>
+      <c r="K123" s="44" t="s">
+        <v>1008</v>
       </c>
     </row>
-    <row r="119" spans="1:14" ht="115.5" x14ac:dyDescent="0.4">
-[...172 lines deleted...]
-    <row r="124" spans="1:14" ht="82.5" x14ac:dyDescent="0.4">
+    <row r="124" spans="1:11" ht="51.75" x14ac:dyDescent="0.4">
       <c r="A124" s="19">
         <v>121</v>
       </c>
-      <c r="B124" s="20" t="s">
-        <v>865</v>
+      <c r="B124" s="36" t="s">
+        <v>613</v>
       </c>
       <c r="C124" s="19" t="s">
-        <v>661</v>
-[...19 lines deleted...]
-        <v>737</v>
+        <v>634</v>
+      </c>
+      <c r="D124" s="22" t="s">
+        <v>635</v>
+      </c>
+      <c r="E124" s="26" t="s">
+        <v>636</v>
+      </c>
+      <c r="F124" s="26" t="s">
+        <v>637</v>
+      </c>
+      <c r="G124" s="24" t="s">
+        <v>638</v>
+      </c>
+      <c r="H124" s="24" t="s">
+        <v>639</v>
+      </c>
+      <c r="I124" s="24" t="s">
+        <v>640</v>
+      </c>
+      <c r="J124" s="21" t="s">
+        <v>137</v>
+      </c>
+      <c r="K124" s="44" t="s">
+        <v>658</v>
       </c>
     </row>
-    <row r="125" spans="1:14" ht="112.5" x14ac:dyDescent="0.4">
+    <row r="125" spans="1:11" ht="69" x14ac:dyDescent="0.4">
       <c r="A125" s="19">
         <v>122</v>
       </c>
-      <c r="B125" s="20" t="s">
+      <c r="B125" s="36" t="s">
+        <v>613</v>
+      </c>
+      <c r="C125" s="19" t="s">
+        <v>641</v>
+      </c>
+      <c r="D125" s="22" t="s">
+        <v>642</v>
+      </c>
+      <c r="E125" s="26" t="s">
+        <v>643</v>
+      </c>
+      <c r="F125" s="26" t="s">
+        <v>644</v>
+      </c>
+      <c r="G125" s="24" t="s">
+        <v>645</v>
+      </c>
+      <c r="H125" s="24" t="s">
+        <v>646</v>
+      </c>
+      <c r="I125" s="24" t="s">
+        <v>647</v>
+      </c>
+      <c r="J125" s="21" t="s">
+        <v>245</v>
+      </c>
+      <c r="K125" s="44" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="126" spans="1:11" ht="78.75" x14ac:dyDescent="0.4">
+      <c r="A126" s="30">
+        <v>123</v>
+      </c>
+      <c r="B126" s="67" t="s">
+        <v>927</v>
+      </c>
+      <c r="C126" s="53" t="s">
+        <v>937</v>
+      </c>
+      <c r="D126" s="31" t="s">
+        <v>832</v>
+      </c>
+      <c r="E126" s="58" t="s">
+        <v>833</v>
+      </c>
+      <c r="F126" s="58" t="s">
+        <v>834</v>
+      </c>
+      <c r="G126" s="33" t="s">
+        <v>835</v>
+      </c>
+      <c r="H126" s="33" t="s">
+        <v>836</v>
+      </c>
+      <c r="I126" s="33" t="s">
+        <v>837</v>
+      </c>
+      <c r="J126" s="35" t="s">
+        <v>1014</v>
+      </c>
+      <c r="K126" s="47" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="127" spans="1:11" ht="78.75" x14ac:dyDescent="0.4">
+      <c r="A127" s="30">
+        <v>124</v>
+      </c>
+      <c r="B127" s="67" t="s">
+        <v>927</v>
+      </c>
+      <c r="C127" s="53" t="s">
+        <v>838</v>
+      </c>
+      <c r="D127" s="31" t="s">
+        <v>839</v>
+      </c>
+      <c r="E127" s="58" t="s">
+        <v>840</v>
+      </c>
+      <c r="F127" s="58" t="s">
+        <v>841</v>
+      </c>
+      <c r="G127" s="33" t="s">
+        <v>842</v>
+      </c>
+      <c r="H127" s="33" t="s">
+        <v>843</v>
+      </c>
+      <c r="I127" s="34" t="s">
+        <v>844</v>
+      </c>
+      <c r="J127" s="35" t="s">
+        <v>1015</v>
+      </c>
+      <c r="K127" s="47" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="128" spans="1:11" ht="67.5" x14ac:dyDescent="0.4">
+      <c r="A128" s="30">
+        <v>125</v>
+      </c>
+      <c r="B128" s="67" t="s">
+        <v>927</v>
+      </c>
+      <c r="C128" s="53" t="s">
+        <v>845</v>
+      </c>
+      <c r="D128" s="31" t="s">
+        <v>846</v>
+      </c>
+      <c r="E128" s="58" t="s">
+        <v>847</v>
+      </c>
+      <c r="F128" s="58" t="s">
+        <v>848</v>
+      </c>
+      <c r="G128" s="33" t="s">
+        <v>849</v>
+      </c>
+      <c r="H128" s="33" t="s">
+        <v>850</v>
+      </c>
+      <c r="I128" s="34" t="s">
+        <v>844</v>
+      </c>
+      <c r="J128" s="35" t="s">
+        <v>65</v>
+      </c>
+      <c r="K128" s="47" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="129" spans="1:11" ht="56.25" x14ac:dyDescent="0.4">
+      <c r="A129" s="30">
+        <v>126</v>
+      </c>
+      <c r="B129" s="67" t="s">
+        <v>927</v>
+      </c>
+      <c r="C129" s="53" t="s">
+        <v>851</v>
+      </c>
+      <c r="D129" s="31" t="s">
+        <v>852</v>
+      </c>
+      <c r="E129" s="58" t="s">
+        <v>853</v>
+      </c>
+      <c r="F129" s="58" t="s">
+        <v>854</v>
+      </c>
+      <c r="G129" s="33" t="s">
+        <v>855</v>
+      </c>
+      <c r="H129" s="33" t="s">
+        <v>856</v>
+      </c>
+      <c r="I129" s="33" t="s">
+        <v>857</v>
+      </c>
+      <c r="J129" s="35" t="s">
+        <v>704</v>
+      </c>
+      <c r="K129" s="47" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="130" spans="1:11" ht="292.5" x14ac:dyDescent="0.4">
+      <c r="A130" s="68">
+        <v>127</v>
+      </c>
+      <c r="B130" s="67" t="s">
+        <v>927</v>
+      </c>
+      <c r="C130" s="53" t="s">
+        <v>931</v>
+      </c>
+      <c r="D130" s="69" t="s">
+        <v>858</v>
+      </c>
+      <c r="E130" s="70" t="s">
+        <v>859</v>
+      </c>
+      <c r="F130" s="70" t="s">
+        <v>860</v>
+      </c>
+      <c r="G130" s="71" t="s">
+        <v>861</v>
+      </c>
+      <c r="H130" s="71" t="s">
+        <v>862</v>
+      </c>
+      <c r="I130" s="71" t="s">
+        <v>863</v>
+      </c>
+      <c r="J130" s="72" t="s">
+        <v>704</v>
+      </c>
+      <c r="K130" s="50" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="131" spans="1:11" ht="258.75" x14ac:dyDescent="0.4">
+      <c r="A131" s="30">
+        <v>128</v>
+      </c>
+      <c r="B131" s="67" t="s">
+        <v>927</v>
+      </c>
+      <c r="C131" s="53" t="s">
+        <v>932</v>
+      </c>
+      <c r="D131" s="31" t="s">
+        <v>864</v>
+      </c>
+      <c r="E131" s="58" t="s">
         <v>865</v>
       </c>
-      <c r="C125" s="19" t="s">
-[...25 lines deleted...]
-      <c r="N125" s="10"/>
+      <c r="F131" s="58" t="s">
+        <v>866</v>
+      </c>
+      <c r="G131" s="33" t="s">
+        <v>867</v>
+      </c>
+      <c r="H131" s="33" t="s">
+        <v>868</v>
+      </c>
+      <c r="I131" s="33" t="s">
+        <v>869</v>
+      </c>
+      <c r="J131" s="63" t="s">
+        <v>64</v>
+      </c>
+      <c r="K131" s="47" t="s">
+        <v>593</v>
+      </c>
     </row>
-    <row r="126" spans="1:14" ht="132" x14ac:dyDescent="0.4">
-[...29 lines deleted...]
-        <v>781</v>
+    <row r="132" spans="1:11" ht="247.5" x14ac:dyDescent="0.4">
+      <c r="A132" s="30">
+        <v>129</v>
+      </c>
+      <c r="B132" s="67" t="s">
+        <v>927</v>
+      </c>
+      <c r="C132" s="53" t="s">
+        <v>933</v>
+      </c>
+      <c r="D132" s="31" t="s">
+        <v>870</v>
+      </c>
+      <c r="E132" s="58" t="s">
+        <v>871</v>
+      </c>
+      <c r="F132" s="33" t="s">
+        <v>872</v>
+      </c>
+      <c r="G132" s="33" t="s">
+        <v>873</v>
+      </c>
+      <c r="H132" s="33" t="s">
+        <v>874</v>
+      </c>
+      <c r="I132" s="33" t="s">
+        <v>875</v>
+      </c>
+      <c r="J132" s="35" t="s">
+        <v>704</v>
+      </c>
+      <c r="K132" s="47" t="s">
+        <v>1048</v>
       </c>
     </row>
-    <row r="127" spans="1:14" ht="115.5" x14ac:dyDescent="0.4">
-[...31 lines deleted...]
-        <v>783</v>
+    <row r="133" spans="1:11" ht="180" x14ac:dyDescent="0.4">
+      <c r="A133" s="30">
+        <v>130</v>
+      </c>
+      <c r="B133" s="67" t="s">
+        <v>927</v>
+      </c>
+      <c r="C133" s="53" t="s">
+        <v>934</v>
+      </c>
+      <c r="D133" s="31" t="s">
+        <v>876</v>
+      </c>
+      <c r="E133" s="58" t="s">
+        <v>877</v>
+      </c>
+      <c r="F133" s="58" t="s">
+        <v>878</v>
+      </c>
+      <c r="G133" s="33" t="s">
+        <v>879</v>
+      </c>
+      <c r="H133" s="33" t="s">
+        <v>880</v>
+      </c>
+      <c r="I133" s="33" t="s">
+        <v>881</v>
+      </c>
+      <c r="J133" s="63" t="s">
+        <v>65</v>
+      </c>
+      <c r="K133" s="47" t="s">
+        <v>1020</v>
       </c>
     </row>
-    <row r="128" spans="1:14" ht="93.75" x14ac:dyDescent="0.4">
-[...31 lines deleted...]
-        <v>811</v>
+    <row r="134" spans="1:11" ht="123.75" x14ac:dyDescent="0.4">
+      <c r="A134" s="30">
+        <v>131</v>
+      </c>
+      <c r="B134" s="67" t="s">
+        <v>927</v>
+      </c>
+      <c r="C134" s="53" t="s">
+        <v>935</v>
+      </c>
+      <c r="D134" s="31" t="s">
+        <v>882</v>
+      </c>
+      <c r="E134" s="58" t="s">
+        <v>883</v>
+      </c>
+      <c r="F134" s="58" t="s">
+        <v>884</v>
+      </c>
+      <c r="G134" s="33" t="s">
+        <v>885</v>
+      </c>
+      <c r="H134" s="33" t="s">
+        <v>886</v>
+      </c>
+      <c r="I134" s="73" t="s">
+        <v>887</v>
+      </c>
+      <c r="J134" s="63" t="s">
+        <v>62</v>
+      </c>
+      <c r="K134" s="47" t="s">
+        <v>957</v>
       </c>
     </row>
-    <row r="129" spans="1:14" ht="115.5" x14ac:dyDescent="0.4">
-[...29 lines deleted...]
-        <v>812</v>
+    <row r="135" spans="1:11" ht="67.5" x14ac:dyDescent="0.4">
+      <c r="A135" s="30">
+        <v>132</v>
+      </c>
+      <c r="B135" s="67" t="s">
+        <v>927</v>
+      </c>
+      <c r="C135" s="53" t="s">
+        <v>936</v>
+      </c>
+      <c r="D135" s="31" t="s">
+        <v>888</v>
+      </c>
+      <c r="E135" s="58" t="s">
+        <v>889</v>
+      </c>
+      <c r="F135" s="58" t="s">
+        <v>890</v>
+      </c>
+      <c r="G135" s="33" t="s">
+        <v>891</v>
+      </c>
+      <c r="H135" s="33" t="s">
+        <v>892</v>
+      </c>
+      <c r="I135" s="34" t="s">
+        <v>844</v>
+      </c>
+      <c r="J135" s="35" t="s">
+        <v>65</v>
+      </c>
+      <c r="K135" s="47" t="s">
+        <v>930</v>
       </c>
     </row>
-    <row r="130" spans="1:14" ht="66" x14ac:dyDescent="0.4">
-[...31 lines deleted...]
-        <v>757</v>
+    <row r="136" spans="1:11" ht="78.75" x14ac:dyDescent="0.4">
+      <c r="A136" s="30">
+        <v>133</v>
+      </c>
+      <c r="B136" s="67" t="s">
+        <v>927</v>
+      </c>
+      <c r="C136" s="53" t="s">
+        <v>893</v>
+      </c>
+      <c r="D136" s="31" t="s">
+        <v>894</v>
+      </c>
+      <c r="E136" s="58" t="s">
+        <v>895</v>
+      </c>
+      <c r="F136" s="58" t="s">
+        <v>896</v>
+      </c>
+      <c r="G136" s="33" t="s">
+        <v>897</v>
+      </c>
+      <c r="H136" s="33" t="s">
+        <v>898</v>
+      </c>
+      <c r="I136" s="33" t="s">
+        <v>899</v>
+      </c>
+      <c r="J136" s="35" t="s">
+        <v>67</v>
+      </c>
+      <c r="K136" s="47" t="s">
+        <v>930</v>
       </c>
     </row>
-    <row r="131" spans="1:14" ht="115.5" x14ac:dyDescent="0.4">
-[...31 lines deleted...]
-        <v>737</v>
+    <row r="137" spans="1:11" ht="78.75" x14ac:dyDescent="0.4">
+      <c r="A137" s="30">
+        <v>134</v>
+      </c>
+      <c r="B137" s="67" t="s">
+        <v>927</v>
+      </c>
+      <c r="C137" s="53" t="s">
+        <v>900</v>
+      </c>
+      <c r="D137" s="31" t="s">
+        <v>901</v>
+      </c>
+      <c r="E137" s="58" t="s">
+        <v>902</v>
+      </c>
+      <c r="F137" s="58" t="s">
+        <v>903</v>
+      </c>
+      <c r="G137" s="33" t="s">
+        <v>904</v>
+      </c>
+      <c r="H137" s="33" t="s">
+        <v>905</v>
+      </c>
+      <c r="I137" s="33" t="s">
+        <v>906</v>
+      </c>
+      <c r="J137" s="35" t="s">
+        <v>65</v>
+      </c>
+      <c r="K137" s="47" t="s">
+        <v>930</v>
       </c>
     </row>
-    <row r="132" spans="1:14" ht="93.75" x14ac:dyDescent="0.4">
-[...31 lines deleted...]
-        <v>774</v>
+    <row r="138" spans="1:11" ht="123.75" x14ac:dyDescent="0.4">
+      <c r="A138" s="30">
+        <v>135</v>
+      </c>
+      <c r="B138" s="67" t="s">
+        <v>927</v>
+      </c>
+      <c r="C138" s="53" t="s">
+        <v>907</v>
+      </c>
+      <c r="D138" s="31" t="s">
+        <v>908</v>
+      </c>
+      <c r="E138" s="58" t="s">
+        <v>909</v>
+      </c>
+      <c r="F138" s="58" t="s">
+        <v>910</v>
+      </c>
+      <c r="G138" s="33" t="s">
+        <v>911</v>
+      </c>
+      <c r="H138" s="34"/>
+      <c r="I138" s="34"/>
+      <c r="J138" s="35" t="s">
+        <v>64</v>
+      </c>
+      <c r="K138" s="47" t="s">
+        <v>930</v>
       </c>
     </row>
-    <row r="133" spans="1:14" ht="93.75" x14ac:dyDescent="0.4">
-[...34 lines deleted...]
-      <c r="N133" s="10"/>
+    <row r="139" spans="1:11" ht="120.75" x14ac:dyDescent="0.4">
+      <c r="A139" s="19">
+        <v>136</v>
+      </c>
+      <c r="B139" s="36" t="s">
+        <v>928</v>
+      </c>
+      <c r="C139" s="19" t="s">
+        <v>912</v>
+      </c>
+      <c r="D139" s="22" t="s">
+        <v>913</v>
+      </c>
+      <c r="E139" s="26" t="s">
+        <v>914</v>
+      </c>
+      <c r="F139" s="26" t="s">
+        <v>915</v>
+      </c>
+      <c r="G139" s="24" t="s">
+        <v>916</v>
+      </c>
+      <c r="H139" s="20"/>
+      <c r="I139" s="20"/>
+      <c r="J139" s="21" t="s">
+        <v>76</v>
+      </c>
+      <c r="K139" s="44" t="s">
+        <v>952</v>
+      </c>
     </row>
-    <row r="134" spans="1:14" ht="66" x14ac:dyDescent="0.4">
-[...31 lines deleted...]
-        <v>764</v>
+    <row r="140" spans="1:11" ht="78.75" x14ac:dyDescent="0.4">
+      <c r="A140" s="19">
+        <v>137</v>
+      </c>
+      <c r="B140" s="36" t="s">
+        <v>928</v>
+      </c>
+      <c r="C140" s="19" t="s">
+        <v>917</v>
+      </c>
+      <c r="D140" s="22" t="s">
+        <v>918</v>
+      </c>
+      <c r="E140" s="26" t="s">
+        <v>919</v>
+      </c>
+      <c r="F140" s="26" t="s">
+        <v>920</v>
+      </c>
+      <c r="G140" s="24" t="s">
+        <v>921</v>
+      </c>
+      <c r="H140" s="20"/>
+      <c r="I140" s="20"/>
+      <c r="J140" s="21" t="s">
+        <v>60</v>
+      </c>
+      <c r="K140" s="44" t="s">
+        <v>953</v>
       </c>
     </row>
-    <row r="135" spans="1:14" ht="93.75" x14ac:dyDescent="0.4">
-[...31 lines deleted...]
-        <v>813</v>
+    <row r="141" spans="1:11" ht="67.5" x14ac:dyDescent="0.4">
+      <c r="A141" s="19">
+        <v>138</v>
+      </c>
+      <c r="B141" s="36" t="s">
+        <v>928</v>
+      </c>
+      <c r="C141" s="19" t="s">
+        <v>922</v>
+      </c>
+      <c r="D141" s="22" t="s">
+        <v>923</v>
+      </c>
+      <c r="E141" s="26" t="s">
+        <v>924</v>
+      </c>
+      <c r="F141" s="26" t="s">
+        <v>925</v>
+      </c>
+      <c r="G141" s="24" t="s">
+        <v>926</v>
+      </c>
+      <c r="H141" s="20"/>
+      <c r="I141" s="20"/>
+      <c r="J141" s="21" t="s">
+        <v>65</v>
+      </c>
+      <c r="K141" s="45" t="s">
+        <v>650</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A3:K135" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
+  <autoFilter ref="A3:K141" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:K1"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.11811023622047245" right="0.11811023622047245" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.11811023622047245"/>
   <pageSetup paperSize="8" scale="58" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R令和4年11月現在</oddHeader>
     <oddFooter>&amp;C&amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:D12"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="4.75" style="1" customWidth="1"/>
     <col min="2" max="2" width="42.5" customWidth="1"/>
     <col min="3" max="3" width="4.75" style="1" customWidth="1"/>
     <col min="4" max="4" width="42.5" customWidth="1"/>
     <col min="7" max="7" width="13.375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.4">
       <c r="A1" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="3"/>
       <c r="D1" s="2"/>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.4">
       <c r="A2" s="5" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.4">
       <c r="A3" s="5" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>60</v>
       </c>
       <c r="D3" s="4" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.4">
       <c r="A4" s="5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.4">
       <c r="A5" s="5" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.4">
       <c r="A6" s="5" t="s">
         <v>76</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.4">
       <c r="A7" s="5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>62</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.4">
       <c r="A8" s="5" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.4">
       <c r="A9" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-      <c r="D9" s="56"/>
+        <v>112</v>
+      </c>
+      <c r="C9" s="75"/>
+      <c r="D9" s="76"/>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.4">
-      <c r="B11" s="7" t="s">
-        <v>148</v>
+      <c r="B11" s="2" t="s">
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.4">
-      <c r="B12" s="7" t="s">
-        <v>149</v>
+      <c r="B12" s="2" t="s">
+        <v>151</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C9:D9"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.51" right="0.36" top="0.74803149606299213" bottom="0.55000000000000004" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="95" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="9" manualBreakCount="9">
     <brk id="38" max="16383" man="1"/>
     <brk id="45" max="16383" man="1"/>
     <brk id="57" max="16383" man="1"/>
     <brk id="69" max="16383" man="1"/>
     <brk id="75" max="16383" man="1"/>
     <brk id="87" max="16383" man="1"/>
     <brk id="90" max="16383" man="1"/>
     <brk id="113" max="16383" man="1"/>
     <brk id="116" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>課題一覧表</vt:lpstr>
       <vt:lpstr>カテゴリー表</vt:lpstr>
-      <vt:lpstr>A</vt:lpstr>
+      <vt:lpstr>課題一覧表!A</vt:lpstr>
       <vt:lpstr>カテゴリー表!Print_Area</vt:lpstr>
       <vt:lpstr>課題一覧表!Print_Area</vt:lpstr>
       <vt:lpstr>課題一覧表!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ﾀｹﾑﾗ ﾓﾘﾌﾐ</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>